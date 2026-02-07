--- v0 (2025-12-23)
+++ v1 (2026-02-07)
@@ -598,50 +598,52 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-北京（飞机）-恭王府-前门大街+北京坊
                 <w:br/>
                 上午：于指定的时间自行前往白云机场集中（具体集中时间/地点出发前1-2天通知），后工作人员办理登机手续乘飞机赴北京。北京是我国的政治、文化中心和国际交往的枢纽，也是一座著名的“历史文化名城”
                 <w:br/>
                 下午：前往【半部清史里-恭王府】（游览时间1.5小时左右），漫步恭王府，欣赏“一座恭王府，半部清代史"的建筑瑰宝，从金丝楠木的厅堂到寓意吉祥的蝙蝠彩绘，从藏宝无数的锡晋斋到曲水流觞的沁秋亭，这里每一处细节都在讲述着权力、艺术与人生的故事。行走路线：★一宫门—银安殿—葆光室—锡晋斋—后罩楼—西洋门—独乐峰—蝠池—福字碑—方塘水榭—榆关—箭道★。
                 <w:br/>
                 【前门胡同CITYWALK路线：京味烟火前门大街-摩登文艺北京坊】京味烟火前门大街，漫步青石铺就的街道，两侧灰砖黛瓦的老字号店铺鳞次栉比，全聚德、都一处、张一元、六必居等老字号美食聚集地。拐入紧邻前门的北京坊，打卡摩登文艺北京坊，传统胡同肌理里长出当代艺术空间。
                 <w:br/>
                 晚餐：【青年公社融合菜】用餐环境时尚、雅致，菜品种类丰富、正宗京味菜系。
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.航班港口、时间以最终实际出票为准，航班出入口有可能调整为北京首都机场、北京大兴机场或天津机场。
                 <w:br/>
                 2.行程会根据航班抵达及离港时间在不减少游览景点和游览时间的前提下，对景点的游览顺序作合理的调整。
                 <w:br/>
                 3.行程为广东散拼团，航班、车次时间如相差1小时以内的，接送机我司安排一同接送，航班、车次经常出现延误，在接机、接站过程中可能有等候情况，请和客人提前说明，并请谅解，十分感谢。
+                <w:br/>
+                4.滑雪场、冰雪嘉年华等活动项目，均存在危险，参与前请根据自身条件及当地景点的相关公告和建议后量力而行。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：青年公社融合菜   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1460,51 +1462,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-23</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>