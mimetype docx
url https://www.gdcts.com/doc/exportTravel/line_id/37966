--- v0 (2025-12-23)
+++ v1 (2026-03-13)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-202602A3（西安往返5天）</w:t>
+              <w:t xml:space="preserve">DFY-202603A3（西安往返5天）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,114 +343,112 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                以下时间仅供参考，以实际名单出票为准
-[...3 lines deleted...]
-                【回程】西安/运城—广州，18:00-23:00之间起飞航班
+                以下时间仅供参考，以实际名单通知出票为准，敬请谅解
+                <w:br/>
+                【去程】广州-西安，CZ3201 0720-1000 或 CZ3237/0905-1140
+                <w:br/>
+                【回程】西安-广州，CZ3208 1800-2055 或 CZ3204/2100-2350
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【陕北大秧歌VS腰鼓表演】过年到陕北，感受浓郁的民俗风情！特别安排老艺人与您同台互动，亲自体验豪迈激昂的腰鼓表演！
-[...11 lines deleted...]
-                ★【行程简表】以下行程可能会因大交通、天气、路况等原因做相应调整，景点不会减少，敬请谅解！
+                ★【非遗艺术·腰鼓表演】特邀安塞老艺人与您同台互动，亲自体验豪迈激昂的腰鼓表演！
+                <w:br/>
+                ★【价值238元沉浸剧场·大秦帝国】真人AI、秦俑制作、秦弓体验！带你沉浸式穿越2000多年走进秦始皇统一六国的壮烈历程！
+                <w:br/>
+                ★【贴心安排】华山防滑登山手套+毛泽东纪念币+每天充足矿泉水！
+                <w:br/>
+                ★【舒心旅行】全程四钻酒店住宿，尽享舒心旅程！
+                <w:br/>
+                ★【舌尖上的西安】一宴一味读长安，品尝当地特色餐饮：秦王宴+英雄宴+三秦套餐！
+                <w:br/>
+                ★【品质保证】团团配备“百宝箱”提供个性化服务，让游客体验无微不至的旅程！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -567,81 +565,81 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-西安/运城
+                广州-西安
                 <w:br/>
                 根据航班时间，于指定的地点集中前往广州白云机场集中，送团人将为您办理登机手续！接团后，车赴市区（车程约1小时），参观【西安博物院】（约1.5小时）又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。青铜器的厚重、陶俑的生动、瓷器的温润、金银器的华丽、书画的墨香……无不散发着古文化的独特魅力。前往【大慈恩寺】祈福纳祥（约2小时），又名“大雁塔”。「闻钟声，烦恼消，智慧长，菩堤增」大慈恩寺雁塔祈福依托长安的唐文化历史资源，每年新年，都會鸣钟祈福。据传，敲响新年的钟声可以給人们带来好运。大慈恩寺始建于隋开皇九年，初名无漏寺，唐贞观二十二年皇太子李治为其母文德皇后追荐冥福和感慈母恩改名为“大慈恩寺”，唐永徽三年玄奘为保存由天竺经丝绸之路带回长安的经卷佛像主持修建了大雁塔，大雁塔是现存最早、规模最大的唐代四方阁楼式砖塔。游【大唐不夜城新春灯会】（游览约2小时）（新春灯会属于年味活动，具体时间以景区通告为准，敬请谅解），看盛唐天街花灯万盏，梦回大唐盛世，感受盛唐天街的年味。耗资50亿打造的新唐人街，整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、西安博物院逢周二闭馆，免费不免票，需提前预约。寒假春节旺季不保证预约成功，如遇闭馆或预约不成功，则改为参观：西安考古博物馆/西安事变纪念馆/陕历博分馆之秦汉馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
-                景点：【西安博物院】【大慈恩寺】【大唐不夜城新春灯会】
+                景点：【西安博物院】【大唐不夜城】【青龙寺】
                 <w:br/>
                 到达城市：西安市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：新春喜福宴   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：锦业二路智选假日酒店、港务区智选酒店、高新南智选假日酒店、新时代酒店、浐灞智选酒店、港湾假日酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -654,74 +652,74 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安-壶口-延安
                 <w:br/>
-                早餐后，车赴壶口（约3.5小时），参观世界上唯一的金色瀑布【黄河壶口瀑布】（游约1.5小时）（不含景区换乘车40元/人），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。车赴延安（约2小时），特别邀请延安老艺人与您同台互动被称为“天下第一鼓”的【腰鼓表演】，齐唱时代的信仰--陕北红歌唱不衰！打卡重现北宋延州历史风貌的【延安红街】由万达集团打造的大型红色主题情景式街区，新春期间红街灯火连天，一个字来形容：红！冰雪乐园、延湖冰场、梦幻光影秀、新春大庙会、民俗转九曲、春节社火巡游、元宵闹花灯等等有吃有喝有玩有乐，绝对是又红火又热闹（年味活动具体时间以景区通告为准，敬请谅解）！
+                酒店享用自助早餐，车赴壶口（约4小时），参观世界上唯一的金色瀑布【黄河壶口瀑布】（约2小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。车赴延安（约2小时），途中路过延安精神的发源地南泥湾短暂停留，于【南泥湾党徽广场】拍照留念（约30分钟），南泥湾精神是延安精神的重要构成‘自己动手、丰衣足食’，激励着我们一代又一代的中华儿女。打卡重现北宋延州历史风貌的【金延安圣地河谷】由万达集团打造的大型红色主题情景式街区，重现北宋延州历史风貌，穿越时空走进当年无数热血青年向往的老延安，领略黄土文化，感受古老延安！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【壶口瀑布】【延安红街】
+                景点：【壶口瀑布】【南泥湾党徽广场】【金延安圣地河谷】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：迎亲宴     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">延安：金岳酒店、泗海酒店、欢顺酒店、御澜华廷或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -734,55 +732,55 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 延安-西安
                 <w:br/>
-                早餐后，参观中华人民共和国成立后最早建立的革命纪念馆【延安革命纪念馆】（约1小时）。游览【枣园】（约40分钟），毛泽东同志和老一辈无产阶级革命家，在这里领导和指挥了抗日战争和解放战争，培育了永放光芒的“延安精神”。游览【杨家岭】（约40分钟）。中共中央在这里领导和开展了轰轰烈烈的大生产运动和延安整风运动。车返西安（320KM/车程约3.5小时），漫步于【钟鼓楼广场+北院门仿古步行街】（约1.5小时），在具有民族特色的回民小吃街自费品尝美食：【网红蛋菜夹馍】、没有翅膀却能带你味蕾飞翔的【羊肉泡馍】、回坊必打卡的【花奶奶酸梅汤】、念念不忘必有回响的【石家包子】等等！
+                酒店享用自助早餐，游览【枣园】（约40分钟），毛泽东同志和老一辈无产阶级革命家，在这里领导和指挥了抗日战争和解放战争，培育了永放光芒的“延安精神”。游览【杨家岭】（约40分钟），中共中央在这里领导和开展了轰轰烈烈的大生产运动和延安整风运动。特邀安塞老艺人与您同台互动被称为“天下第一鼓”的【腰鼓表演】，齐唱时代的信仰--陕北红歌唱不衰！车返西安（约3.5小时），漫步于【钟鼓楼广场+北院门仿古步行街】（约1.5小时），在具有民族特色的回民小吃街自费品尝美食：【网红蛋菜夹馍】、没有翅膀却能带你味蕾飞翔的【羊肉泡馍】、回坊必打卡的【花奶奶酸梅汤】、念念不忘必有回响的【石家包子】等等！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【延安革命纪念馆】【杨家岭】【枣园】【钟鼓楼广场+北院门仿古步行街】
+                景点：【杨家岭】【枣园】【钟鼓楼广场+北院门仿古步行街】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -814,61 +812,61 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安-华山
                 <w:br/>
-                酒店早餐后，车赴华山（约2小时），问鼎“奇险天下第一山”【西岳华山】登高祈福（游览约5小时，视客人体力），有奇险天下第一山之美誉的西岳华山自古称奇，而冬季的华山自然景观则更为奇特，“雪海”、“雪松”、“冰挂”、“冰瀑”、“冰雕”等景观，华山在11月下旬进入冬季，12月至次年3月全山飘雪，而春节前后为最旺雪期。游客可欣赏到难得一见的华山雪景——美丽的雾凇给树木、岩石、屋舍都披上一层晶莹的薄衣，尤其在大雪覆盖后，山景变成一幅曼妙的白色图画，峰上的树木和古藤被透明的冰层包裹，极富魅力。
-[...1 lines deleted...]
-                温馨提示：
+                酒店享用自助早餐，问鼎“奇险天下第一山”【西岳华山】（约5小时，视客人体力），华山是著名的武侠小说作家金庸作品中虚拟的江湖故事，描绘了江湖英雄置身于奇险峻峭的华山，比试武功高下，谈论武学之道，排列武术伯仲，创造了一个神秘、诡奇、险绝的剑侠世界。华山的著名景区景点多达210余处，有凌空架设的长空栈道，三面临空的鹞子翻身，以及在峭壁绝崖上凿出的千尺幢、百尺峡、老君犁沟等，华岳仙掌被列为关中八景之首，晚宿华山！
+                <w:br/>
+                【温馨提示】
                 <w:br/>
                 1、行程不含【华山索道及景区换乘车】因游客体力不同，请根据自身情况，合理选择登山方式：
                 <w:br/>
-                （1）北峰往返索道及进山车（可欣赏智取华山路及金庸先生笔下华山论剑）【淡季】120 元/成人。
-[...3 lines deleted...]
-                （3）西峰往返索道及进山车（轻松饱览“太华极顶”，华山美景尽在眼前）【淡季】320 元/成人。
+                （1）北峰往返索道及进山车（可欣赏智取华山路及金庸先生笔下华山论剑）【旺季】190 元/成人；【淡季】120 元/成人。
+                <w:br/>
+                （2）西峰索道上北峰索道下及进山车（全程不走回头路，自由环线游华山）【旺季】280 元/成人；【淡季】225 元/成人。
+                <w:br/>
+                （3）西峰往返索道及进山车（轻松饱览“太华极顶”，华山美景尽在眼前）【旺季】360 元/成人；【淡季】320 元/成人。
                 <w:br/>
                 【旺季】3 月-11 月，【淡季】12 月-次年2月
                 <w:br/>
                 2、因职业自身的身体承受能力，导游只带客人乘索道登上华山，简单讲解并交代注意事项后，游客在山上自由活动，导游在山下约定的时间、地点等候集合，不陪爬山！
                 <w:br/>
                 3、因华山上无法安排正餐，请游客提前准备些干粮或小食品，自行安排中餐！
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【西岳华山】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -908,84 +906,84 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                华山-临潼-西安机场/运城机场-广州
-[...1 lines deleted...]
-                酒店早餐后，车赴临潼（约1.5小时），参观“世界第八大奇迹”【秦始皇帝陵博物院】（游览约2.5小时）（不含无线耳麦讲解器20元/人）。景区包含兵马俑1、2、3号坑，兵马俑坑的规模宏大，三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园，而三座坑是按兵法布阵的，其中三号坑是总指挥部统帅三军。独家赠送价值238元/人《大秦帝国-秦陵秘境》（含表演+秦俑手工制作+秦弓体验+真人AI变装）通过自己动手体验，进一步了解修复兵马俑背后的奥秘，学习工匠智慧，增强文物保护意识，通过A1体验，带你沉浸式穿越，走进秦始皇统一六国的壮烈历程。根据航班时间送团乘机返广州，结束愉快旅程！
+                华山-临潼-西安机场-广州
+                <w:br/>
+                酒店享用自助早餐，车赴临潼（约1.5小时），参观“世界第八大奇迹”【秦始皇帝陵博物院】（约2.5小时）。景区包含兵马俑1、2、3号坑，兵马俑坑的规模宏大，三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园，而三座坑是按兵法布阵的，其中三号坑是总指挥部统帅三军。独家赠送价值238元/人《大秦帝王铁鹰锐士》（含表演+秦俑手工制作+秦弓体验+真人AI变装）通过自己动手体验，进一步了解修复兵马俑背后的奥秘，学习工匠智慧，增强文物保护意识，通过A1体验，带你沉浸式穿越，走进秦始皇统一六国的壮烈历程。根据航班时间送团乘机返广州，结束愉快旅程！
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、兵马俑电瓶车不含，单程 5 元/人，乘坐约 5 分钟，如不坐电瓶车需要步行 10 分钟左右；非必须产生项目，请根据自身情况选择。
                 <w:br/>
                 2、兵马俑景区内设有景区购物场所，可自由进出，属景区自身行为，非我社安排，请您谨慎消费！
                 <w:br/>
                 3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
                 景点：【秦始皇帝陵博物院】《大秦帝国-秦陵秘境》
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：秦宫御宴     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：秦王宴     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1034,51 +1032,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.大交通：含往返机票经济舱（机票一经开出，不得更改、不得签转、不得退票）
                 <w:br/>
                 2.住宿：全程入住豪华酒店标准双人房。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准。
                 <w:br/>
-                3.用餐：含4早6正，正餐餐标40元/人/正，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
+                3.用餐：含4早6正，正餐餐标30元/人/正，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.门票：含行程中景点首道大门票，不含园中园门票。因个人原因自愿放弃景点参观，将不退还门票费用；在不影响旅游景点的情况下，我司有权对进出港口和旅游景点顺序进行调整，恕不另行通知（长者和学生优惠请携带相关有效证件与当地导游协商退现，门店不办理退门票费用）！
                 <w:br/>
                 5.导游：当地持证专业中文导游！
                 <w:br/>
                 6.交通：陕西省当地旅游空调大巴，9-55座旅游车，根据人数安排车型。
                 <w:br/>
                 7.儿童：半价餐、占车位、导游服务费、 含半价早餐，不占床，含半价门票,超高需当地补门票差价。
                 <w:br/>
                 8.其他：每天每人赠送一瓶矿泉水，华山赠送登山手套！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1811,51 +1809,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>