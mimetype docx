--- v0 (2025-12-19)
+++ v1 (2026-02-04)
@@ -889,61 +889,65 @@
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 卡帕多奇亚
                 <w:br/>
                 上午：参观格雷梅露天博物馆（入内参观1小时）
                 <w:br/>
                 前往阿瓦诺斯（Avanos）陶瓷镇，前往手陶瓷馆，欣赏陶瓷制作（约1小时）
                 <w:br/>
-                特别安排【中午品尝卡帕多奇亚洞穴餐厅瓦罐餐】，卡帕地区必尝的正宗特色美食，将牛或羊等肉类放入瓦罐里，上菜时服务员会敲破罐子让您享用！
+                特别安排【中午品尝卡帕多奇亚洞穴餐厅瓦罐餐】，卡帕地区必尝的正宗特色美食，将牛或羊等肉类放入瓦罐里让您享用！
                 <w:br/>
                 下午：前往欣赏当地著名的鸽子谷（约30分钟），蓝眼睛许愿树
                 <w:br/>
                 随后前往精灵烟囱（约20分钟）参观，瞠目结舌的精灵烟囱，无法描述的震撼，大大小小的烟囱状的石山突兀而来，一个跟着一个撞进眼帘，那是卡帕人引以为豪的，世上绝无独有的一片庞大的怪石群。来此地的人们，无不发挥各自的丰富联想，定能让人流连忘返
                 <w:br/>
                 参观土耳其手工地毯博特馆（约1小时）
                 <w:br/>
                 特别品尝土耳其特色开心果冰淇淋、土耳其红茶、咖啡
                 <w:br/>
-                做客卡帕多奇亚当地居民之家及品尝当地人家地道的土耳其咖啡或红茶，了解当地人民朴实的生活状况与风土人情；拍照留影后送往酒店享用晚餐。
+                做客卡帕多奇亚当地居民之家及品尝当地人家地道的土耳其咖啡或红茶，了解当地人民朴实的生活状况与风土人情；
+                <w:br/>
+                前往格雷梅小镇【日落观景台】，曾有人感叹：卡帕多奇亚最难忘最美丽的场景不是清晨的热气球，而是格雷梅小镇的日落。（不保证日落时分抵达，具体时间以境外导游安排为准）（停留：约 20 分钟）
+                <w:br/>
+                后送往酒店享用晚餐。
                 <w:br/>
                 推荐自费：卡帕多奇亚吉普车之旅；
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：瓦罐焖肉午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
@@ -985,51 +989,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 卡帕多齐亚-孔亚-棉花堡  (车程：约8小时)
                 <w:br/>
                 上午：早餐后驱车前往孔亚（行车约3.5小时），参观奥兹康纳地下城（入内参观）（游览时间约30分钟），这个巨大的隧道迷宫有七八层深，拥有洞穴、通道以及通风孔等设施，是古代的人们为避免战乱而修建的建筑奇观;
                 <w:br/>
                       途中游览【苏丹哈迈古驿站】（外观约30 分钟）现存于土耳其境内最宏伟的一座驿站，位于 Aksaray 以
                 <w:br/>
                 西 40 公里处。自古是安纳托利亚地区商旅必经之地，亦为丝路的中继站。在塞尔柱土耳其时代由于商贩云集，成为通商重镇。这段辉煌时期遗留至今的建筑代表作莫过于宏伟高大的驿站
                 <w:br/>
-                特别安排【中午品尝孔亚正宗特色1米长披萨Etli Ekmek】，将肉末、洋葱、新鲜番茄和胡椒彻底混合，涂在纵向打开的面团上在炉中烘烤，特别是在婚礼和仪式上供客人享用，这是来孔亚的游客必尝的一道菜
+                特别安排【中午品尝孔亚正宗特色长条披萨Etli Ekmek】，将肉末、洋葱、新鲜番茄和胡椒彻底混合，涂在纵向打开的面团上在炉中烘烤，特别是在婚礼和仪式上供客人享用，这是来孔亚的游客必尝的一道菜
                 <w:br/>
                 下午：午餐后继续乘车前往帕姆卡莱（行车约 4 小时）
                 <w:br/>
                 抵达后入住酒店休息，晚餐在酒店内用自助餐，可免费享受温泉浴，旅途劳顿一洗而空(请携带泳衣泳帽）
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：长条披萨餐     晚餐：酒店晚餐   </w:t>
@@ -1157,51 +1161,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 伊兹密尔/库萨达斯-布尔萨（约420公里 ，车程6小时）
                 <w:br/>
                 上午：酒店早餐后前往参观现仍保存得极为完整的以弗古城（约2小时）；
                 <w:br/>
-                随后游览世界古代7大奇迹之一的阿忒密斯神殿（游览时间约10分钟）
+                随后参观【阿尔忒弥斯神庙】（入内参观约30分钟左右）：长达125米，占地6000多平方米，是古希腊最大的神庙之一。它由137根巨大的大理石圆柱构成，每一根圆柱上都镶嵌着独特的人物浮雕。这些雕刻是艺术和工艺的杰作，体现了古代希腊的精湛技艺。这个神庙所在的城市曾是当地文化和经济的中心，鼎盛时期有着30多万人口，经济繁荣，文化昌盛，成为了一个独特的运行系统。
                 <w:br/>
                 前往土耳其特色糖果店，自由选购土耳其软糖（约1小时）
                 <w:br/>
                 皮衣店（约 1.5 小时），欣赏皮衣 T 台秀。
                 <w:br/>
                 下午：午餐后驱车前往塞尔柱省东边郊外9公里的小山城【希林斯】(游览时间约1小时)，以出产水果酒闻名，沿途葡萄园、水蜜桃、苹果、橄榄等果园座于山丘上；特别安排免费品尝一杯水果酒.
                 <w:br/>
                 小镇风光不同古文明遗址，街道上尽是特色酒馆、餐厅、纪念品小店、香料、橄榄制品及最出名的水果酒，从草莓、苹果、水蜜桃、哈密瓜、樱桃、蓝莓、梨子应有尽有，您可于此浅尝各种水果酒的味道享受一番哦；
                 <w:br/>
                 后驱车前往布尔萨（行车约4小时），抵达后入住当地五星酒店；
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1537,61 +1541,63 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.机票标准：北京首都国际机场集合（北京起止需加RMB600/人,其他区域联运费见海报）全程团队经济舱机票及机场税，团队机票不允许改名、退票、改票、改期。（不含航空公司临时新增的燃油附加费） 
                 <w:br/>
-                2. 酒店标准：行程中所列星级酒店的双人间。（标准为二人一房，如需入住单间则另付单间差费用或我社有权有权利提前说明情况并调整夫妻及亲属住宿安排）
-[...9 lines deleted...]
-                7.保险标准：旅行社责任险
+                2.签证标准：免签（仅限中国大陆护照，其他国籍护照另询）
+                <w:br/>
+                3.酒店标准：行程中所列星级酒店的双人间。（标准为二人一房，如需入住单间则另付单间差费用或我社有权有权利提前说明情况并调整夫妻及亲属住宿安排）
+                <w:br/>
+                4.. 用餐标准：行程中所列餐食，午晚餐为中式团队餐（10-12人一桌，餐标六菜一汤)或特色餐（以行程为准）。如果不用餐或因个人原因超出用餐时间到达餐厅的，不再另补且费用不退。（用餐时间在机场候机或飞机上的餐食由客人自理）
+                <w:br/>
+                5.景点标准：行程中所列景点的首道门票（不含景区内的二道门票及个人消费）。行程表中标明的景点游览顺序和停留时间仅供参考，我公司有权根据当地天气、交通等情况调整景点顺序，实际停留时间以具体行程游览时间为准。
+                <w:br/>
+                6. 用车标准：空调旅游巴士。（7人以下用7座，8-15人用25座，20人以上用44座）
+                <w:br/>
+                7.导游司机标准：全程中文领队，境外专业司机，中文导游或英文导游+中文翻译
+                <w:br/>
+                8.保险标准：旅行社责任险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1599,67 +1605,65 @@
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.护照费用；
                 <w:br/>
                 2. 司机导游服务费以及酒店税：RMB2000/人（请出发前结清）
                 <w:br/>
-                3. 签证标准：土耳其旅游签证 RMB500/人 (与团费一起结算）
-[...15 lines deleted...]
-                11. 客人往返国内出境口岸的一切费用；
+                3. 全程单房差RMB3000（酒店单房差仅指普通单人间(如客人要求大床单间或单独一人住标双，单房差另议)
+                <w:br/>
+                4. 行程表以外行程费用；
+                <w:br/>
+                5. 行李物品的搬运费、保管费及超重费；
+                <w:br/>
+                6. 一切个人消费（如：电话、传真、电视付费频道、洗衣、饮料等）；
+                <w:br/>
+                7. 旅游者因违约、自身过错或自身疾病引起的人身和财产损失；
+                <w:br/>
+                8. 非我社所能控制因素下引起的额外费用，如：自然灾害、罢工、境外当地政策或民俗禁忌、景点维修等；
+                <w:br/>
+                9. 游客人身意外保险；（强烈建议客人自行购买旅游意外险）
+                <w:br/>
+                10. 客人往返国内出境口岸的一切费用；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -2234,73 +2238,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...21 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">本产品供应商为：深圳市特色行国际旅行社有限公司，许可证号：L-GD-CJ00457。此团 9人成团，为保证游客如期出发，我社将与其他旅行社共同委托深圳市特色行国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由深圳市特色行国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -2340,51 +2322,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>