--- v1 (2026-02-04)
+++ v2 (2026-03-24)
@@ -2322,51 +2322,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>