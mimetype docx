--- v0 (2025-12-16)
+++ v1 (2026-03-11)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">春节【马到福来·樱你而美】福州漳州泉州平潭动车纯玩5天丨漳州古城丨漳平永福樱花丨泉州开元寺&amp;西街丨浔埔村丨南少林丨洛伽寺 利桥古街丨平潭猴研岛丨长江澳风车田丨福州三坊七巷丨烟台山公园丨 闽越水镇看游神&amp;寻梦千年水火演艺秀行程单</w:t>
+        <w:t xml:space="preserve">春节【马到福来·樱你而美】福州漳州泉州平潭动车纯玩5天丨漳州古城丨漳平永福樱花丨泉州开元寺&amp;西街丨浔埔村丨梧林古村丨洛伽寺 利桥古街丨平潭猴研岛丨长江澳风车田丨福州三坊七巷丨烟台山公园丨 闽越水镇看游神&amp;寻梦千年水火演艺秀行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -412,51 +412,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 产品设计理念：一场“人文与海岛”，“非遗与美食”的年味文化：
                 <w:br/>
                 ★ 年味古城 - 红红火火，漳州古城&amp;利桥古街等你来寻年味，品美食，逛古城~
                 <w:br/>
                 ★ 玩转海岛 - 梦幻平潭岛，沙滩、海浪、风车，等你来晒美照~
                 <w:br/>
                 ★ 颜值担当，C位选择，不潮不好玩~~
                 <w:br/>
                 ● 古韵悠长·千年古街古城韵味“三坊七巷” ● 落樱缤纷·满园春色繁花似锦“永福樱花园”
                 <w:br/>
                 ● 海丝遗风·红砖古厝簪花艺术“浔埔村”   ● 佛国遗韵·千年古刹建筑瑰宝“开元寺”                                                                                           
                 <w:br/>
                 ● 风车剪影·碧海蓝天浪漫风车“长江澳”   ● 海天佛国·海上生庙庙里看海“洛伽寺”
                 <w:br/>
                 ★ 闽越水镇过大年看游神，寻梦●千年闽越水火演艺秀~~
                 <w:br/>
                 福建游神，又称“迎神”，是福建省尤其是福州地区春节期间的一种传统民俗活动。这一活动具有浓厚的道教色彩，反映了人们对神明的敬仰和对美好生活的祈愿。游神活动通常伴随着锣鼓队的奏乐，队伍中会有扮演各种神仙的年轻人，如九使爷、哪吒、海弟、齐天大圣、女将军和二郎神等。这些神仙形象由木头制成，通过游神活动，不仅增加了家族成员之间的认同感，也宣传了传统文化。
                 <w:br/>
-                ★ 精挑细选，料道“有味”，吃住你来品尝~~
+                ★ 闽南古厝非遗文化●木偶戏表演~
                 <w:br/>
                 【年味定制】福州非遗蹄膀宴，平潭簸箕宴，闽南特色餐，水库全鱼宴~
                 <w:br/>
                 【品质保证】不打任何擦边球，0购物0自费，真正放心的纯玩行程~~
                 <w:br/>
                 【暖心体验】5星温泉解除身体疲劳，赠送寻梦●千年闽越水火演艺秀~
                 <w:br/>
                 【严选旅居】解锁旅居新体验，品质严选，3晚5钻酒店，解锁住宿体验~
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
@@ -759,86 +759,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                浔埔村-南少林寺-午餐&amp;听南音+木偶戏表演-洛伽寺-利桥古街
-[...13 lines deleted...]
-                晚餐自理，后适时前往入住永鸿温泉大酒店（房间含双人单次温泉门票）。
+                浔埔村-梧林古村&amp;非遗木偶戏表演-洛伽寺-利桥古街
+                <w:br/>
+                酒店享用早餐后，前往游览有闽南渔村的璀璨明珠之称的【蟳埔村】（游览时间约1H）历史悠久，文化底蕴深厚。这里的人们以壳为厝，以花为簪，形成了独特的蟳埔女文化。浔埔村的女人有一个传统，因为男人要出海，家里的活都是勤劳的女人完成。她们每天头戴“簪花围”、身穿大裾衫、阔脚裤赶海劳作的身影，现在演绎为“簪花女”，更因请了赵丽颖等女星代言、喊出“今生戴花，来时漂亮”的口号，吸引了大量女客来蟳埔村体验簪花围。（女士可自费体验蟳蜅头上花海美拍体验）。
+                <w:br/>
+                游览【梧林古村】（游览时间约2H），其地势西北高、东南低，村民围塘而居，古有“三脚筐”的美誉。这片起于明朝的古村落里，林立着闽南大厝、西洋楼、番仔楼等建筑，珍藏着百年古井、盘根老树、“镇国将军”墓等岁月遗存，活跃着割香乞炉、南音、筑墓洗碎技术等闽南非物质文化遗产。它是闽南传统建筑群，更是“侨乡文化博物馆”。前往【德越馆】，是梧林古村落 “闽南文化体验中心” 的核心载体，这座占地 500 平方米的二进五开间古厝，既保留闽南传统建筑的红砖肌理、木质结构与精美雕花，又与旁侧 “五层厝”（西式外形 + 闽南塌寿构造）形成 “传统与南洋” 的建筑对话，如今已成为沉浸式感受闽南非遗、慢品闽南生活的网红地标，“喝茶看戏” 是德越馆的灵魂体验，一边品茶，一边观看非遗“木偶戏表演”。
+                <w:br/>
+                前往参观海天佛国，海上寺庙【洛伽寺】（游览时间约1H），位于石狮市闽南黄金海岸东畔宫屿岛，面对台湾海峡，占地面积二十余亩。洛伽寺是少有的建于海边的寺庙，可谓寺在海上，庙驾蛟龙。这里是你可以感受佛教的宏大气度与大海的海纳百川气势的地方。
+                <w:br/>
+                适时前往福清，游览【利桥古街】（自由活动，游览时间约2H），是福州15个特色历史文化街区之一，按国家AAAA级旅游景区创建打造。红砖、青瓦、扇门、雕花拱窗…利桥古街浓缩了福清古往今来的所有建筑风格：清代的吴氏八扇厝、民国时期的荷园、卢氏侨厝、黄氏民居群，抑或是新中国时期的吴氏侨厝、黄氏侨厝等，见证了福清建筑风格变迁的历史烙印。春节期间，更有庙会，美食等欢迎各地游客贵宾。
+                <w:br/>
+                 适时前往入住永鸿温泉大酒店（房间含双人单次温泉门票），晚餐品尝：闽南特色餐。
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：闽南特色餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：闽南特色餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">永鸿温泉大酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1079,51 +1075,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州南/东-深圳北-漳州；福州-深圳北-广州南/东往返二等座票（节假日期间，无法保证直达票，实际以出票为准！）；
                 <w:br/>
                 2、用车：全程空调旅游车，保证一人一正座；
                 <w:br/>
                 3、门票：含行程中首道门票。以上景点的游览时间仅供参考（不含园中园门票）；长者无优惠门票；
                 <w:br/>
                 4、用餐：全程含4早5正，酒店含早，餐标：50元/人，特色餐：水库全鱼宴，福州非遗蹄膀宴，平潭簸箕宴，闽南特色餐；
                 <w:br/>
-                5、住宿：全程入住当地1晚4钻酒店，3晚5钻酒店（每成人每晚一个床位）。行程中的酒店不提供自然单间，若出现单男单女，补房差：680元/人（注：无正规三人间，建议客人补或退房差，不占床早餐请到前台现付）；
+                5、住宿：全程入住当地1晚4钻酒店，3晚5钻酒店（每成人每晚一个床位）。行程中的酒店不提供自然单间，若出现单男单女，补房差：950元/人（注：无正规三人间，建议客人补或退房差，不占床早餐请到前台现付）；
                 <w:br/>
                 参考酒店：
                 <w:br/>
                 龙岩1晚酒店（网评4钻）：华美达酒店或同级；
                 <w:br/>
                 南安1晚酒店（网评5钻）：源昌凯宾海景大酒店酒店（豪华房）或同级；
                 <w:br/>
                 福清2晚酒店（网评5钻）：永鸿温泉大酒店或同级；
                 <w:br/>
                 6、导游：当地优秀普通话导游讲解服务；
                 <w:br/>
                 7、儿童标准：
                 <w:br/>
                 1.中童（6-14岁以内,1.2-1.4M）：不含床位；含动车半票，儿童早餐，温泉票及其余标准同成人；
                 <w:br/>
                 2.小童（6岁以下,1.2M以下,）：不含床位，动车票，早餐和温泉门票；其余标准同成人；
                 <w:br/>
                 3.儿童超高，请当地自补门票和早餐费用；
                 <w:br/>
                 8、备注：25人成团出发，如人数不足，提前5天通知，不作赔偿！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1387,51 +1383,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-11</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>