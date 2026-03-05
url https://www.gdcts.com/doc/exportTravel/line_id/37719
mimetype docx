--- v0 (2025-12-25)
+++ v1 (2026-03-05)
@@ -573,59 +573,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                香港--巴厘岛--接机--海底喷泉--乌鲁瓦图情人崖下午茶--游艇黄昏自助晚餐--入住酒店
-[...1 lines deleted...]
-                请各位贵宾提前一晚于指定时间自行前往香港办理登机手续，乘坐国际航班直达巴厘岛；乘坐国际航班飞往巴厘岛。 巴厘岛是世界上漂亮而有特色的观光胜地之一，凭借着其得天独厚的自然景观、古老的文明与独特的地方民俗艺术、玦美的海滩、精致的手工艺术、曼妙的音乐舞蹈，这里几乎是一个人间的香格里拉。
+                提前一晚在深圳口岸集合--香港--巴厘岛--接机--海底喷泉--乌鲁瓦图情人崖下午茶--游艇黄昏自助晚餐--入住酒店
+                <w:br/>
+                请各位贵宾于指定时间于深圳口岸集合，乘车前往香港办理登机手续，乘坐国际航班直达巴厘岛。 巴厘岛是世界上漂亮而有特色的观光胜地之一，凭借着其得天独厚的自然景观、古老的文明与独特的地方民俗艺术、玦美的海滩、精致的手工艺术、曼妙的音乐舞蹈，这里几乎是一个人间的香格里拉。
                 <w:br/>
                 <w:br/>
                 抵达巴厘岛机场接受印尼美女献花+礼品接机。随后跟随导游乘坐空调旅游车前往【海底喷泉】站在观景台上可以看到海边一大片黑色的火山岩长期被海浪侵蚀，出现凹凸不平的表面和无数中空的空洞，海浪一层层奔涌而来，因为地形的收缩激起巨大高耸的水柱，真是令人感叹的景观！
                 <w:br/>
                 <w:br/>
-                流传着神话色彩的【乌鲁瓦度情人崖+下午茶】它的背后有一段凄美的爱情悲剧，为此地平添了离奇色彩。在这里，您可以欣赏印度洋海岸美景。随后在独家【游艇黄昏自助晚餐】我们的独家豪华黄昏游艇晚餐，带您同时体验绝美的海上黄昏美景与可口食物的双重享受。游艇从码头出海，在海上停泊享用晚餐，到您尽兴而归返回岸上，2小时的海上之旅也将成为您巴厘岛之旅难忘时刻的一部分。（如遇游艇爆满的情况下，将替换海岛船）
+                流传着神话色彩的【乌鲁瓦度情人崖+下午茶】它的背后有一段凄美的爱情悲剧，为此地平添了离奇色彩。在这里，您可以欣赏印度洋海岸美景。随后在独家【游艇黄昏自助晚餐】我们的独家豪华黄昏游艇晚餐，带您同时体验绝美的海上黄昏美景与可口食物的双重享受。游艇从码头出海，在海上停泊享用晚餐，到您尽兴而归返回岸上，2小时的海上之旅也将备注：赠送深圳口岸--香港机场的往返交通，不用则无费用可退。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：红海湾中式海鲜餐     晚餐：游艇自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -992,51 +992,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                指定时间送机--抵达香港机场--散团
+                指定时间送机--抵达香港机场--深圳口岸--散团
                 <w:br/>
                 回忆旅途中的种种，相信此行已深刻地印入您的脑海，飞机起飞时刻在即，行程结束难免，但巴厘岛的热情永远在南洋的海上，期待您下一次的造访！抵达香港机场后自行散团，期待下一次相遇。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1104,51 +1104,53 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【机票】去程：香港--巴厘岛  回程：巴厘岛--香港（含机建燃油税）
                 <w:br/>
-                【住宿】3晚五星酒店+2晚海边国五酒店
+                【交通】赠送深圳口岸--香港机场往返交通
+                <w:br/>
+                【住宿】3晚五星酒店+2晚国五酒店（2人1间）
                 <w:br/>
                 【用餐】全程6正4早（正餐为行程所列，如航空公司航班时间临时调整，我社有权根据实际航班时间安排用餐，不做任何赔偿所有餐食如自动放弃，款项恕不退还）。
                 <w:br/>
                 【交通】旅游车全程用车（保证一人一正座）
                 <w:br/>
                 【导游】当地优秀导游服务。
                 <w:br/>
                 【门票】行程所列景点首道大门票（不含园中园门票）。
                 <w:br/>
                 【保险】旅游意外险（最高保额为30万元/人）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1164,61 +1166,63 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、综合服务费￥300/人，签证费￥300/人（随团费一并收取）。
                 <w:br/>
-                2、儿童价：小孩不占床位：-700元；占床：大小同价；12岁及以上必须占床。（婴儿现询）
+                2、儿童价：小孩不占床位：-600元；占床：大小同价；12岁及以上必须占床。（婴儿现询）
                 <w:br/>
                 3、全程单房差￥2200/人（旺季2800）。
                 <w:br/>
                 4、69岁以下老人不加收老人附加费（含69岁）。
                 <w:br/>
                 5、70周岁及以上老人原则上不建议参团，一定要参加的话+300元/人的老人照顾费。
                 <w:br/>
-                6、个人产生的费用。
-[...1 lines deleted...]
-                7、2024年2月14号起，抵达巴厘岛的国际旅客需付15万印尼盾/人的旅游税。
+                6、外籍/港澳台护照附加费+500元/人。
+                <w:br/>
+                7、个人产生的费用。
+                <w:br/>
+                8、2024年2月14号起，抵达巴厘岛的国际旅客需付15万印尼盾/人的旅游税。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1789,66 +1793,66 @@
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、以上行程和航班时刻均为大家参考，一切都以出团通知书为准！因客人的护照、签证或其他私人问题以及有关边检、海关等政府行为，而导致客人不能如期出境或不能出境；非旅行社过失的，我司概不负任何责任及作任何赔偿。如因客人护照上有不良记录，包括假签证和借证过境等，如被边检拒绝出境，团费不作任何退款。
                 <w:br/>
                 <w:br/>
                 二、参考酒店
                 <w:br/>
-                2晚五星酒店或同级：
+                3晚五星酒店或同级：
                 <w:br/>
                 Sadara Resort巴厘岛萨达拉精品海滩度假村
                 <w:br/>
                 Bintang Bali Resort宾当巴厘岛度假村
                 <w:br/>
                 The Patra Bali Resort &amp; Villas帕特雷巴厘岛度假村及别墅
                 <w:br/>
                 Prama Sanur Beach Bali普拉玛沙努尔海滩巴厘岛酒店
                 <w:br/>
                 Platinum Jimbaran巴厘岛金巴兰海滩白金酒店
                 <w:br/>
                 或同级酒店
                 <w:br/>
                 <w:br/>
-                2晚海边国五酒店或同级：
+                2晚国五酒店或同级：
                 <w:br/>
                 sakala巴厘岛萨卡拉度假村
                 <w:br/>
                 ayodya巴厘岛阿优达度假酒店
                 <w:br/>
                 anvaya巴厘岛安瓦雅海滩度假酒店
                 <w:br/>
                 nusa dua beach巴厘岛努沙杜阿海滩Spa酒店
                 <w:br/>
                 Hotel Nikko Bali Benoa Beach巴厘岛南湾海滩日航酒店
                 <w:br/>
                 grand mirage巴厘岛美乐滋度假酒店
                 <w:br/>
                 sol by melia benoa巴厘岛贝诺瓦索尔沙滩别墅美利亚酒店
                 <w:br/>
                 pullman legian巴厘岛勒吉安海滩铂尔曼酒店
                 <w:br/>
                 discovery kartika卡缇卡发现广场酒店
                 <w:br/>
                 The Westin Resort Nusa Dua, Bali巴厘岛努沙杜瓦威斯汀度假酒店
                 <w:br/>
                 Grand Hyatt Bali巴厘岛君悦大酒店
                 <w:br/>
                 RENAISSANCE NUSA DUA巴厘岛努萨杜瓦万丽度假村
                 <w:br/>
@@ -1921,51 +1925,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>