--- v0 (2025-12-25)
+++ v1 (2026-03-19)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">寒假春节【雪宴东三省】东北双飞一动7天∣冰城哈尔滨∣中国雪乡∣小韩国延吉∣镜心园竹筏漂流+围炉煮茶∣长白山天池∣亚布力滑雪∣奢享长白温泉∣沈阳故宫∣朝鲜民俗村（南航延吉进沈阳出）行程单</w:t>
+        <w:t xml:space="preserve">寒假春节【雪宴东三省】东北双飞一动7天∣送冰雪大世界∣哈尔滨∣中国雪乡∣小韩国延吉∣镜心园竹筏漂流+围炉煮茶∣长白山天池∣亚布力滑雪∣奢享长白温泉∣沈阳故宫∣朝鲜民俗村（南航延吉进沈阳出）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -1015,53 +1015,53 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 雪乡（行车约1.5小时）亚布力（行车约3.5小时）哈尔滨
                 <w:br/>
                 可自行早起观【雪乡日出】（视天气情况自行选址观日出）赏清晨白雪、松柏、高山、构成一幅神奇、美丽的画卷，或者在这个北方温馨的小村庄睡到自然醒，欣赏北方农家小院雪景：鸡鸣、狗叫、金黄的玉米、雪中古朴的民居、淳朴的村民……处处都是原汁原味的一幅画！
                 <w:br/>
                 ▷【泼水成冰】（实际效果视天气情况而定，与团友们互相打卡）：在东北，一种超级玩法爆棚，在朋友圈、抖音里广泛传播。这一甩一跳，在太阳的映趁下，奇幻出现了，高扬并甩动手臂洒出的水，在户外低温下瞬间成冰，在玩耍者周围形成冰的弧线，美丽且刺激，小伙伴们给这项游戏起了个名字“泼水成冰”。
                 <w:br/>
                 ▷后沿着《悬崖之上》取景地——【冰雪王国-亚雪公路】前往中国童话雪乡，【大秃顶子山】（车观）名副其实，形状如“馒头”，山顶是一片平地，几乎没有树，都是低矮的花草，这里是高山植物的宝库和野生动物的摇篮。雾凇、雪山、雪松、画廊般满目的玉树，美不胜收！
                 <w:br/>
                 ▷途中打卡【网红音乐公路】（部分路段，具体音效请以实际为准）“一路雪花相拥来，有微笑天地开，暖暖的阳光多可爱，把世界牵起来……”亚雪因其独特的音乐公路设计成为了一大亮点。
                 <w:br/>
                 ▷【亚布力滑雪场】亚冬会举办地、中国最大的国际级滑雪场，欣赏千里冰封、万里雪飘的北国风光，了解亚布力的来源及发展、聆听灵芝女与好汉的动人传说，欣赏雪山圣景。观石海、偃松、俯看林海雪原。
                 <w:br/>
                 ▷前往亚布力滑雪场内亲自体会【滑雪】(含3小时初级滑雪，以开卡取雪具开始计时至还雪具算，超时请按门市价计费，含雪板、雪鞋、雪杖，为安全起见，建议初学者请教练)、【嬉雪】、【赏雪】的乐趣，除滑雪外，雪场还有雪地摩托、马拉爬犁、滑轮胎等供游客自行消费娱乐。尽情享受冰雪项目的刺激与快乐。
                 <w:br/>
                 备注：滑雪教练在您滑雪时自我推荐，是否需要请自行根据实际情况掌握。如果您请了教练教授您滑雪技巧，期间教练可能会向您索要小费，请据自身实际情况决定是否给予，小费是客人自愿的，如果不想给是可以不给的哦！
                 <w:br/>
-                ▷游览结束后，乘车前往东方小巴黎哈尔滨；
-[...1 lines deleted...]
-                ▷报名时可加300元/人含【冰雪大世界】门票（需实名制出票）+接送车服务，一睹“冰城”哈尔滨冰灯、雪雕的魅力！【预计12月25日左右开园，具体请以实际准，景区营业时间仅供参考（实际以现场为准）：11:00开园-22:00闭园，21:00停止检票】
+                 ▷游览结束后，乘车前往东方小巴黎哈尔滨；
+                <w:br/>
+                ▷2人起报名时赠游【冰雪大世界】大门票（需实名制出票，不用不退，如未开园或提前闭园，替换安排【室内冰灯】）+接送车服务，一睹“冰城”哈尔滨冰灯、雪雕的魅力！【景区营业时间仅供参考（实际以现场为准）：11:00开园-22:00闭园，21:00停止检票】
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2558,51 +2558,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-20</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>