--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -404,51 +404,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ◎【必玩理由】★★★★★
                 <w:br/>
                 ◎【品质出行】纯玩品质
                 <w:br/>
                 ◎【优质航班】五星南航广州直飞巴厘岛，拒绝廉价航空
                 <w:br/>
                 ◎【专业领队】广州起止，专业领队，悉心照料全程旅行
                 <w:br/>
-                ◎【豪气住宿】3晚网评四钻酒店或同级+2晚海边别墅或同级
+                ◎【豪气住宿】3晚网评四钻酒店或同级+2晚度假别墅或同级
                 <w:br/>
                 ◎【网红打卡】巴图尔火山Batur赏绝美一线火山景观+网红Alas Harum（含鸟巢）
                 <w:br/>
                 ◎【优选景点】贝妮达岛西线(精灵坠崖+破碎沙滩+天神浴池)--贝尼达岛水上活动（含浮潜+独木舟+香蕉船）
                 <w:br/>
                 ◎【海鲜升级】金巴兰BBQ（4人份：1公斤虾+1公斤鱼+1公斤蛤蜊+1公斤鱿鱼+每人一只螃蟹+空心菜配菜+米饭+矿泉水）  
                 <w:br/>
                 ◎【美食享受】红海湾中式料理；网红自助餐；海鲜活虾火锅
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
@@ -573,59 +573,62 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州--巴厘岛--接机--南湾俱乐部--乌鲁瓦图情人崖--古龙宫--金巴兰落日落+BBQ(4人份:一公斤虾+-公斤鱼+-公斤蛤蜊+一公斤鱿鱼+每人一只螃蟹+空心菜+米饭+矿泉水)
+                广州--巴厘岛--接机--南湾俱乐部--乌鲁瓦图情人崖--金巴兰落日落+BBQ(4人份:一公斤虾+-公斤鱼+-公斤蛤蜊+一公斤鱿鱼+每人一只螃蟹+空心菜+米饭+矿泉水)
                 <w:br/>
                 请各位贵宾于指定时间（提前一天）在广州白云国际机场集合，乘坐国际航班飞往巴厘岛。 巴厘岛是世界上漂亮而有特色的观光胜地之一，凭借着其得天独厚的自然景观、古老的文明与独特的地方民俗艺术、玦美的海滩、精致的手工艺术、曼妙的音乐舞蹈，这里几乎是一个人间的香格里拉。
                 <w:br/>
                 <w:br/>
                 抵达后，跟随导游开始旅程，驱车【南湾俱乐部】这里真是休闲娱乐的好地方！面向碧蓝的海水，周围是郁郁葱葱的椰子树。南湾海滩俱乐部不仅提供各种水上娱乐设施，如水上摩托和浮潜装备，还有吊床让你放松。拍照打卡的话，南湾海滩俱乐部的标志牌和吊床都是好选择。
                 <w:br/>
                 <w:br/>
-                流传着神话色彩的【乌鲁瓦度情人崖】，它的背后有一段凄美的爱情悲剧，为此地平添了离奇色彩。在这里，您可以欣赏印度洋海岸美景。晚餐前我们前往巴厘岛最著名的落日观赏地【金巴兰日落海滩+BBQ烧烤】海景落日、沙滩、歌手民谣、美食、点点烛光,无限浪漫。把巴厘岛旅游带入一个新的境界。
+                流传着神话色彩的【乌鲁瓦度情人崖】，它的背后有一段凄美的爱情悲剧，为此地平添了离奇色彩。在这里，您可以欣赏印度洋海岸美景。
+                <w:br/>
+                <w:br/>
+                晚餐前我们前往巴厘岛最著名的落日观赏地【金巴兰日落海滩+BBQ烧烤】海景落日、沙滩、歌手民谣、美食、点点烛光,无限浪漫。把巴厘岛旅游带入一个新的境界。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：博士餐厅     晚餐：金巴兰BBQ烧烤   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -870,51 +873,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海边别墅或同级</w:t>
+              <w:t xml:space="preserve">度假别墅或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -948,51 +951,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海边别墅或同级</w:t>
+              <w:t xml:space="preserve">度假别墅或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1100,51 +1103,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【机票】去程：广州--巴厘岛  回程：巴厘岛--广州（含机建燃油税）
                 <w:br/>
-                【住宿】3晚网评四钻酒店+2晚海边别墅或同级（海岛地区别墅均以大床房居多，不能指定房型，以酒店安排为准）
+                【住宿】3晚网评四钻酒店+2晚度假别墅或同级（海岛地区别墅均以大床房居多，不能指定房型，以酒店安排为准）
                 <w:br/>
                 【用餐】全程6正5早（正餐为行程所列，如航空公司航班时间临时调整，我社有权根据实际航班时间安排用餐，不做任何赔偿所有餐食如自动放弃，款项恕不退还）
                 <w:br/>
                 【交通】旅游车全程用车（保证一人一正座）
                 <w:br/>
                 【导游】当地优秀导游服务
                 <w:br/>
                 【领队】全程领队管家陪同服务
                 <w:br/>
                 【门票】行程所列景点首道大门票（不含园中园门票）
                 <w:br/>
                 【保险】旅游意外险（最高保额为30万元/人）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1810,51 +1813,51 @@
                 <w:br/>
                 3晚网评四钻参考酒店：
                 <w:br/>
                 The sintesa jimbaran金巴兰斯特萨酒店
                 <w:br/>
                 SWISSBEL TUBAN图班瑞士贝尔酒店
                 <w:br/>
                 SWISSBEL RAINFOREST雨林瑞士贝尔酒店
                 <w:br/>
                 BALI PARAGON 巴厘岛百丽宫度假村酒店
                 <w:br/>
                 Four Points by Sheraton Bali, Ungasan巴厘乌干沙福朋喜来登酒店
                 <w:br/>
                 ASTON DENPASAR 阿斯顿登巴萨酒店及会议中心
                 <w:br/>
                 Plagoo Holiday Hotel 普拉格假日酒店 套房亮点
                 <w:br/>
                 lerina nusa dua巴厘岛雷里纳酒店
                 <w:br/>
                 bedrock kuta巴厘岛库塔岩床酒店
                 <w:br/>
                 Harris Denpasar哈里斯酒店及会议中心-巴厘岛登巴萨
                 <w:br/>
                 或同级酒店
                 <w:br/>
-                2晚海边别墅参考酒店：
+                2晚度假别墅参考酒店：
                 <w:br/>
                 Desa Swan willas &amp; spa, Keramas克拉玛斯天鹅别墅及水疗中心
                 <w:br/>
                 Grand kesambi resort dan villa（家庭泳池别墅）
                 <w:br/>
                 Abi Bali villa (套房别墅）
                 <w:br/>
                 或同级别墅酒店
                 <w:br/>
                 声明 ： 以上酒店是我们精心挑选的适合中国人旅行的酒店 ，所有团全部入住以上酒店其中之一 ，若届时酒店满房 ，将按照同等级酒店调房 ！请务必收客之前给客人介绍。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -1905,51 +1908,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>