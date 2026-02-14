--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -400,51 +400,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★奢享酒店：全程入住北京国际五星网评五钻新奢酒店——北京首钢园香格里拉酒店。
                 <w:br/>
                 ★【品质保障】：承诺0购物0自费0景交无任何隐形消费，推一罚3000元！真正纯净之旅，休闲慢旅行！
                 <w:br/>
                 ★【故宫珍宝馆】珍宝馆是故宫里面一座宝库，有各色宝石，闪闪发光的金银器皿，珍珠翡翠，还有金丝凤冠、象牙玉雕，各类珍宝举世无双;最为突出的是有一座镐多塔，重达5000公斤的大型玉雕。
                 <w:br/>
                 ★【军事博物馆】中国唯一大型综合性军事历史博物馆，感受祖国强大的军事力量，培养爱国主义。
                 <w:br/>
-                ★【北京滑雪场】含4小时滑雪：在冰雪世界留下英姿飒爽的背影，每一帧都是大片，尽享冰雪运动项目乐趣！
+                ★【北京滑雪场】含3小时滑雪：在冰雪世界留下英姿飒爽的背影，每一帧都是大片，尽享冰雪运动项目乐趣！
                 <w:br/>
                 ★【恭王府】京城十大顶级“豪”四合院之一和珅府，故有了“一座恭王府，半部清代史”的说法！
                 <w:br/>
                 <w:br/>
                 ★乐享趣途：
                 <w:br/>
                 贴心服务：赠饮矿泉水、赠送【天安门集体彩照】一张（每个家庭一张，更多需求请另付费）
                 <w:br/>
                 神秘礼物：独家赠送“康熙圣旨”，诚诏天下子民到京接旨，用康熙御笔之宝，助您加官进爵！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -785,51 +785,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 升旗--八达岭--北京滑雪场--外观鸟巢水立方--杂技盛宴
                 <w:br/>
                 早上乘车前往天安门广场观看庄严肃穆的【升旗仪式】（约30分钟）。后前往【八达岭长城】登上长城烽火台，尽享“不到长城非好汉”之感，八达岭长城是明长城中保存最好的一段，也是最具代表性的一段，是明代长城的精华.史称天下九塞之一，是万里长城的精华和杰出代表。
                 <w:br/>
                 【北京滑雪场】（含4小时滑雪 包含：雪鞋、雪板、雪杖、魔毯、缆车）冬季来北方玩雪啦，感受北国风光！满足南方人对雪的向往，拍出的雪景刷爆朋友圈！ 可自行选择嘻雪乐园、玩雪圈、香蕉船、雪枪打雪仗、雪地坦克、雪板滑梯等雪上项目 。
                 <w:br/>
                 后亲临中国人奥运梦的【奥林匹克公园】北京奥林匹克公园是北京市爱国主义教育基地、中国红色旅游景区，是举办北京2008年奥运会的主要场地和2022年冬奥会举办地，拥有：亚洲最大的城区人工水系、亚洲最大的城市绿化景观、世界最开阔的步行广场、亚洲最长的地下交通环廊。近距离感受奥运会主会场—国家体育场【鸟巢】和国家游泳中心【水立方】的场馆风采。
                 <w:br/>
                 北京网红杂技盛宴--【红剧场杂技】：惊险刺激--明艳大气-群英荟萃--炉火纯青-超级极限-叹为观止，观看环球飞车-高空表演-从汉代马戏团的盛行，到唐代杂技的繁荣，再到明清时期的传承创新、现代舞台艺术的融合发展，在漫长的历史长河中，杂技始终以精湛的技艺、独特的魅力吸引了无数观众。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.天安门广场升旗每日限流，具体人数实时调控。需网上实名预约！如升旗未能预约成功、遇广场临时关闭或戒严，则视为不可抗力免责取消参观。敬请谅解！
                 <w:br/>
                 2.八达岭长城门票需实名预约，每日限流，如遇政策性、天气等原因未能预约成功，则改为居庸关或其他景区。
                 <w:br/>
                 3.因长城距市区距离较远，可在前往长城途中车上休息。为了不影响您的游览时间，游览长城当天的叫早时间和早餐时间可能会比其它几天早，请做好早起准备。当天早餐为打包早餐，敬请谅解。
                 <w:br/>
                 4.登上长城为游客自由参观，导游将您送到长城景区，检票后不跟团讲解。
                 <w:br/>
-                5.北京滑雪场含4小时滑雪及部分冰雪游玩项目，如需游玩其他项目可以自理，不属于推荐自费项目，您可根据自身需要自由选择。
+                5.北京滑雪场含3小时滑雪及部分冰雪游玩项目，如需游玩其他项目可以自理，不属于推荐自费项目，您可根据自身需要自由选择。
+                <w:br/>
+                6.滑雪场、冰雪嘉年华等活动项目，均存在危险，参与前请根据自身条件及当地景点的相关公告和建议后量力而行。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1565,51 +1567,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>