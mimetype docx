--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -795,50 +795,52 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 观升旗--八达岭--北京冰雪嘉年华--奥林匹克公园--外观鸟巢水立方
                 <w:br/>
                 上午：早上乘车前往天安门广场观看庄严肃穆的【升旗仪式】（约30分钟）。后前往【八达岭长城】（游览约2小时，请您根据个人身体情况，量力而为，注意人身安全和财产安全）。登上长城烽火台，尽享“不到长城非好汉”之感，八达岭长城是明长城中保存最好的一段，也是最具代表性的一段，是明代长城的精华.史称天下九塞之一，是万里长城的精华和杰出代表。
                 <w:br/>
                 下午：后前往【北京冰雪嘉年华含套票】让南方的孩子感受一下北方冬日的冰雪狂欢季，畅游冰雪乐园，包含：雪上飞碟（不限次）、飓风墙（不限次）、小冰车、雪地坦克、雪地转转、雪地悠波球、儿童乐园、雪地探宝、充气城堡、雪地蹦床 。
                 <w:br/>
                 后亲临中国人奥运梦的【奥林匹克公园】北京奥林匹克公园是北京市爱国主义教育基地、中国红色旅游景区，是举办北京2008年奥运会的主要场地和2022年冬奥会举办地，拥有：亚洲最大的城区人工水系、亚洲最大的城市绿化景观、世界最开阔的步行广场、亚洲最长的地下交通环廊。近距离感受奥运会主会场—国家体育场【鸟巢】和国家游泳中心【水立方】的场馆风采（备注：鸟巢及水立方不含门票，仅外观，如因政策性原因不开放则改为景区周边自由活动，游览约40分钟）。
                 <w:br/>
                 ***温馨提示***
                 <w:br/>
                 1.天安门广场升旗每日限流，具体人数实时调控。需网上实名预约！如升旗未能预约成功，则视为不可抗力免责取消参观。敬请谅解！
                 <w:br/>
                 2.八达岭长城门票需实名预约，每日限流，如遇政策性原因闭园或未能预约成功，则更换为居庸关长城或其他景区。
                 <w:br/>
                 3.因长城距市区距离较远，可在前往长城途中车上休息。为了不影响您的游览时间，游览长城当天的叫早时间和早餐时间可能会比其它几天早，请做好早起准备。当天早餐为打包早餐，敬请谅解。
                 <w:br/>
                 4.登上长城为游客自由参观，导游将您送到长城景区，检票后不跟团讲解。。
                 <w:br/>
                 5.八达岭长城您可以选择徒步登长城或乘长城滑道/缆车游长城，长城缆车/滑道自理160元/人，不属于推荐自费项目。请您根据个人身体情况，量力而为，注意人身安全和财产安全。
                 <w:br/>
                 6.奥林匹克公园可选择交通工具——景区奥运小火车+奥运备选节目杂技表演280元/人，也可升级VIP坐席+100元每人（自理）。
+                <w:br/>
+                7.滑雪场、冰雪嘉年华等活动项目，均存在危险，参与前请根据自身条件及当地景点的相关公告和建议后量力而行。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2046,51 +2048,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>