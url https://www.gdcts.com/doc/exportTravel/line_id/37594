--- v0 (2025-12-16)
+++ v1 (2026-03-13)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【春节•澳新联游】完美全景澳新联游南北岛14天大堡礁+大洋路+热带雨林+悉尼歌剧院入内行程单</w:t>
+        <w:t xml:space="preserve">【3-6月】澳新联游南北岛14天捉龙虾鲍鱼+大堡礁+悉尼歌剧院入内+黄金海岸行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -343,106 +343,110 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                香港飞凯恩斯 CX147/0030-0955
-[...1 lines deleted...]
-                奥克兰飞香港 CX188/0815-1435
+                广州飞悉尼 参考航班:CZ809/0055-1235
+                <w:br/>
+                布里斯班飞广州 参考航班:CZ636/2300-0600+1
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【休闲度假时光】：特别安排名城：凯恩斯、悉尼、墨尔本、皇后镇连住 2 晚，舒适安排免除舟车劳顿！
-[...5 lines deleted...]
-                【特别尊享升级】：凯恩斯特别升级 2 晚五钻酒店，酒店内享用澳式牛排餐，尊享升级！
+                【悉尼瑰宝】：悉尼歌剧院（入内参观）—是澳大利亚的象征性标志，是悉尼艺术文华殿堂，更是悉尼的魂魄！
+                <w:br/>
+                【深海奇观】：世界七大奇观之一的绿岛大堡礁，形成至今已有六千年历史，是大自然的宝贵遗产！
+                <w:br/>
+                【热带雨林】：天然的氧吧，乘坐水陆两用车探秘世界古老的热带雨林，穿梭森林之间，体验独特的雨林生态！
+                <w:br/>
+                【住宿升级】：全程入住当地四星豪华酒店或特色住宿
+                <w:br/>
+                【直航往返】：中国南方航空公司航班广州直航往返！
+                <w:br/>
+                【贴心服务】：特别安排 24 小时金牌领队全程服务
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -559,53 +563,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                蛇口集中
-[...1 lines deleted...]
-                是日在蛇口机场集中，乘船前往香港机场，集中办理登机手续。
+                广州
+                <w:br/>
+                是日在广州机场集中，集中办理登机手续。
                 <w:br/>
                 温馨提示：航班全程禁烟；如有需要可自备拖鞋上飞机,可自备充气枕。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -637,1126 +641,1154 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                深圳飞凯恩斯  参考航班：CX147/0105-1030
-[...1 lines deleted...]
-                凌晨乘机飞往澳洲最著名的旅游城市之一——凯恩斯，航机抵达后乘车前往古老的热带雨林公园游览，游玩完毕后返回凯恩斯晚餐入住酒店休息。
+                广州飞悉尼
+                <w:br/>
+                早上抵达悉尼,悉尼游览观光，参观歌剧院、植物园和鱼市场，参观悉尼大学和乘轮渡游悉尼港，游玩完毕后晚餐，餐后入住酒店休息。
                 <w:br/>
                 今日亮点
                 <w:br/>
-                热带雨林公园
-[...13 lines deleted...]
-                是一个位于阿瑟顿高地(AthertonTab1e1ands)边缘雨林中的小镇，一百年前这里是原住土著族“吉普盖”人集中居住的村落，这里地处原始热带雨林之中，自然风景优美，人文建筑独特，有“澳洲热带雨林第一村”之美誉。
+                悉尼歌剧院（入内）
+                <w:br/>
+                从20世纪50年代开始构思，共耗时14年、斥资1亿零200万澳币完成建造。其外型犹如即将乘风出海的白色风帆，与周围景色相映成趣。歌剧院白色屋顶是由一百多万片瑞典陶瓦铺成，并经过特殊处理，不怕海风侵袭，屋顶下方就是悉尼歌剧院的两大表演场所——音乐厅和歌剧院。
+                <w:br/>
+                悉尼渔市场
+                <w:br/>
+                澳洲供应新鲜鱼类的超级市场，提供澳洲、南太平洋和亚洲一百种以上的海鲜种类。走进悉尼鱼市场，深海大龙虾，整条肥美三文鱼，巨大的皇帝蟹，闪闪发光的对虾，鲜活生蚝琳琅满目。（为了方便游玩，是日午餐自理）
+                <w:br/>
+                皇家植物园
+                <w:br/>
+                澳洲本国和其他外来各种珍贵植物的家园，也是本国历史最悠久的科学研究机构，风景迷人。著名的麦奎利夫人的座椅位于此地。悉尼大学
+                <w:br/>
+                参观这座坐落于悉尼的世界著名公立研究型大学，是整个南半球首屈一指的学术殿堂和全球著名的高等学府之一，被誉为“世界最美大学”之一、“澳大利亚第一校”，亲历南半球知名高等学府熏陶。
+                <w:br/>
+                渡轮畅游悉尼港
+                <w:br/>
+                畅游南半球最美丽的海湾悉尼港。在极美海岸，迎着每一道风，是一种全新的体验。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：热带雨林BBQ午餐     晚餐：5星酒店澳式牛排餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">升级凯恩斯当地5钻酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：自助晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">悉尼当地4钻酒店或公寓酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                绿堡大堡礁一天游
-[...1 lines deleted...]
-                酒店早餐后步行前往码头乘游船前往绿岛大堡礁，抵达后安排乘坐玻璃底船观看热带鱼、珊瑚礁等海底奇景，您可以在海边畅游，也可以闲逛绿树成荫的小路。傍晚返回酒店，步行前往夜市自行品尝当地特色。
+                悉尼飞奥克兰   奥克兰—罗托鲁瓦
+                <w:br/>
+                早餐后乘内陆航班飞往奥克兰，抵达后前往罗托鲁瓦市区揽胜。充分体验罗托鲁瓦这个地热名城的魅力，“罗托鲁阿”是毛利语，意为“双湖”。罗托鲁阿湖面积为23平方公里。全市遍布热泉，市郊森林密布。湖光潋滟，山色迷离，游禽戏水，海鸥翔空，空气中硫磺弥漫，热泉灰黄泥浆沸腾，加之毛利文化多姿多彩，前来观光的游客终年络绎不绝。罗托鲁阿市坐落在火山多发区，被喻为"火山上的城市"。在这里还可以和新西兰当地著名的动物羊驼亲密接触。
                 <w:br/>
                 今日亮点
                 <w:br/>
-                绿岛
-[...9 lines deleted...]
-                凯恩斯夜市位于澳大利亚凯恩斯市中心的滨海大道，这个夜市每天下午开放到晚上11点，是一个非常热闹的地方。夜市里有各种各样的摊位，贩卖当地的旅游纪念品、手工艺品、珊瑚礁石摆件等。此外，夜市还有许多小吃摊位，提供各种美食，包括海鲜、烧烤、亚洲美食等。你可以在这里品尝到当地特色的美食，感受凯恩斯的独特风情。
+                罗托鲁瓦政府花园
+                <w:br/>
+                罗托鲁瓦政府花园是一个宽大的花园广场，开阔、整洁、恬静、优雅。走进花园，首先呈现在眼前的是鲜花碧草和绿树映衬下的一幢桔黄色屋顶的精致的英国式建筑，是在英国占领后为毛利人建造的议会大楼。花园里绿草如茵，绿树成荫，开满了红色，紫色，白色，黄色的各种花朵，十分漂亮。一些颇有特点的小建筑物散布在广场的绿地和树丛中，别有韵味。
+                <w:br/>
+                罗托鲁瓦湖
+                <w:br/>
+                罗托鲁瓦湖是市区最著名的景点。是罗托鲁瓦的13个湖泊中面积最大的，此湖是由火山喷发引致凹陷而成，湖上风光很优美，湖水碧绿清澈，湖里有成群的鳟鱼。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：船上自助餐     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">升级凯恩斯当地5钻酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团队晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">罗托鲁瓦当地4钻酒店或公寓酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                凯恩斯飞悉尼
-[...1 lines deleted...]
-                早上乘机前往悉尼,悉尼是澳大利亚新南威尔士州的首府，也是澳大利亚面积最大、人口最多的城市，有南半球“纽约”的美誉。悉尼是全球最宜居的城市之一，世界著名的一线城市。悉尼拥有高度发达的金融业、制造业和旅游业，是一座繁华的、世界知名的国际化大都市。游玩完毕后晚餐，悉尼也拥有非常多的旅游资源，让我们一齐城市观光，了解这一座魅力城市的风采。晚餐后入住酒店休息。
+                罗托鲁瓦
+                <w:br/>
+                酒店早餐后，前往怀奥塔普地热公园游览，傍晚返回市区晚餐后入住酒店休息。
                 <w:br/>
                 今日亮点
                 <w:br/>
-                悉尼歌剧院（入内）——从20世纪50年代开始构思，共耗时14年、斥资1亿零200万澳币完成建造。其外型犹如即将乘风出海的白色风帆，与周围景色相映成趣。歌剧院白色屋顶是由一百多万片瑞典陶瓦铺成，并经过特殊处理，不怕海风侵袭，屋顶下方就是悉尼歌剧院的两大表演场所——音乐厅和歌剧院。
-[...3 lines deleted...]
-                悉尼大学——参观这座坐落于悉尼的世界著名公立研究型大学，是整个南半球首屈一指的学术殿堂和全球著名的高等学府之一，被誉为“世界最美大学”之一、“澳大利亚第一校”，亲历南半球知名高等学府熏陶。渡轮畅游悉尼港——畅游南半球最美丽的海湾悉尼港。在极美海岸，迎着每一道风，是一种全新的体验。
+                Wai-O-Tapu怀奥塔普地热公园
+                <w:br/>
+                地处陶波火山带的边缘，是陶波火山区内地热活动面积最广的区域，其占地约18平方公里，这片区域的火山活动可以追溯到16万年以前。这里到处都是倒塌的火山口，冷却或沸腾的泥浆，喷泉和火山喷气孔。最著名的是LadyKnoxGeyser间歇泉，喷出的水柱高20-30米，每天上午10点过在旁边的高速路上都能看到。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐或打包早餐     午餐：X     晚餐：自助晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">悉尼当地4钻酒店或公寓酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：红酒牛扒餐     晚餐：海参鹿肉餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">罗托鲁瓦当地4钻酒店或公寓酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                悉尼——蓝山——悉尼
-[...11 lines deleted...]
-                鲁拉小镇—它的美丽绝不输给欧洲的童话小镇。尤其适合秋赏红叶，春赏樱。附近有很多咖啡屋，熙熙攘攘的非常热闹。
+                罗托鲁瓦—奥克兰
+                <w:br/>
+                早餐后前往游览红木森林，游览完毕后前往奥克兰，抵达后游览伊甸山公园、密逊湾，晚餐后入住酒店休息。
+                <w:br/>
+                今日亮点
+                <w:br/>
+                爱歌顿农庄——亲密接触与喂食动物、奇异果园、亲身体验牧场生活，爱歌顿农庄揽胜。
+                <w:br/>
+                爱歌顿农庄面积为350英亩(即135公顷)，是新西兰面积超大的观光牧场。在这您将有机会见到19种不同品种的羊，小绵羊被主人抓住后蜷成一团，呆若木鸡的样子绝对会把你逗乐。乘坐特制的大型拖拉机，欣赏满目的农场风光，亲手喂梅花鹿、乳牛、驼鸟、驼羊……亲身体验真正的牧场生活，参与内容丰富的户外活动。皇家牧场游园下车后，大家继续来到Agrowool 羊毛展示中心参观，欣赏一下这些可爱动物的毛剪下来之后当地人是做成什么特色用品的。
+                <w:br/>
+                红树森林
+                <w:br/>
+                这里因林中生长着高耸的美国加利福尼亚海岸的红木树而得其名。整个红树林就是一个巨大的天然氧吧，有着清新纯洁的空气。美丽的红木森林是新西兰人最壮观的大自然财富之一。
+                <w:br/>
+                伊甸山公园
+                <w:br/>
+                伊甸山是一座死火山，形成于2-3万年以前，高196米，是奥克兰陆地火山带中最高的火山，是奥克兰最重要的象征之一。密逊湾又称“使命湾”，因港湾里的美拉尼西亚使命楼而得名，是奥克兰人喜爱的海滩之一。密逊湾的北边是泛着微光的怀特玛塔港，东边是伊托托岛，风光旖旎的密逊湾是奥克兰人的海滩度假胜地。使命楼，建于1859年，用使命湾对岸朗伊托托岛的火山石建造而成。建于20世纪50年代的使命湾喷泉，很富艺术感。而那座为纪念新西兰*位工党总理迈克尔·约瑟·萨维奇而建的工党纪念碑，则为使命湾风景平添了一抹政治的色彩。在使命湾，你既能饱览奥克兰港湾全景，还能远眺对面650 年前后一次爆发的火山岛朗伊托托岛。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：园内澳式汉堡薯条餐     晚餐：自助晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">悉尼当地4钻酒店或公寓酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐或打包早餐     午餐：团体午餐     晚餐：团体晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">奥克兰当地4钻酒店或公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                悉尼飞墨尔本
-[...7 lines deleted...]
-                地，RunningMan曾在此取景。晚餐后入住酒店休息。
+                奥克兰飞皇后镇
+                <w:br/>
+                酒店早餐后乘内陆航班飞往皇后镇，抵达后前往游览箭镇、卡瓦劳大桥，晚餐后入住酒店休息。
+                <w:br/>
+                今日亮点
+                <w:br/>
+                箭镇
+                <w:br/>
+                这是一处因19世纪淘金热而繁荣的小镇，在“魔戒三部曲”第一集中的逃亡片段就在这里拍摄；这一座近150年的古镇，周边一个洋溢着优雅维多利亚风情的古典小镇，这里有许多整修过的淘金时代建筑，值得您细细品味，也让您会有很多的发现，一间间各有特色的商店都各有其味道，刻意保留下来的古早矿工木屋，周边的山峰都布满了积雪，远处还有无尽的松树林！冬天的新西兰真的很美，不要错过！
+                <w:br/>
+                卡瓦劳大桥
+                <w:br/>
+                世界蹦极发源地是皇后镇户外探险最具代表性的活动地点。卡瓦劳大桥这里是世界上风景最优美的蹦极地，即使没有胆量跳一下观看勇士们在青山绿水间纵身一跃也是非常震撼的。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团体午餐     晚餐：袋鼠肉餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">墨尔本当地4钻酒店或公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：牛羊火锅放题   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">皇后镇当地4钻酒店或公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大洋路一天游
-[...5 lines deleted...]
-                十二门徒石——大洋路沿途奇岩错落、峭壁矗立，其中以十二门徒石最为著名。这些石块造型奇特，姿态各异，予人一股神圣的庄严肃穆感，像是上帝的十二位使徒回程走内线，沿路欣赏森林风光无限——起始于洛恩后面的山谷内，拥有丰富多样的森林资源，并有众多美丽的小溪和瀑布散落在其间，从雨林、河流到古老火山和崎岖的海岸线，大洋路充分展示了大自然的多样性。瀑布在山谷间奔腾而下，蕨类、青苔等植物覆盖着整个山间树木，在森林公园中呼吸每一道新鲜的空气。
+                皇后镇及周边小镇一天游
+                <w:br/>
+                酒店早餐后开展皇后镇及周边小镇旅游，前往水果小镇克伦威尔，格林诺奇欣赏南岛的经典美景。
+                <w:br/>
+                皇后镇被南阿尔卑斯山脉环绕，瓦卡蒂普湖清澈湛蓝，湖面波光粼粼。沿湖漫步可欣赏雪山倒映的湖景，夏季湖面平静如镜，冬季湖畔冰晶闪耀。是新西兰南岛的著名旅游胜地，以湖光山色和极限运动著称，兼具自然风光与冒险体验。
+                <w:br/>
+                【今天亮点】
+                <w:br/>
+                格林诺奇小镇
+                <w:br/>
+                驱车前往格林诺奇（GLENORCHY）,探索阿斯派灵山（MTASPIRINGNATIONALPARK）国家公园“世界遗产”地区的壮观美景。位于瓦卡蒂湖西端，皇后镇到小镇一路沿着瓦卡提普湖前行，湖在公路左边，一边是高山一边是湖水，被誉为全球10大最美自驾路线之一，公路沿瓦卡蒂普湖边蜿蜒而行，周围的群山从湖岸拔地而起，构成壮观的风景线。到达格林诺奇后，你会很快发现这个城市与皇后镇有很多相似之处。城市规模小，布局简单，看不到任何时尚的商店，小镇背靠天然的山毛榉树林和高耸入云积雪覆盖的高山，这个地区的名称就是得益于其美丽的风景。
+                <w:br/>
+                克伦威尔小镇
+                <w:br/>
+                克伦威尔小镇依山傍水，较为平坦的土地上有各种果园，春天百花绽放，色彩缤纷，秋季果实飘香，空中溢满清甜景色更加优美迷人。克伦威尔小镇也是电影《魔戒》取景地之一。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团体晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">墨尔本当地4钻酒店或公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：网红大汉堡     晚餐：团体晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">皇后镇当地4钻酒店或公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨尔本飞皇后镇
-[...7 lines deleted...]
-                卡瓦劳大桥——世界蹦极发源地是皇后镇户外探险最具代表性的活动地点。卡瓦劳大桥这里是世界上风景最优美的蹦极地，即使没有胆量跳一下，观看勇士们在青山绿水间纵身一跃也是非常震撼的。
+                皇后镇—瓦纳卡—库克山
+                <w:br/>
+                早餐后乘车前往瓦纳卡湖，欣赏孤独树，途经牛奶湖——普卡基湖，远眺南半岛最高山峰库克山，在库克山步道健行。前往蒂卡波湖，参观牧羊人教堂。
+                <w:br/>
+                【今天亮点】
+                <w:br/>
+                瓦纳卡湖
+                <w:br/>
+                如明镜般平静的瓦纳卡湖倒映出新西兰纯净的蓝天和长白云。湖中有一棵造型奇特的柳树吸引了众多摄影爱好者。
+                <w:br/>
+                湖中心孤零零的一棵孤独树【WanakaThatTree】，非常有名，也是新西兰的标志打卡点。
+                <w:br/>
+                普卡基湖
+                <w:br/>
+                (LakePukaki)是呈长条状，是冰川堰塞湖，由于湖中含有大量的超细矿物颗粒，它们悬浮在湖水中反射出奶蓝色的光芒。驾驶时候湖会一直在右手边，风景极佳。湖水湛蓝，仿佛牛奶倾泻入蓝色的湖中般。沿路观赏到的湖景，美不胜收，令人流连忘返！库克山国家公园
+                <w:br/>
+                (AorakiMountCookNationalPark)拥有新西兰最高的山脉和最长的冰川。这里是星光照耀下由险峻山峰、庞大冰川和永久性雪场构成的纯净高山世界。库克山是南半球最高峰。海拔3754米。是毛利人心中的神山，有不可侵犯的地位。
+                <w:br/>
+                蒂卡波湖
+                <w:br/>
+                坐落于新西兰南岛的著名旅游城市基督城与皇后镇之间，位于库克山盆地与Mackenzie的心脏地带，其西北方就是库克山国家公园。蒂卡波湖和该区其它湖泊的湖水呈深邃的宝石绿色，独特而精美，这种瑰丽的色彩源于湖中精细的悬浮冰川岩石颗粒。
+                <w:br/>
+                牧羊人教堂
+                <w:br/>
+                这座漂亮的石教堂位于新西兰的特卡波湖岸边，于1935年建造，其独特的哥特式木石结构建筑在新西兰独一无二，加上这里美丽辽阔的山水风景，从教堂圣坛的窗口望去，还可以看到南阿尔卑斯山最壮观的景色，吸引了许多新人选择在这里办婚礼。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：牛羊火锅放题   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">皇后镇当地4钻酒店或公寓酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团体晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">库克山地区周边小镇当地酒店或公寓酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                皇后镇及周边小镇一天游
-[...1 lines deleted...]
-                酒店早餐后开展皇后镇及周边小镇旅游，前往水果小镇克伦威尔、箭镇、卡瓦劳大桥观看蹦极，格林诺奇欣赏南岛的经典美景。皇后镇被南阿尔卑斯山脉环绕，瓦卡蒂普湖清澈湛蓝，湖面波光粼粼。沿湖漫步可欣赏雪山倒映的湖景，夏季湖面平静如镜，冬季湖畔冰晶闪耀。是新西兰南岛的著名旅游胜地，以湖光山色和极限运动著称，兼具自然风光与冒险体验。
+                库克山—蒂卡波—基督城
+                <w:br/>
+                早餐后乘车前往阿卡罗阿，早餐后前往阿卡罗阿位于班克斯半岛，这里是最初法国人定居的地方，至今不论是建筑物、街道名称与咖啡馆均有浓厚的法国风格。这里是一个隐蔽的港湾，一个被淹没的死火山的火山口，周围是令人惊叹的火山崖，也是世界上唯一一处可以与新西兰顽皮的赫氏海豚近距离接触的地方。午餐品尝西式的简餐，晚餐于中餐厅安排【战利品：海鲜大餐】。游览基督城，基督城位于新西兰南岛东部的坎特伯雷平原，因此城市风貌充满维多利亚时代的英式典雅风格，被誉为“英国之外最具英伦风情的城市”。基督城拥有800多座公园和私人花园，包城市绿化覆盖率极高。
                 <w:br/>
                 【今天亮点】
                 <w:br/>
-                格林诺奇小镇——驱车前往格林诺奇（GLENORCHY）,探索阿斯派灵山（MTASPIRINGNATIONALPARK）国家公园“世界遗产”地区的壮观美景。位于瓦卡蒂湖西端，皇后镇到小镇一路沿着瓦卡提普湖前行，湖在公路左边，一边是高山一边是湖水，被誉为全球10大最美自驾路线之一，公路沿瓦卡蒂普湖边蜿蜒而行，周围的群山从湖岸拔地而起，构成壮观的风景线。到达格林诺奇后，你会很快发现这个城市与皇后镇有很多相似之处。城市规模小，布局简单，看不到任何时尚的商店，小镇背靠天然的山毛榉树林和高耸入云积雪覆盖的高山，这个地区的名称就是得益于其美丽的风景。
-[...1 lines deleted...]
-                克伦威尔小镇——克伦威尔是新西兰南岛中奥塔哥区的小镇，位于卡瓦拉河与克鲁萨河交汇处，该镇始建于1862年淘金热时期，现以水果种植业著称，盛产樱桃、杏、桃等高糖度水果，是当地著名的水果小镇。在这里可以自行品尝各种应季的美味新西兰水果。
+                基督城植物园
+                <w:br/>
+                基督城植物园仅仅是基督城800多座公园之一，但这里是这个城市花园精华所在。这个有着150多年历史和1万多种花草树木的公园，晨间的光影非常柔和，不同的树木叶子呈现不同的红色和黄色，踩在落叶上仿佛踩在一张景色的地毯，风情万种。
+                <w:br/>
+                蒙娜维尔花园
+                <w:br/>
+                蒙娜维尔花园属典型的传统维多利亚式庄园，美丽的雅芳河（Avonriver，也有译为艾芬河）纵贯其间，小溪、别墅、草坪、花园和树林，清雅秀丽，小桥流水，芳草如茵，绿柳垂荫，宛若置身英国剑桥的浪漫气氛，俨然理想的童话世界。
+                <w:br/>
+                体验阿卡罗阿豪捉龙虾鲍鱼
+                <w:br/>
+                游船一尝亲手豪抓龙虾的惊喜，潜水人员潜入水中捕捞鲍鱼，感受满载而归的喜悦。如果运气好，你还可以遇见海豚、海鸟和海豹（仅在阿卡罗瓦能看到的世界上最小的海豚—新西兰赫氏海豚），这是相当难得和超值的体验，带着满载而归的战利品返回基督城。晚餐享用——豪华海鲜大餐。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：网红大汉堡     晚餐：团体晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">皇后镇当地4钻酒店或公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：泰式简餐     晚餐：豪华海鲜大餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">基督城当地4钻酒店或公寓酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                皇后镇-蒂卡波/库克山
-[...13 lines deleted...]
-                牧羊人教堂——这座漂亮的石教堂位于新西兰的特卡波湖岸边，于1935年建造，其独特的哥特式木石结构建筑在新西兰独一无二，加上这里美丽辽阔的山水风景，从教堂圣坛的窗口望去，还可以看到南阿尔卑斯山最壮观的景色，吸引了许多新人选择在这里办婚礼。
+                基督城飞凯恩斯
+                <w:br/>
+                早上乘内陆机飞往著名的旅游城市——凯恩斯，航机抵达后乘车前往古老的热带雨林公园游览，游玩完毕后返回凯恩斯晚餐，餐后入住酒店休息。
+                <w:br/>
+                今日亮点
+                <w:br/>
+                热带雨林公园
+                <w:br/>
+                这里有目前地球上最古老的热带雨林动植物生态保护区，仍然存活着许多在其它大陆已经绝种的珍奇的动植物。这里就象一部地球的生态进化史，在您面前展开。
+                <w:br/>
+                水路两用车穿越探险
+                <w:br/>
+                搭乘二战美军使用的水陆两用车深入雨林深处，体验独特雨林生态，近距离接触珍稀动植物。
+                <w:br/>
+                野生动物园
+                <w:br/>
+                在此可以看到澳洲本土特色动物，考拉、袋鼠、鳄鱼等，也可以自费和考拉合照。
+                <w:br/>
+                凯恩斯夜市
+                <w:br/>
+                凯恩斯夜市位于澳大利亚凯恩斯市中心的滨海大道，这个夜市每天下午开放到晚上11点，是一个非常热闹的地方。夜市里有各种各样的摊位，贩卖当地的旅游纪念品、手工艺品、珊瑚礁石摆件等。此外，夜市还有许多小吃摊位，提供各种美食，包括海鲜、烧烤、亚洲美食等。你可以在这里品尝到当地特色的美食，感受凯恩斯的独特风情。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团体晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">蒂卡波小镇酒店有限，如爆满会安排库克山地区周边小镇当地酒店或公寓酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：雨林BBQ餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">凯恩斯当地4钻酒店或公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                库克山地区-基督城
-[...17 lines deleted...]
-                蒙娜维尔花园属典型的传统维多利亚式庄园，美丽的雅芳河（Avonriver，也有译为艾芬河）纵贯其间，小溪、别墅、草坪、花园和树林，清雅秀丽，小桥流水，芳草如茵，绿柳垂荫，宛若置身英国剑桥的浪漫气氛，俨然理想的童话世界。
+                绿堡大堡碓礁一天游
+                <w:br/>
+                酒店早餐后前往码头乘游船前往绿岛大堡礁，抵达后安排乘坐玻璃底船观看热带鱼、珊瑚礁等海底奇景，您可以在海边畅游，也可以闲逛绿树成荫的小路。傍晚返回市区晚餐后入住酒店休息。
+                <w:br/>
+                今日亮点
+                <w:br/>
+                绿岛
+                <w:br/>
+                这是一个白沙环绕的美丽珊瑚岛，坐落在世界七大奇观的大堡礁海洋公园中，形成至今已有六千年历史，是大自然的宝贵遗产抵达绿岛后开始精彩的自由活动：可免费乘玻璃底船观赏海底五光十色的珊瑚礁，艳丽的鱼群令人眼界大开，或者您可漫步沙滩及自由畅游于宁静清澈的碧波中。
+                <w:br/>
+                大堡礁
+                <w:br/>
+                延绵昆士兰省沿岸超过2000公里，由约2,900座个别的珊瑚礁组成，包括760座岸礁，是在地球上最大型生物“建筑群”。超过1,500种色彩斑斓的鱼类和超过400种珊瑚竞相争辉。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：炸鱼薯条餐     晚餐：龙虾鲍鱼海鲜大餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">基督城当地4钻酒店或公寓酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：船上自助餐     晚餐：团体晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">凯恩斯当地4钻酒店或公寓酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                基督城飞奥克兰-罗托鲁瓦
-[...1 lines deleted...]
-                乘机前往新西兰的北岛奥克兰，这是一个汇聚了美食、音乐、艺术和文化的多元化城市。在这里你既可以欣赏波光粼粼的海景、郁郁葱葱的自然景观，又可以享受热闹非凡的城市生活。乘车前往地热名城—罗托鲁瓦，在这里还可以和新西兰当地著名的动物羊驼亲密接触。晚餐后入住酒店休息。
+                凯恩斯飞布里斯班
+                <w:br/>
+                早餐后乘机飞往阳光之城布里斯班，抵达后市区景观：南岸公园，袋鼠角，布里斯本市政厅，晚餐后前往酒店入住休息。
                 <w:br/>
                 今日亮点
                 <w:br/>
-                爱歌顿农庄——亲密接触与喂食动物、奇异果园、亲身体验牧场生活，爱歌顿农庄揽胜。
-[...9 lines deleted...]
-                罗托鲁瓦湖是市区最著名的景点。是罗托鲁瓦的13个湖泊中面积最大的，此湖是由火山喷发引致凹陷而成，湖上风光很优美，湖水碧绿清澈，湖里有成群的鳟鱼。
+                南岸公园
+                <w:br/>
+                位于布里斯本河南岸，是一个带状的亲水公园，沿河而建，由维多利亚桥等与布里斯本北部城区相连。这里是享受布里斯本亚热带气候的最佳去处。
+                <w:br/>
+                布里斯本市政厅
+                <w:br/>
+                新古典风格的市政厅于1930年落成，布里斯本市议会所在地。是一座具有意大利典型新古典主义派风格的棱柱型塔式建筑，深具南欧风情。
+                <w:br/>
+                袋鼠角
+                <w:br/>
+                袋鼠角是个观看整个布里斯本城市风光和河流风光的观光点。想要一览布里斯本的地平线，这里是绝佳角度，由于布里斯本河流经这儿时正好是个U字形，整片城市风貌以超广角呈现，相当壮观。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团体午餐     晚餐：海参鹿肉餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">罗托鲁瓦当地4钻酒店或公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：澳式鱼排餐     晚餐：特色龙虾餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">黄金海岸当地4钻酒店或公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                罗托鲁瓦-奥克兰
-[...21 lines deleted...]
-                又称“使命湾”，因港湾里的美拉尼西亚使命楼而得名，是奥克兰人喜爱的海滩之一。密逊湾的北边是泛着微光的怀特玛塔港，东边是伊托托岛，风光旖旎的密逊湾是奥克兰人的海滩度假胜地。使命楼，建于1859年，用使命湾对岸朗伊托托岛的火山石建造而成。建于20世纪50年代的使命湾喷泉，很富艺术感。而那座为纪念新西兰*位工党总理迈克尔·约瑟·萨维奇而建的工党纪念碑，则为使命湾风景平添了一抹政治的色彩。在使命湾，你既能饱览奥克兰港湾全景，还能远眺对面650年前后一次爆发的火山岛朗伊托托岛。
+                布里斯班飞广州
+                <w:br/>
+                早餐后市区游览波丽台公园、冲浪者天堂、喂塘鹅表演，晚上乘机返广州。
+                <w:br/>
+                【今日亮点】
+                <w:br/>
+                波丽台公园
+                <w:br/>
+                因其一流的冲浪条件享誉世界。来自远方海域的高质量风浪以及这里特有的波丽管型海浪吸引了众多来自世界各地的职业选手。除了浪尖上的紧张刺激，这里到处流露着休闲的沙滩气氛，露天餐馆酒吧遍布。在一望无际的海滩，远眺着冲浪者天堂林立的高楼，在这里的每一秒都散发着轻松的魅力。
+                <w:br/>
+                冲浪者天堂
+                <w:br/>
+                前往风景怡人的黄金海岸中心地带的天堂海滩，感受异国海滩浪漫气氛及感受澳洲独特的海滩文化。
+                <w:br/>
+                喂塘鹅表演（表演时间13:30-14:30）
+                <w:br/>
+                黄金海岸阳光明媚，空气清新，拥有优质柔软的沙滩，清澈碧蓝的海水和旖旎的海湾，您可在此享受澳洲浪漫的海岸风光。可在此观看到最受欢迎的节目-塘鹅喂饲，每天下午13：30左右定时有专人喂养塘鹅，这时会有大批的塘鹅聚集在岸边，自然成趣,，是摄影的绝佳好时机。备注：此为免费景点，如因天气原因或其他活动取消参观，不做任何退费。
+                <w:br/>
+                晚餐后乘国际航班返广州。沿途可享受到航机服务人员的殷勤服务及丰富膳食航程约12小时，由于冬夏令时时差不同，航班时间可能略有变化，请以出团前通知为准！
+                <w:br/>
+                温馨提示：（1）夏令时下，新西兰时间比北京时间快5小时
+                <w:br/>
+                （2）航班全程禁烟，如有需要可自备拖鞋及充气枕上飞机。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：山顶红酒牛排餐     晚餐：团体晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">奥克兰当地4钻或同级酒店公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：西式简餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                奥克兰飞香港 参考航班：CX188/0815-1435
-[...9 lines deleted...]
-                （2）航班全程禁烟，如有需要可自备拖鞋及充气枕上飞机。
+                广州
+                <w:br/>
+                晨早抵达广州白云机场，结束愉快的澳新联游14天之旅！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店或打包早餐     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1951,50 +1983,117 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">本产品供应商为：广州市康辉国际旅行社有限公司，许可证号：L-GD-CJ00026。此团 10人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州市康辉国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州市康辉国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">签证信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、凡参加我司澳洲或澳纽团队且需要我司办理签证的客人，出团前必须缴付担保金，其金额至少每人人民币伍万元及以上。
+                <w:br/>
+                2、关于护照
+                <w:br/>
+                ⑴.参团客人必须提供合法有效的护照（已污损、注销或挂失的护照无效），如客人因提交无效护照而导致最终无法出境，一切责任和损失由客人自行承担；
+                <w:br/>
+                ⑵.护照有效期（以团队回程抵达出发地日期计算）：护照有效期需为半年或以上。
+                <w:br/>
+                3、 关于签证
+                <w:br/>
+                1）客人如委托我司代办新西兰旅游所需团队签证的，应如实准确地填写《新西兰团队旅游ADS签证资料表》，并按《新西兰团队ADS签证办证指引》的要求提供真实有效的签证资料。如有任何国家的拒签记录，保证如实反映；如因隐瞒而被拒签，责任由客人自负。
+                <w:br/>
+                2）为提高客人签证资料的符合性，客人同意我司可以按新西兰驻华使领馆的要求对客人的送签资料进行必要的审查。如发现送签资料无法符合使领馆的要求，客人自愿撤回签证申请。资料符合者我司按照中新签署的双边ADS旅游协议为客人送办签证。客人对此表示同意。
+                <w:br/>
+                3）持中国护照并自备签证参团的客人，其本人要对护照及签证的有效性负责，若客人因自备的签证出现问题导致不能按时成行的，视为客人单方解除合同，若导致行程中止的，所交团费扣除必要的费用后，剩余部分退回给客人，客人对此表示同意。
+                <w:br/>
+                4）外籍护照申请签证说明：
+                <w:br/>
+                部分国家可以免签证入境新西兰，详情需要符合免签条件由客人根据该国使领馆提供的信息予以确认，并按照相关指引自行负责出入境手续的办理。
+                <w:br/>
+                5）使领馆要求
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -2034,51 +2133,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>