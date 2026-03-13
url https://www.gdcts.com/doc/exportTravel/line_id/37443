--- v0 (2025-12-26)
+++ v1 (2026-03-13)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【春节•新西兰】新享事成新西兰南北岛探秘星穹12天捕龙虾鲍鱼+璀璨银河+游船体验塔斯曼万年冰川+探秘萤火虫洞行程单</w:t>
+        <w:t xml:space="preserve">【3-6月】新西兰南北岛12天漫天星辰不及你捉龙鲍鱼+游船塔斯曼冰川+天际缆车行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州飞基督城 参考航班：CZ617/0050-1720
-[...1 lines deleted...]
-                奥克兰飞广州 参考航班：CZ306/2210-0500+1
+                广州飞奥克兰 参考航班：CZ305/0035-1535
+                <w:br/>
+                奥克兰飞广州 参考航班：CZ306/2125-0525+1
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -573,57 +573,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                各地飞广州
-[...5 lines deleted...]
-                （2）航班全程禁烟，如有需要可自备拖鞋及充气枕上飞机。
+                广州
+                <w:br/>
+                指定时间在广州白云机场集中（具体时间、地点待定）去办理登机手续。温馨提示：航班全程禁烟；如有需要可自备拖鞋上飞机,可自备充气枕。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -653,354 +649,358 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州飞基督城 参考航班：CZ617/0050-1720
-[...1 lines deleted...]
-                乘坐国际豪华客机飞往新西兰南岛最大的花园城市—基督城，沿途可享受到航机服务人员的殷勤服务及丰富膳食。抵达后市区游，晚餐后入住酒店休息。
+                广州飞奥克兰    奥克兰飞基督城
+                <w:br/>
+                乘坐国际豪华客机飞往新西兰奥克兰随后转机飞往南岛最大的花园城市—基督城，沿途可享受到航机服务人员的殷勤服务及丰富膳食。抵达后享用晚餐，餐后入住酒店休息。
                 <w:br/>
                 基督城（Christchurch）坐落于新西兰南岛东岸，是新西兰的第三大城市，同时也是进入南极的必经之路，素有“南极门户”之称。它拥有纯净优美的自然风光，清澈的雅芳河从市中心蜿蜒流过，两岸的住宅建筑规划整齐，城市内遍布花园绿地，宛如一座清新的“花园城市”。
                 <w:br/>
-                #今日亮点#
-[...12 lines deleted...]
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：除夕团圆晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">基督城当地4星酒店或同级公寓</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">基督城当地4钻酒店或同级公寓酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                基督城→阿卡罗阿→基督城
-[...3 lines deleted...]
-                阿卡罗阿——坐落在班克斯半岛的心脏地带，阿卡罗阿是新西兰南岛坎特伯雷地区的一个迷人小镇。以其丰富的历史、令人惊叹的风景和独特的法国和毛利文化融合而闻名，阿卡罗阿为寻求冒险和放松的旅行者提供了一个迷人的度假胜地。
+                基督城→蒂卡波（约3.5小时）→库克山（约1小时）→Omarama(约1.5小时）
+                <w:br/>
+                今日将依次游览蒂卡波湖、牧羊人教堂、普卡基湖，最后乘坐冰川船或直升机探索塔斯曼冰川，领略新西兰南岛的自然奇观。
                 <w:br/>
                 #今日亮点#
                 <w:br/>
-                景点：阿卡罗阿”峡湾渔猎“豪捉龙虾&amp;鲍鱼
-[...1 lines deleted...]
-                出海一尝亲手豪抓龙虾的惊喜，潜水人员潜入水中捕捞鲍鱼，感受满载而归的喜悦。如果运气好，你还可以遇见海豚、海鸟和海豹（仅在阿卡罗瓦能看到的世界上最小的海豚—新西兰赫氏海豚），这是相当难得和超值的体验带着满载而归的战利品返回基督城。晚餐享用——豪华海鲜大餐。
+                景点：蒂卡波湖（LakeTekapo）
+                <w:br/>
+                位于麦肯奇盆地，小镇的北面是碧绿的湖水，湖对岸就是雄伟的南阿尔卑斯山。岩石粉顺着山上的冰河流入湖内，悬浮在湖中，使蒂卡普湖呈现出浓郁的碧绿色。
+                <w:br/>
+                景点：牧羊人教堂
+                <w:br/>
+                这座漂亮的石教堂位于新西兰的特卡波湖岸边，于1935年建造，其独特的哥特式木石结构建筑在新西兰独一无二，加上这里美丽辽阔的山水风景，从教堂圣坛的窗口望去，还可以看到南阿尔卑斯山最壮观的景色，吸引了许多新人选择在这里办婚礼。
+                <w:br/>
+                景点：普卡基湖
+                <w:br/>
+                座落于坎特伯雷区崇山峻岭之间，是麦肯奇盆地北部自北向南流向的较大湖泊，由于冰川作用而形成，属于冰碛堰塞湖，因与众不同的蓝色而知名，素有“蓝色牛奶湖”之美誉，深受游客喜爱。
+                <w:br/>
+                景点：冰川船游塔斯曼冰川
+                <w:br/>
+                全球第二大温带冰川塔斯曼冰川（TasmanGlacier）位于新西兰南岛的库克山国家公园内是新西兰最大的冰川，位于库克山的东边，全长29公里，宽3.2公里。慢慢的冰川融化开始行成了塔斯曼湖（俗称冰堰湖），从上世纪
+                <w:br/>
+                90年代开始这个湖开始显著增大，并成为南岛很多湖泊的发源地。。您可以乘小船探索塔斯曼冰川。在冰河向导的带领下，船游冰河，除了能一次看到多座冰山，还能欣赏、聆听冰河融化掉入湖中的奇景及澎湃的声音，掬一口来自500年前的清凉冰水，体验大自然的奇妙。最震撼的是撞见从冰川末端往下坠落的大冰块。（如因天气或其它原因无法正常游览，退费500元/人，也可补交800元/人乘坐直升机）
+                <w:br/>
+                暗夜星空保护区
+                <w:br/>
+                库克山暗夜星空保护区，官方名称为奥拉基麦肯奇国际黑暗天空保护区，是南半球规模最大、全球首个获得最高“黄金级”认证的暗夜保护区。这片占地超过4300平方公里的土地，将新西兰最高峰奥拉基/库克山的雄浑雪峰、塔斯曼冰川的千年幽蓝与无与伦比的纯净夜空融为一体，成就了世界顶级的观星圣地。
+                <w:br/>
+                保护区的核心魅力在于其极致的黑暗。得益于社区自1980年代起实施的严格灯光管制，这里几乎没有光污染，使得夜空清澈得不可思议。当夜幕降临，您将目睹银河壮阔地横跨天际，甚至无需借助专业设备，仅凭肉眼就能清晰看到南十字星、神秘的麦哲伦星云以及数以千计闪烁的星辰。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：西式简餐     晚餐：中式海鲜大餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">基督城当地4星酒店或同级公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团体午餐     晚餐：团体晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">库克山或周边小镇酒店或公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                基督城→蒂卡波→库克山
-[...1 lines deleted...]
-                早餐后前往游览蒂卡波湖，牧羊人教堂。晚上入住黑暗天空保护区，可观赏漫天星河，这里属于国际黑暗星空保护区，夜空清澈、星星璀璨。在晴朗的夜晚，抬头仰望满天繁星，仿佛能触摸到宇宙的奥秘。
+                Omarama→瓦纳卡→皇后镇
+                <w:br/>
+                酒店早餐后前往皇后镇，途中游览瓦纳卡小镇，随后前往克伦威尔水果小镇。晚餐后入住皇后镇酒店。
                 <w:br/>
                 #今日亮点#
                 <w:br/>
-                景点：蒂卡普湖（LakeTekapo）
-[...9 lines deleted...]
-                座落于坎特伯雷区崇山峻岭之间，是麦肯奇盆地北部自北向南流向的较大湖泊，由于冰川作用而形成，属于冰碛堰塞湖，因与众不同的蓝色而知名，素有“蓝色牛奶湖”之美誉，深受游客喜爱。
+                景点：瓦纳卡湖
+                <w:br/>
+                瓦纳卡湖恍如仙景、三面大山包围着一泊静怡的湖泊，看着瓦纳卡湖覆盖山顶的雪峰，湖边的一侧有一排高大的树林，绿油油的一片。精彩的莫过于这里的湖光山色，湖水晶莹剔透，湖面平静的像一块镜子，倒映着一棵棵青翠的大树、倒映着远处云雾缭绕的群山，真是人间仙境。
+                <w:br/>
+                景点：瓦纳卡孤独树
+                <w:br/>
+                它仿佛一位伫立水边的老者，已过不惑之年，腰身渐渐下垂弯向水中央。不管天上是晴空万里，还是晚霞落下，不管雪山旁是万木枯黄，还是绿树常青，孤独的树总是弯着腰，看起来那么苍老。
+                <w:br/>
+                景点：克伦威尔小镇：
+                <w:br/>
+                克伦威尔小镇依山傍水，较为平坦的土地上有各种果园，春天百花绽放，色彩缤纷，秋季果实飘香，空中溢满清甜景色更加优美迷人。克伦威尔小镇也是电影《魔戒》取景地之一。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：景观餐厅西式简餐     晚餐：团体晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">库克山周边小镇DistinctionHeritageGatewayHotelOmarama或同级酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：牛羊火锅放题   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">皇后镇当地4钻酒店或同级公寓酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                蒂卡波-库克山-皇后镇
-[...17 lines deleted...]
-                克伦威尔小镇依山傍水，较为平坦的土地上有各种果园，春天百花绽放，色彩缤纷，秋季果实飘香，空中溢满清甜景色更加优美迷人。克伦威尔小镇也是电影《魔戒》取景地之一。
+                皇后镇
+                <w:br/>
+                早餐后前往世界蹦极发源地-卡瓦劳大桥，魔戒小镇-格林诺奇，随后乘坐天空缆车至皇后镇的鲍勃峰并享用自助午餐。
+                <w:br/>
+                #今日亮点#
+                <w:br/>
+                皇后镇天际缆车——天空缆车坐落在皇后镇的鲍勃峰（Bobt'sPeak）山顶，这里是俯瞰皇后镇市区，瓦卡蒂普湖和远处高山的地点。从市区步行10分钟左右就可以到达缆车搭乘点，搭乘南半球的缆车上到山顶。二楼的观光走廊可以270度俯瞰小镇全景，日落时候的风景更让人沉醉。天空缆车是一个综合性很强的景点。
+                <w:br/>
+                景点：箭镇
+                <w:br/>
+                这是一处因19世纪淘金热而繁荣的小镇，在“魔戒三部曲”第一集中的逃亡片段就在这里拍摄；这一座近150年的古镇，周边一个洋溢着优雅维多利亚风情的古典小镇，这里有许多整修过的淘金时代建筑，值得您细细品味，也让您会有很多的发现，一间间各有特色的商店都各有其味道，刻意保留下来的古早矿工木屋，春天的箭镇色彩绚丽，如清秀佳丽般清秀动人。
+                <w:br/>
+                景点：卡瓦劳大桥蹦极
+                <w:br/>
+                世界蹦极发源地是皇后镇户外探险代表性的活动地点。这里是世界上风景美的蹦极地，即使没有胆量跳一下，观看勇士们在青山绿水间纵身一跃也是非常震撼的。（可根据身体情况自费选择蹦极项目）
+                <w:br/>
+                景点：格林诺奇小镇
+                <w:br/>
+                是一个风景优美的小镇，最近的城镇为皇后镇（Queenstown）45公里，是一处非常受欢迎的徒步旅行者的停靠点，其附近就是艾斯派林国家公园（MountAspiringNationalPark）、峡湾国家公园（FiordlandNational Park）邻近格林诺奇小镇的达特河（DartRiver）和里斯河（ReesRiver）从这里流入瓦卡蒂普湖。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：西式简餐     晚餐：牛羊火锅放题   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：网红大汉堡     晚餐：团体晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">皇后镇当地4星酒店或同级公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1011,541 +1011,530 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                皇后镇
-[...1 lines deleted...]
-                早餐后皇后镇周边游。
+                皇后镇→奥马鲁→但尼丁（车程约75公里，约1.5小时）
+                <w:br/>
+                早餐后前往奥玛鲁——奥马鲁的白石城镇风光中有一些保护完善的新西兰历史建筑。在十九世纪晚期，奥马鲁因淘金、采石和木料加工而繁荣一时。有些财富被用于建造精美的石灰岩建筑。随后前往但你丁，但尼丁—以美丽的建筑遗产、令人惊叹的风景和独特的生物多样性引以为豪。四周群山环绕，山脚下悠长的海港风景如画，但尼丁是南半球维多利亚时代和爱德华时代风格建筑保存最好的城市之一。
                 <w:br/>
                 #今日亮点#
                 <w:br/>
-                景点：格林诺奇小镇
-[...11 lines deleted...]
-                世界蹦极发源地是皇后镇户外探险代表性的活动地点。这里是世界上风景美的蹦极地，即使没有胆量跳一下，观看勇士们在青山绿水间纵身一跃也是非常震撼的。（可根据身体情况自费选择蹦极项目）
+                景点：摩拉基大圆石
+                <w:br/>
+                据科学家的解释是这些大圆石是方解石凝结物，于六千五百万年前，电离子周围的碳酸钙晶体逐渐形成大圆石，其过程与珍珠的形成类似，但要经历四百万年之久。大圆石中的软泥岩在一千五百万年前出现在海底，海浪和
+                <w:br/>
+                风雨又将它们逐渐挖掘了出来。
+                <w:br/>
+                景点：奥塔哥大学
+                <w:br/>
+                成立于1869年的奥塔哥大学是新西兰最古老的学府。它的行政大楼被称为钟楼，是但尼丁的地标建筑。
+                <w:br/>
+                景点：但尼丁火车站
+                <w:br/>
+                用于1906年，车站是一座庞大的古建筑，它宏伟、壮观而富但尼丁丽堂皇的模样，广阔的马赛克镶嵌瓷砖地和
+                <w:br/>
+                娇艳的彩色玻璃窗，是无数游客必留倩影之建筑物。
+                <w:br/>
+                景点：世界最陡街
+                <w:br/>
+                全世界最陡的街道在这裡！纽西兰南岛但尼丁的鲍德温街被认为是全球最陡的街道，全长35米的道路中，最陡
+                <w:br/>
+                的路段大约1:2.86（19度或约35%），也就是每走2.86米，路面高度就上升1米，也因此名吉尼斯世界纪录全球
+                <w:br/>
+                最陡的街道）。
+                <w:br/>
+                景点：海狮湾
+                <w:br/>
+                在但尼丁与海狮的相遇，其魅力在于纯粹的野生环境和不确定性。你并非在动物园的围栏外，而是在它们真正的家园——辽阔的海滩、嶙峋的礁石和起伏的沙丘中，寻找它们的身影。这种“偶遇”的惊喜，是任何精心安排的表演都无法比拟的。自然的观察：你会看到海狮们最真实的生活状态：有的慵懒地摊在沙滩上晒太阳，有的在浪花间嬉戏，母海狮可能正在哺育幼崽。请务必牢记，这些是野生动物，观赏时必须保持安全距离（建议至少20米），不要打扰它们的自然行为，更不要试图喂食。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：皇后镇网红大汉堡     晚餐：中式团圆餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">皇后镇当地4星酒店或同级公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团体午餐     晚餐：台北小火锅   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">但尼丁当地4钻酒店或同级公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                皇后镇-奥马鲁-但尼丁
-[...3 lines deleted...]
-                但尼丁——以美丽的建筑遗产、令人惊叹的风景和独特的生物多样性引以为豪。四周群山环绕，山脚下悠长的海港风景如画，但尼丁是南半球维多利亚时代和爱德华时代风格建筑保存最好的城市之一。
+                但尼丁→阿卡罗阿（单程约5小时）→基督城（约1小时30分钟）
+                <w:br/>
+                早餐后前往法国小镇——阿卡罗阿，阿卡罗阿位于班克斯半岛，是最初法国人定居的地方，至今不论是建筑物、街道名称与咖啡馆均有浓厚的法国风格。这里是一个隐蔽的港湾，一个被淹没的死火山的火山口，周围是令人惊叹的火山崖，也是世界上唯一一处可以与新西兰顽皮的赫氏海豚近距离接触的地方。在这里你还有机会抚摸羊驼，与可爱迷人的羊驼亲密接触并拍照留念，身后便是风景如画的阿卡罗阿海湾。
+                <w:br/>
+                午餐于码头浅尝毛利地道的神茶和三文鱼餐毛利特色餐，晚餐于中餐厅安排【战利品：海鲜大餐】。
                 <w:br/>
                 #今日亮点#
                 <w:br/>
-                景点：摩拉基大圆石
-[...21 lines deleted...]
-                全世界最陡的街道在这裡！纽西兰南岛但尼丁的鲍德温街被认为是全球最陡的街道，全长35米的道路中，最陡的路段大约1:2.86（19度或约35%），也就是每走2.86米，路面高度就上升1米，也因此名吉尼斯世界纪录全球最陡的街道）。
+                景点：体验阿卡罗阿峡湾豪捉龙虾&amp;鲍鱼
+                <w:br/>
+                出海一尝亲手豪抓龙虾的惊喜，潜水人员潜入水中捕捞鲍鱼，感受满载而归的喜悦。如果运气好，你还可以遇见海豚、海鸟和海豹（仅在阿卡罗瓦能看到的世界上最小的海豚—新西兰赫氏海豚），这是相当难得和超值的体验带着满载而归的战利品返回基督城。晚餐享用——豪华海鲜大餐。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：西式简餐     晚餐：台北小火锅   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">但尼丁当地4星酒店DunedinLeisureLodge或同级公寓或酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：泰式简餐     晚餐：中式豪华海鲜大餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">基督城当地4钻酒店或同级公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                但尼丁飞奥克兰 内陆段参考航班：JQ282/1150-1335
-[...3 lines deleted...]
-                奥克兰（Auckland）是新西兰北岛的最大城市，也是新西兰的商业和工业中心，同时还被称为“帆之都”。它以其多元文化、美丽的自然环境和充满活力的都市生活而闻名。
+                基督城飞奥克兰
+                <w:br/>
+                早餐后基督城市区游，随后前往乘坐国内段航班到奥克兰。抵达后奥克兰市区游。
+                <w:br/>
+                奥克兰——是一个汇聚了美食、音乐、艺术和文化的多元化城市。在这里，你既可以欣赏波光粼粼的海景、郁郁葱葱的自然景观，又可以享受热闹非凡的城市生活。抵达后市区游。晚餐后入住酒店。
                 <w:br/>
                 #今日亮点#
                 <w:br/>
+                景点：基督城植物园
+                <w:br/>
+                基督城植物园仅仅是基督城800多座公园之一，但这里是这个城市花园精华所在。这个有着150多年历史和1万多种花草树木的公园，晨间的光影非常柔和，不同的树木叶子呈现不同的红色和黄色，踩在落叶上仿佛踩在一张景色的地毯，风情万种。
+                <w:br/>
+                景点：海格利公园
+                <w:br/>
+                基督城第一大公园，里面有蜿蜒流淌的雅芳河、四季如春的基督城植物园和坎特伯雷博物馆。其中位于雅芳河畔的基督城植物园占地三十公顷，种有超过1万种本土和引进的植物
+                <w:br/>
+                景点：蒙娜维尔花园
+                <w:br/>
+                蒙娜维尔花园属典型的传统维多利亚式庄园，美丽的雅芳河（Avonriver，也有译为艾芬河）纵贯其间，小溪、别墅、草坪、花园和树林，清雅秀丽，小桥流水，芳草如茵，绿柳垂荫，宛若置身英国剑桥的浪漫气氛，俨然理想的童话世界。
+                <w:br/>
                 景点：伊甸山公园
                 <w:br/>
                 伊甸山是一座死火山，形成于2-3万年以前，高196米，是奥克兰陆地火山带中最高的火山，是奥克兰最重要的象征之一。
                 <w:br/>
                 景点：工党纪念碑
                 <w:br/>
                 建在一个山坡上，不但有绿色牧场的风光，还有蓝色的海洋、半岛的别墅，就连奥克兰的天空塔、海港大桥也能看得见，这里是地人拍婚纱照的首选地。
                 <w:br/>
-                景点：帆船码头
-[...1 lines deleted...]
-                在奥克兰，那座被誉为“千帆之都”的城市心脏地带，帆船码头静卧于怀特玛塔港的蓝色臂弯之中。这里不是停泊的终点，而是航行的起点。数以百计的洁白桅杆林立，如同城市竖琴的琴弦，在海风的拨弄下仿佛能奏出清脆的乐章。
+                景点：密逊湾
+                <w:br/>
+                又称“使命湾”，因港湾里的美拉尼西亚使命楼而得名，是奥克兰人喜爱的海滩之一。密逊湾的北边是泛着微光的怀特玛塔港，东边是伊托托岛，风光旖旎的密逊湾是奥克兰人的海滩度假胜地。使命楼，建于1859年，用使命湾对岸朗伊托托岛的火山石建造而成。建于20世纪50年代的使命湾喷泉，很富艺术感。而那座为纪念新西兰*位工党总理迈克尔·约瑟·萨维奇而建的工党纪念碑，则为使命湾风景平添了一抹政治的色彩。在使命湾，你既能饱览奥克兰港湾全景，还能远眺对面650年前后一次爆发的火山岛朗伊托托岛。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：中式团圆餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">奥克兰当地4星酒店或同级公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团体晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">奥克兰当地4钻酒店或同级公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                奥克兰-罗托鲁瓦
-[...9 lines deleted...]
-                坐落于新西兰北岛活力之都的怀特玛塔港畔，它并非一座与世隔绝的象牙塔，而是一张深深织入城市肌理的智慧网络。无论是标志性的钟楼与规整的哥特式回廊，还是现代感十足的玻璃幕墙教学楼，都共同构成了这座“长”在公园里的学术殿堂。
+                奥克兰→怀托摩萤火虫洞→罗托鲁瓦
+                <w:br/>
+                早餐后前往世界第九大奇迹-怀托摩萤火虫洞，随后前往地热名城——罗托鲁瓦，晚餐后入住酒店。
+                <w:br/>
                 <w:br/>
                 景点：怀托摩萤火虫洞
                 <w:br/>
                 千万年来地下溪流不断冲刷软质的石灰岩，最终造就了这些洞穴群。这里有从洞顶往下成长的钟乳石，有从洞底拔地而起的石笋，还有历经数百年由滴水形成的尖锥形的层状岩体。让萤火虫像星星一样挂在天上，是不少人儿时的梦想。在新西兰北岛一个小城，这种梦想竟能成真：成千上万的萤火虫在岩洞内熠熠生辉，灿若繁星，有人把这种自然奇观称为“世界第九大奇迹”。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团体午餐     晚餐：鱼羊鲜汤鹿   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">罗托鲁瓦当地4星酒店ArawaParkHotelRotorua或同级公寓或酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：BBQ自助午餐     晚餐：韩式牛肉汤锅   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">罗托鲁瓦当地4钻酒店或同级公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 罗托鲁瓦
                 <w:br/>
-                今日主题：罗托鲁瓦市区+爱歌顿农庄——亲密接触与喂食动物、游览奇异果园、亲身体验牧场生活。途经观赏地热。
-[...3 lines deleted...]
-                #今日亮点#
+                早餐后怀奥塔普地热公园+罗托鲁瓦市区游。
+                <w:br/>
+                景点：Wai-O-Tapu怀奥塔普地热公园
+                <w:br/>
+                地处陶波火山带的边缘，是陶波火山区内地热活动面积最广的区域，其占地约18平方公里，这片区域的火山活动可以追溯到16万年以前。这里到处都是倒塌的火山口，冷却或沸腾的泥浆，喷泉和火山喷气孔。最著名的是LadyKnoxGeyser间歇泉，喷出的水柱高20-30米，每天上午10点过在旁边的高速路上都能看到。
                 <w:br/>
                 景点：罗托鲁瓦政府花园
                 <w:br/>
                 罗托鲁瓦政府花园是一个宽大的花园广场，开阔、整洁、恬静、优雅。走进花园，首先呈现在眼前的是鲜花碧草和绿树映衬下的一幢桔黄色屋顶的精致的英国式建筑，是在英国占领后为毛利人建造的议会大楼。花园里绿草如茵，绿树成荫，开满了红色，紫色，白色，黄色的各种花朵，十分漂亮。一些颇有特点的小建筑物散布在广场的绿地和树丛中，别有韵味。
                 <w:br/>
+                景点：红树森林
+                <w:br/>
+                这里因林中生长着高耸的美国加利福尼亚海岸的红木树而得其名。整个红树林就是一个巨大的天然氧吧，有着清新纯洁的空气。美丽的红木森林是新西兰人最壮观的大自然财富之一。
+                <w:br/>
                 景点：罗托鲁瓦湖
                 <w:br/>
-                罗托鲁瓦湖宛如一位沉浸在热恋中的巨人，它拥有冰河时代塑造出的湛蓝湖面，辽阔而宁静，却怀揣着一颗滚烫的心。湖水之下，地热活动从未停歇，近岸处时常缭绕着一缕缕神奇的蒸汽，那是大地温柔的呼吸。
-[...3 lines deleted...]
-                爱歌顿农庄面积为350英亩(即135公顷)，是新西兰面积超大的观光牧场。在这您将有机会见到19种不同品种的羊，小绵羊被主人抓住后蜷成一团，呆若木鸡的样子绝对会把你逗乐。乘坐特制的大型拖拉机，欣赏满目的农场风光，亲手喂梅花鹿、乳牛、驼鸟、驼羊……亲身体验真正的牧场生活，参与内容丰富的户外活动。
+                罗托鲁瓦湖（LakeRotorua）下方即其周围的地热活动一直持续不断。地热蒸汽不断在湖边萦绕，湖水中硫磺的含量很高，因此形成了一种神奇的绿蓝色颜色。摩库伊阿岛（MokoiaIsland）位于岛的中央，是一个岩浆形成的圆形火山岩。这个岛屿流传着新西兰一个最伟大的爱情故事——海尼莫阿和图唐纳凯。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：红酒牛排餐     晚餐：毛利战舞晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">罗托鲁瓦当地4星酒店ArawaParkHotelRotorua或同级公寓或酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：西式红酒牛排餐     晚餐：团体晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">罗托鲁瓦当地4钻酒店或同级公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                罗托鲁瓦-奥克兰飞广州 参考航班：CZ306/2210-0500+1
-[...5 lines deleted...]
-                温馨提示：（1）夏令时下，新西兰时间比北京时间快4-5小时
+                罗托鲁瓦-奥克兰飞广州
+                <w:br/>
+                今日主题：爱歌顿农庄—亲密接触与喂食动物、奇异果园、亲身体验牧场生活。
+                <w:br/>
+                随后前往奥克兰，晚上乘坐国际航班返广州。沿途可享受到航机服务人员的殷勤服务及丰富膳食航程约11小时，由于夏令时时差不同，航班时间可能略有变化，请以出团前通知为准！
+                <w:br/>
+                温馨提示：（1）冬夏令时下，新西兰时间比北京时间快4-5小时
                 <w:br/>
                 （2）航班全程禁烟，如有需要可自备拖鞋及充气枕上飞机。
                 <w:br/>
-                #今日亮点#
-[...11 lines deleted...]
-                一树山是奥克兰最具标志性的火山锥之一，也是这座城市最受喜爱的公园。它不仅是欣赏360度全景的绝佳地点，更是一个融合了毛利文化、欧洲殖民历史和自然风光的独特场所
+                景点：爱歌顿农庄
+                <w:br/>
+                爱歌顿农庄面积为350英亩(即135公顷)，是新西兰面积超大的观光牧场。在这您将有机会见到19种不同品种的羊，小绵羊被主人抓住后蜷成一团，呆若木鸡的样子绝对会把你逗乐。乘坐特制的大型拖拉机，欣赏满目的农场风光，亲手喂梅花鹿、乳牛、驼鸟、驼羊……亲身体验真正的牧场生活，参与内容丰富的户外活动。皇家牧场游园下车后，大家继续来到Agrowool羊毛展示中心参观，欣赏一下这些可爱动物的毛剪下来之后当地人是做成什么特色生活用品的。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团体午餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1837,50 +1826,117 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">本产品供应商为：广州市康辉国际旅行社有限公司，许可证号：L-GD-CJ00026。此团 10人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州市康辉国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州市康辉国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">签证信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、凡参加我司澳洲或澳纽团队且需要我司办理签证的客人，出团前必须缴付担保金，其金额至少每人人民币伍万元及以上。
+                <w:br/>
+                2、关于护照
+                <w:br/>
+                ⑴.参团客人必须提供合法有效的护照（已污损、注销或挂失的护照无效），如客人因提交无效护照而导致最终无法出境，一切责任和损失由客人自行承担；
+                <w:br/>
+                ⑵.护照有效期（以团队回程抵达出发地日期计算）：护照有效期需为半年或以上。
+                <w:br/>
+                3、 关于签证
+                <w:br/>
+                1）客人如委托我司代办新西兰旅游所需团队签证的，应如实准确地填写《新西兰团队旅游ADS签证资料表》，并按《新西兰团队ADS签证办证指引》的要求提供真实有效的签证资料。如有任何国家的拒签记录，保证如实反映；如因隐瞒而被拒签，责任由客人自负。
+                <w:br/>
+                2）为提高客人签证资料的符合性，客人同意我司可以按新西兰驻华使领馆的要求对客人的送签资料进行必要的审查。如发现送签资料无法符合使领馆的要求，客人自愿撤回签证申请。资料符合者我司按照中新签署的双边ADS旅游协议为客人送办签证。客人对此表示同意。
+                <w:br/>
+                3）持中国护照并自备签证参团的客人，其本人要对护照及签证的有效性负责，若客人因自备的签证出现问题导致不能按时成行的，视为客人单方解除合同，若导致行程中止的，所交团费扣除必要的费用后，剩余部分退回给客人，客人对此表示同意。
+                <w:br/>
+                4）外籍护照申请签证说明：
+                <w:br/>
+                部分国家可以免签证入境新西兰，详情需要符合免签条件由客人根据该国使领馆提供的信息予以确认，并按照相关指引自行负责出入境手续的办理。
+                <w:br/>
+                5）使领馆要求
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1920,51 +1976,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>