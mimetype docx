--- v0 (2025-11-19)
+++ v1 (2026-03-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【南洋】金马伦怡保吉隆坡六天五晚丨苔藓森林丨金马伦高原BOH茶园丨金马伦瀑布丨广州往返行程单</w:t>
+        <w:t xml:space="preserve">【南洋】金马伦怡保吉隆坡六天五晚丨BOH茶园丨金马伦瀑布丨广州往返行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1763526525xQ</w:t>
+              <w:t xml:space="preserve">ZC-SA1763526525xQ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -392,53 +392,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【优质客机】甄选优质五星航空客机，正点直航吉隆坡
-[...1 lines deleted...]
-                【经典打卡】苔藓森林、金马伦高原BOH茶园、金马伦瀑布
+                【优质客机】甄选优质航空客机，正点直航吉隆坡
+                <w:br/>
+                【深度打卡】时光隧道纪念品博物馆、BOH茶园、金马伦瀑布、薰衣草花园、绵羊之家、怡保市政厅、镜湖、老火车站等
                 <w:br/>
                 【特色美食】碳炉火锅、芽菜鸡、特色竹筒饭+仁当
                 <w:br/>
                 【升级住宿】3晚吉隆坡网评四钻+1晚金马伦网评五钻+1晚怡保四钻温泉酒店
                 <w:br/>
                 【特别赠送】薰衣草雪糕每人一份、怡保酒店温泉票每人1张（单次）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -727,63 +727,65 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 金马伦 - 怡保
                 <w:br/>
                 早餐后随导游开展今天精彩的旅程。
                 <w:br/>
-                你听过碧兰璋山上神秘的【苔藓森林 Mossy Forest】吗？层层迷雾的笼罩在奇妙的氛围里，仿佛身临电影《魔戒》和《阿凡达》的场景，这座海拔2032米、马来西亚最古老，并有着2亿年历史的森林将会是一个值得你探索的隐藏宝石。
+                【时光隧道Time Tunnel】位于Brinchang是马来西亚第一间纪念品博物馆，里边展出超过1000件玩具、生活用品、海报等怀旧物品。在这个小孩宁愿玩手机也不要打guli的年代，这些古早味的东西，绝对可以让你仿佛回到过去那些淳朴又快乐的时光。
                 <w:br/>
                 【薰衣草花园】位于金马伦半山腰，院内种植着大量薰衣草，种植田的周围立有多个文艺装饰。因为马来西亚气候的关系，虽然这里培植的薰衣草没办法与国外比较，但园方也花尽心思布置环境，小片小片的薰衣草搭配起其他鲜艳花朵，却也形成了五颜六色的七彩花海，园区内也有不少值得浏览的摆设、场景，和亲友在这里一边拍照一边闻着随风带来的阵阵花香，也是一种无上额度的享受！ 此外，园区内还种植有牵牛花、金钱菊等美丽的花草，可供游客游览照相使用。特别赠送：每人一份薰衣草雪糕。
                 <w:br/>
                 不必远赴新西兰，在【绵羊之家】既能避暑又能看羊，来自澳大利亚的迷你绵羊每日在草坪漫步，绵羊温顺无虞。
                 <w:br/>
                 乘车前往光良和杨紫琼的故乡，有小桂林山城之称的——【怡保】（车程约2.5小时）。
                 <w:br/>
+                前往马来西亚石灰岩仙境中的一颗隐藏宝石——【镜湖】镜湖坐落于迷人的怡保市，当地人称之为 Tasik Cermin，在马来语中意为“镜子湖”。 该湖的名字恰如其分，因其表面如玻璃般透明，倒映着周围的石灰岩悬崖和绿色植物，创造出美丽而神奇的风景。（含门票）
+                <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 1、由于苔藓森林的温度比较低，请确保携带徒步旅行所需的所有设备。
                 <w:br/>
-                森林内小径很具有挑战性，即使有绳索栏杆帮助攀爬，也请谨慎小心，注意安全。
+                2、森林内小径很具有挑战性，即使有绳索栏杆帮助攀爬，也请谨慎小心，注意安全。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -815,51 +817,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 怡保 - 吉隆坡
                 <w:br/>
-                早餐后前往【二奶巷】是近年来重新崛起的一条老街，这条充满怀旧风情的巷子内有着二十多间老房子，全都超过百年历史，颇具吸引力。沉寂了多年，重生后的二奶巷被打造成一条文化街，这里除了有手工艺品店、民宿、土产店等等，还有不少小吃店。除了浓厚的殖民风情建筑之外。更有外国著名艺术家路经此地，留下的街头创作点缀着斑驳的老街，成为小弄巷里一道靓丽的风景线。在邂逅怡保老街后，你可寻找老街中的正宗咖啡老店-品尝地道既怡保白咖啡，加央多士。
+                早餐后前往【特色巷】是近年来重新崛起的一条老街，这条充满怀旧风情的巷子内有着二十多间老房子，全都超过百年历史，颇具吸引力。沉寂了多年，被打造成一条文化街，这里除了有手工艺品店、民宿、土产店等等，还有不少小吃店。除了浓厚的殖民风情建筑之外。更有外国著名艺术家路经此地，留下的街头创作点缀着斑驳的老街，成为小弄巷里一道靓丽的风景线。在邂逅怡保老街后，你可寻找老街中的正宗咖啡老店-品尝地道既怡保白咖啡，加央多士。
                 <w:br/>
                 参观素有马来西亚泰姬陵之称的【怡保老火车站】等殖民时期旧建筑，别有一番风味。
                 <w:br/>
                 【怡保市政厅】（约 20 分钟）怡保标志性建筑之一，外观拍照留念。
                 <w:br/>
                 参观印度教圣地【黑风洞】（车程约1小时，游览约30分钟），又名【七彩天梯】，位于吉隆坡北郊 13 公里处的黑风洞景区内，是印度教圣地，100多年前被探险家发现。该洞在半山，山下有272级石阶直连山腰的光、暗二洞。洞中开阔高大，无数巨型钟乳石柱由洞顶垂吊而下。光洞有阳光自岩隙中散落洞中，供奉了苏巴马廉光都祖父，镶满珠宝玉石，闪烁夺目，站立洞口还可远眺四周的橡胶园和锡矿场。
                 <w:br/>
                 后前往马来西亚最闻名的避暑胜地【芸尚花园】（车程约1小时，停留时间约60分钟），这里有大型的游乐园、购物商场、电影院等设施，还有好几家环境不错的酒店，非常适合一日游或全家度假休闲。（含单程缆车票）
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 1、黑风洞附近会有野生动物出现，特别是蝙蝠和猴子。在参观时，请保持警惕，不要随意接触野生动物和喂食，以确保自身安全。
                 <w:br/>
                 2、芸尚花园气温比市区低6-8度，建议随身携带薄长袖外套。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -1107,55 +1109,55 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.广州--吉隆坡往返含税机票（每段含20KG托运行李额）。
                 <w:br/>
                 2.行程中所列景点首道门票（非注明自费项目）。
                 <w:br/>
                 3.空调旅游车（根据团队人数保证每人1正座）。自由活动期间不包含用车。
                 <w:br/>
                 4.用餐：5早5正（餐标￥70），早餐不用不退，正餐十人一桌，或定食套餐每人一份，团队用餐，不用不退，敬请谅解！
                 <w:br/>
                 5.10人以上全程安排领队及当地中文导游服务，10人以下无领队，当地安排司兼导服务；
                 <w:br/>
-                6.保险：赠送团队旅游意外险。
-[...3 lines deleted...]
-                8.全程行程所列星级酒店标准间（二人一间）。
+                备注：如游客自行参加的是高风险活动(包括但不限于水上水下、高速高空、山上活动或其他有风险的活动等) ，旅行社建议游客另行购买专项人身意外保险。
+                <w:br/>
+                6.签证：中国大陆护照免签（免签护照或自备签证无费用退）。
+                <w:br/>
+                7.全程行程所列星级酒店标准间（二人一间）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1167,51 +1169,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.航空公司燃油附加税临时升幅。
                 <w:br/>
                 2.酒店单房差、国内到广州机场往返交通。
                 <w:br/>
                 3.一切个人开支及人力不可抗力因素产生的额外费用。
                 <w:br/>
                 4.单人入住房差￥1100。
                 <w:br/>
-                5.马来西亚酒店旅游税金10马币/间/晚；文化遗产税3马币/间/晚。
+                5.马来西亚酒店旅游税金10马币/间/晚；文化遗产税3马币/间/晚（如有）。
                 <w:br/>
                 6.自费项目以及景区内的小景点或交通车等额外费用。
                 <w:br/>
                 7.酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费需要自理。
                 <w:br/>
                 8.行程中包含的餐以外的餐食，需要自理。
                 <w:br/>
                 9.全程司导领服务费400/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
@@ -1256,51 +1258,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
                 1. 12岁以下小孩占床大小同价，不占床减￥700/人。18岁以下需家属陪同。
                 <w:br/>
                 2. 2岁以下婴儿不含飞机座（手抱）、不占床位，￥1000/人
                 <w:br/>
                 3. 65岁（含）以上老人需家属陪同，并提交健康证明及签署免责书，
                 <w:br/>
-                4. 外籍人士及港澳台人士签证自理；港澳台护照携带有效期内回乡证/台胞证。外籍护照必须有二次或多次入中国的有效签注。
+                4. 外籍人士及港澳台人士签证自理；港澳台护照出发时须携带有效期内回乡证/台胞证原件。外籍护照必须有二次或多次入境中国的有效签注。
                 <w:br/>
                 5. 本产品无法接待80岁以上长者、孕妇以及有精神类疾病患者，敬请谅解！如报名时隐瞒病情，导致的任何后果，皆由客人自行承担。
                 <w:br/>
                 特别提示：被国家机关限制出境的人员切勿报名，包括但不限于：失信人员、涉嫌诈骗人员，涉诈高危人员、法律和行政法规规定不准出境的其他情形的人员等，如因客人自身隐瞒而造成的损失，由客人自行承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1390,51 +1392,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-15</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>