--- v0 (2025-12-25)
+++ v1 (2026-02-12)
@@ -647,53 +647,53 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 深圳-(飞机)-巴塞罗那-(大巴约200公里)-安道尔-(大巴约60公里)-西班牙小镇
                 <w:br/>
-                参考航班:
-[...1 lines deleted...]
-                ZH865  深圳宝安国际机场 T3 - 巴塞罗那安普拉特机场 (BCN) T1  01:00/09:15 
+                参考航班：
+                <w:br/>
+                ZH865  深圳宝安国际机场 T3 - 巴塞罗那安普拉特机场 (BCN) T1  01:35/08:35 
                 <w:br/>
                 ●【安道尔】（游览不少于2小时）,世界四大袖珍国家之一。全国有1000多家各种免税商店和购物中心。购物天堂，免税折扣高达25%。
                 <w:br/>
                 交通：飞机 大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：中式团餐     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
@@ -1393,53 +1393,53 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴塞罗那-(飞机)-深圳
                 <w:br/>
-                参考航班:
-[...1 lines deleted...]
-                ZH866  巴塞罗那安普拉特机场 (BCN) T1 - 深圳宝安国际机场 T3  12:15/07:40+1 
+                参考航班：
+                <w:br/>
+                ZH866  巴塞罗那安普拉特机场 (BCN) T1 - 深圳宝安国际机场 T3  11:20/07:15+1 
                 <w:br/>
                 ●【返回国内】,愉快的旅行程结束，乘车前往机场，办理退税等离境手续，搭乘国际航班返回国内。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -2585,51 +2585,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>