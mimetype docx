--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【西欧 特惠】&lt;博览中西欧&gt;荷法德比瑞10天 浪漫法国+仙境瑞士+精彩德国 风车荷兰+优雅比利时 卢浮宫三宝+名城科隆+北海渔村沃伦丹 深圳往返直飞 法兰克福进出行程单</w:t>
+        <w:t xml:space="preserve">【西欧 特惠】&lt;博览中西欧&gt;荷法德比瑞10天 浪漫法国+仙境瑞士+精彩德国 渔村荷兰+优雅比利时 卢浮宫三宝+名城科隆+北海渔村沃伦丹 深圳往返直飞，法兰克福进出行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -388,69 +388,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                一次旅行让您领略荷兰印象、法式浪漫、瑞士山水、德国风情、比利时历史，浓缩西欧精华，不虚此行；
-[...17 lines deleted...]
-                餐食无忧：全程含餐+法国油封烤鸡、KBB土耳其烤肉，领略法兰西美食的独特风情
+                一次旅行让您领略荷兰印象、法式浪漫、瑞士山水、德国风情、比利时历史，浓缩西欧精华，不虚此行；
+                <w:br/>
+                【法国-巴黎】：参观世界四大博物馆之首卢浮宫，透过对艺术珍品咫尺间的欣赏，与艺术大师们来一场跨越时空的心灵对话
+                <w:br/>
+                【瑞士-琉森】：漫步琉森湖畔，欣赏群山苍茫,碧波涟漪，感受阿尔卑斯山的蜿蜒壮丽，窥探卡贝尔桥掠影芳华
+                <w:br/>
+                【瑞士-因特拉肯】：“两湖之间”——素有“上帝后花园”&amp;仙境小镇之称
+                <w:br/>
+                【德国-法兰克福】：在罗马广场欣赏古色古香的历史建筑，寻找星罗棋布的城市雕像，发现法兰克福古今相容的独特魅力
+                <w:br/>
+                【德国-科隆】：世界四大教堂之一的--科隆大教堂，它被誉为哥特式教堂建筑中最完美的典范
+                <w:br/>
+                【比利时-布鲁塞尔】：被雨果称赞为“世界上最美丽的广场”-布鲁塞尔大广场，市标“第一公民”小英雄-撒尿小孩雕像
+                <w:br/>
+                【荷兰-阿姆斯特丹】：游走“北方威尼斯”阿姆斯特丹，与海争地的创意之都
+                <w:br/>
+                【荷兰-北海渔村沃伦丹】：您可以看到荷兰人传统渔村以及富有浪漫情调的渔人码头
+                <w:br/>
+                餐食无忧：全程含餐+法国油封烤鸡、KBB土耳其烤肉，领略法兰西美食的独特风情
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -2406,51 +2406,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-11</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-27</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>