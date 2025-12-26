--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -400,51 +400,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 合理行程：【广州-莫斯科-摩尔曼斯克-莫斯科-广州】适合二刷俄罗斯极光，深度极光游览，性价比更高！
                 <w:br/>
-                合理酒店：【莫斯科2晚+摩尔曼斯克3晚+4晚摩尔曼斯克特色酒店】良心推荐！
+                合理酒店：【莫斯科2晚+4晚摩尔曼斯克特色酒店】良心推荐！
                 <w:br/>
                 合理飞机：【全程飞机接驳无需火车或动车，俄罗斯航空为您服务！】
                 <w:br/>
                 合理时间：【所有航班均为正点航班时间，不浪费任何一分钟给您游览的时间！】
                 <w:br/>
                 <w:br/>
                 【摩尔曼斯克升级多重体验】
                 <w:br/>
                 【升级三次追寻极光体验其中一次配置专业极光猎人及专业摄影，大大提高您看到极光的概率！】
                 <w:br/>
                 【打卡北极圈内冰山小镇捷里别尔卡，体验未知的荒芜之地！】
                 <w:br/>
                 【安排出海追鲸，来一次特别的旅行体验（需自费）！】
                 <w:br/>
                 【深入接触摩尔曼斯克原始部落萨米村，体验驯鹿雪橇，与哈士奇驯鹿亲密接触等摩尔曼斯克极地多种体验！】
                 <w:br/>
                 【全程安排4顿特色餐】1.极地帝王蟹大餐+2.北冰洋景观餐厅+3.驯鹿特色餐+4.特色经典俄餐；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
@@ -847,51 +847,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 摩尔曼斯克
                 <w:br/>
                 ⊙早餐后，驱车前往【萨米原始民俗村】★，露天的博物馆，它就是萨米民族村，当地人叫它“萨姆-斯特”，意思是“萨米村”，萨米族是俄罗斯最古老的土著民族之一。萨米族大部分生活在在瑞典，芬兰和挪威北部。俄罗斯萨米人总数不超过2000人，绝大部分生活在摩尔曼斯克地区的科拉半岛上，他们主要以驯鹿，捕鱼，打猎，放牧为生。由于常年生活在远离文明的冻土地带，加上医疗条件匮乏，男人酗酒成性，儿童出生率下降，俄罗斯的萨米族已经得到当局的重视和保护。抵达后有萨米人穿着装民族服饰用萨米语欢迎客人到来，然后由萨米人带领参观民族村，与驯鹿亲密接触，【体验喂养驯鹿（约15分钟），随后体验驯鹿拉雪橇★（拉一圈3-4分钟）】，畅享穿越林海雪原的乐趣。
                 <w:br/>
                 ⊙返回市区后游览瞻仰为纪念打败德国军队30周年而修建的【极地卫士阿廖沙纪念碑】。极地卫士纪念碑，也被称为“阿廖沙纪念碑“。1974年10月19日，摩尔曼斯克为纪念打败德国军队30周年，极地卫士纪念碑隆重揭幕。极地卫士纪念碑高达31.5米，重5000吨。石碑上刻有铭文：北极的捍卫者，北方舰队第14、19荣膺红旗勋章团，第7空军团……表达了人们对战争英雄的无限敬意和怀念！
                 <w:br/>
-                ⊙前往【摩尔曼斯克当地网红餐厅】，享俄式帝王蟹大餐，开启第三次追极光体验★（约1.5小时）追寻极光，暂别城镇的明亮喧嚣。行程结束后，返回酒店休息。
+                ⊙前往【摩尔曼斯克当地网红餐厅】，享俄式帝王蟹大餐。行程结束后，返回酒店休息。
                 <w:br/>
                 【温馨提示】：享用帝王蟹的餐厅会根据餐厅实际预约的情况来安排，也有可能安排在捷里别尔卡地区的餐厅享用，最终确认以时间安排为准，敬请知晓！
                 <w:br/>
                 交通：大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内自助早餐     午餐：驯鹿特色餐     晚餐：帝王蟹特色餐   </w:t>
             </w:r>
           </w:p>
@@ -1833,51 +1833,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-08</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>