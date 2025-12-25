--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -803,51 +803,51 @@
                 1、昼夜温差大，一般早晚温差在10-15度左右，注意增减衣物，防止感冒。
                 <w:br/>
                 2、二进赛里木湖为赠送项目，如放弃或因政策原因不可前往，该项目取消，由于无成本产生，故无费用可退，敬请知悉！！
                 <w:br/>
                 3、古道温泉门票为入住酒店包含或赠送项目，占床位客人包含1次温泉门票，不占床位客人门票自理。浸泡温泉，请自备泳衣泳裤及换洗用品，患有心脏病，高血压、皮肤病或其它不适宜浸泡温泉之疾病等，请勿浸泡温泉。客人请充份了解自身身体情况，自主确定是否合适浸泡温泉。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">双河市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -896,51 +896,51 @@
                 1、拍照独山子大峡谷时需注意拍摄位置，悬崖下是万丈深渊。路边停车往来车辆较多，请旅客注意安全，在完全适合，安全环境下游玩。
                 <w:br/>
                 2、独山子大峡谷内有众多景区体验项目，请游客充分考虑根据自身条件及安全性再选择是否参与，景区内项目费用自理。
                 <w:br/>
                 3、独库公路博物馆为免费参观项目，为政府公益性展馆，逢周一闭馆，如遇闭馆或政府活动不开放，则取消入内参观，改为外观拍照，因其为免费项目，故无费用可退，敬请知悉
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">昌吉</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -984,51 +984,51 @@
                 1．吐鲁番紫外线强，请自备防晒霜、遮阳伞等防晒用具。气温较高，请及时补充水份，以免中暑；
                 <w:br/>
                 2．入沙漠游玩，建议提前准备几个塑料袋或保鲜膜，游玩时可以保护相机等拍照设备，避免沙粒进入而损坏相机。
                 <w:br/>
                 3．沙漠内有多种自费参与项目，请游客充分了解项目内容并结合自身身体状况，谨慎选择游玩。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">吐鲁番</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -2318,51 +2318,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>