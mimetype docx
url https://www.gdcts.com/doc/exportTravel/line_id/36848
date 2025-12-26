--- v0 (2025-11-06)
+++ v1 (2025-12-26)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">LT-20251104-1</w:t>
+              <w:t xml:space="preserve">LT-20251201-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -827,51 +827,51 @@
                 <w:br/>
                 4、勇登棒槌山，俯瞰大森林的雪景：（赠送项目未能参观不退不换）整条棒槌山观光栈道百步一景，一景一美，一
                 <w:br/>
                 景一奇，沿途登山时可参观到原始挖参人的生活原貌旧址——棒槌山山寨。在最高处的“风光无限观景台”在最高处    的风光无限观景台，可一览冬季白雪皑皑，千里冰封，万里雪飘的雪景。游客在欣赏雪景的同时，还可以在此体验穿    穿林海、跨雪原的乐趣。后乘车赴亚布力度假区；
                 <w:br/>
                 5、我在东北赶大集，哇塞这里的水果冻着吃：观看雪乡夜景，逛一逛雪韵大街年货大集进入冬季，东北年货大集就
                 <w:br/>
                 火起来啦！红色的大灯笼高高悬挂，沿街的小商贩们摆起自家的年货，冻梨冻柿子、热乎乎的烤地瓜、羊肉串的香味阵阵袭来。
                 <w:br/>
                 嗨爆雪乡之夜，万人电音秧歌，黑土地蹦迪：篝火晚会为林业局组织的赠送项目，如遇天气或特殊情况自动取消
                 <w:br/>
                 退费）让我们围着暖暖的篝火，扭起东北大秧歌，欢歌笑舞，在北方雪童话的故乡，笑逐颜开……。
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1、雪乡由于当地条件有限，早餐只有简单的馒头、粥、小咸菜等。
                 <w:br/>
                 2、为了环保，雪乡的火炕均是电热炕/水暖炕。雪乡房间内由于室外天气寒冷，室内温度较高，会导致出现室内有“七星瓢虫”出现，实属正常情况，七星瓢虫属益虫类，还请各位游客无须惊慌.
                 <w:br/>
                 4、雪乡的暖炕是村儿里条件有限，爱好洁净的团友们可自带一套床单，以备不时之需，需自带洗漱用品毛巾等，无一次性拖鞋，敬请谅解。
                 <w:br/>
                 5、雪乡自由活动期间无导游陪同，行程内攻略客人根据爱好自行体验；
                 <w:br/>
                 6、进入雪乡需要乘坐景区小交通，在乘坐小交通期间客人需要自行保管好自己对的随身物品，并且注意安全。
                 <w:br/>
-                备注：雪乡观景民宿2-3人间（民宿条件有限，自备洗漱用品，有独立卫浴）
+                备注：雪乡观景民宿4人间（男女分开住，民宿条件有限，自备洗漱用品，有独立卫浴）
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1040,50 +1040,94 @@
                 哈尔滨专属冬天的记忆—游客服务中心：这是我们黑龙江版图天鹅项下的一颗明珠，冰城哈尔滨。黑龙江做为边境
                 <w:br/>
                 省份，临近俄罗斯，哈尔滨做为对俄及东北区域的合作中心枢纽，促进两岸进出品贸易！在这里大家可以购买到许
                 <w:br/>
                 多进出口的中俄用品、蜜蜡、药材等！
                 <w:br/>
                 俄式建筑的打卡地—俄罗斯风情小镇：是来哈尔滨旅游，有亲戚是想体验异域风情的比打卡之地之一，这里集中展
                 <w:br/>
                 示了俄罗斯文化、建筑风格和生活方式而建造的主题公园。
                 <w:br/>
                 网红打卡地—百年滨洲铁路桥：（赠送项目未能参观不退不换，游览时间10分钟）由于年代已久,哈尔滨人管它叫做老江桥，完成了它最重要的历史使命,不再会有铁马奔跑了，随着旁边新铁路桥的投入使用，百年老桥的通行也成为历史。
                 <w:br/>
                 开放建筑艺术博物馆，中央大街：（赠送项目未能参观不退不换，游览时间40分钟）每座城市都有这么一条街，它记录了这座城市的历史 ，穿梭期中，就像走在一条艺术长廊一般，是哈尔滨乃至全国最具特色的步行街之一，走在中央大街的街头冰的粗狂与雪的热情渐渐远去，更多的却是远东异域风情。
                 <w:br/>
                 防洪纪念塔，一江不同景，这里的松花江冰封千里：（赠送项目未能参观不退不换，，游览时间20分钟）薄雾笼罩
                 <w:br/>
                 着，晶莹的洁白，一道道冰凌奇形怪状的爬满辽阔的江床，封锁了松花江，冰封的松花江面冰层和白雪交织呈现，
                 <w:br/>
                 在阳光下如同一幅画卷。
                 <w:br/>
                 圣•索菲亚教堂广场，时光拨转到1907，穿越回古老的拜占庭：（赠送项目外观，游览时间10分钟）去观赏俄罗斯
                 <w:br/>
                 传统的有着“帐篷顶、洋葱头”造型的是拜占庭造的一座罗马纪念馆，气势恢弘，精美绝伦，构成了哈尔滨独具异
                 <w:br/>
                 国情调的人文景观和城市风情。
+                <w:br/>
+                关于冰雪大世界：
+                <w:br/>
+                1、【开园时间】：预计12月中下旬开园，2月下旬闭园（实际开闭园时间以官方通知为准）
+                <w:br/>
+                2、【关于费用】：门票费用自理（游客根据需要自愿选择）
+                <w:br/>
+                3、【购票方式】:
+                <w:br/>
+                     A:可自行提前线上购票
+                <w:br/>
+                     B:委托旅行社代订门票:如报名时一并交齐冰雪大世界门票费用，可享受如下优惠：
+                <w:br/>
+                        免票：1.2米(含)以下儿童、65周岁（含）长者
+                <w:br/>
+                              军人、消防救援人员、人民警察（入园需要提供相关证件，具体咨询我司工作人员）
+                <w:br/>
+                        235元/人优惠票：18周岁（含）以下(以身份证出生日期为准)、1.2米以上的未成年人
+                <w:br/>
+                                        身份证及学生证(限24周岁（含）以下全日制本科及本科以下的学生)
+                <w:br/>
+                本人持本人残疾人证的残疾人
+                <w:br/>
+                        295元/人团购优惠票：18（不含）-65（不含）岁成人
+                <w:br/>
+                        328港澳台同胞及外宾：按门市价代订门票，不加收订票手续费。
+                <w:br/>
+                        特别注意：如未报名时交费而选择当地交费给导游，则不能享受团购优惠，需按门市价收取费用并可能产生订票手续费。
+                <w:br/>
+                4、【往返交通】:免费提供专车往返接送以及协助入园服务，4人以下安排网约车或者出租车服务，由司机协助办理入园）
+                <w:br/>
+                5、【园区服务】
+                <w:br/>
+                A.景区内有肯德基、上岛咖啡、东方饺子王等餐厅，但价格都比景区外稍贵。
+                <w:br/>
+                B.景区内还有很多暖屋，屋内有暖气并售卖热饮和食品。但很多店会有最低消费，才能在此休息取暖，敬请理解。
+                <w:br/>
+                6、【游玩注意事项】
+                <w:br/>
+                A.务必穿着足够的保暖衣物，建议穿厚羽绒服、雪地靴等；建议穿着具有防滑功能的鞋，或者配备防滑鞋套、防滑冰爪等辅助工具，以增加在冰雪地面上行走的稳定性。
+                <w:br/>
+                B.因低温下电池容易“走电”、电器也容易失灵，所以爱拍照的游客一定要注意相机的保暖，不用时尽量贴身而放，同时多带点备用电池。 
+                <w:br/>
+                C.进景区后大门票保存好，景区里的项目几乎都需要用到门票才能游玩。
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1、哈尔滨市区内景区对为开放式打卡点，在打卡地附近有很多商店，请客人自己斟酌购买，保护好自身权益。
                 <w:br/>
                 2、如果去冰雪大世界，建议大家做好防寒保暖准备，提前预约门票。
                 <w:br/>
                 3、哈市很多景区、博物馆为实名预约形式，一旦预约不上我社有权替换其他免费景区或自行取消，不做退费处理，望理解。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1247,77 +1291,77 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.交通：往返机票，经济舱不含税（一经出票不得签转更改，退票按照航空公司规定）。
                 <w:br/>
                 价格未含机场税费,报名时按民航规定价格执行,请报名时与团费一起交付。
                 <w:br/>
                 此为报名参考行程，在不改变接待标准和上述景点的前提下，航班进出的港口有可能调整，旅行社根据实际航班时间合理调整行程，并于出发前知会客人并签订确认行程。
                 <w:br/>
                 2.住宿：
                 <w:br/>
                 全程入住酒店双人间（东北非一线发达城市，接待能力有限，我社安排当地同级标准中较好酒店，游客报名前可根据我社提供参考酒店名称提前做了解），我社按2人入住1间房核算，如出现单男单女，尽量安排该客人与其他同性别团友拼房；如不愿拼房或未能拼房，请补齐单房差以享用单人房间!
                 <w:br/>
                 哈尔滨3钻参考酒店：松悦道外店、如枫酒店、喜迎和美、华驿、隆逸酒店、温德姆精品、宜尚酒店或同级
                 <w:br/>
-                雪乡参考酒店：雪乡民宿暖炕（2-3人间）或同级
+                雪乡参考酒店：雪乡4人炕（男女分开，雪乡没有一次性洗漱用品!请自备)
                 <w:br/>
                 亚布力参考酒店：特色别墅酒店、温泉养生、映山公寓、亚布力山庄或同级 
                 <w:br/>
                 备注：由于雪乡民宿接待有限，如遇雪乡满房，可能调换至新雪乡二浪河景区入住，敬请知晓，如遇指定酒店满房时，我社安排同级别或高一级的酒店。
                 <w:br/>
                 单房差不包含雪乡包炕价格，需单独询问，请知晓。
                 <w:br/>
-                备注:11 月30 日前入住雪乡安排2-3 人炕（以入住雪乡日期为准，不以出发日期），12月开始雪乡安排4人炕，男女分开住!
+                备注:12月开始雪乡安排4人炕，男女分开住!
                 <w:br/>
                 3.用餐：5早5特色（特色杀猪菜、妈妈菜、铁锅炖大鹅、东北山珍宴、东北饺子）（酒店含早不吃不退，不占床无早餐，十人一桌，八菜一汤，酒水自理，不足十人菜品酌减，敬请谅解）如遇特殊情况，旅游社有权调整用特色餐顺序。雪乡早餐会统一安排在餐厅用餐，不吃不退。
                 <w:br/>
                 4.用车：按人数安排空调旅游车，根据人数安排合适座位的车型，保证一人一正座。
                 <w:br/>
                 5.导游：金牌贴心管家式的优秀地接导游服务，（东北地区跨度大，有可能分段导游服务，不足十人，不配备导游，司机兼做酒店入住办理、门票购买、游览指引等服务工作）；
                 <w:br/>
                 10人以下司机兼导游,司机不作讲解,协助客人办理酒店入住和门票事宜)
                 <w:br/>
                 6.门票：行程中所列景点大门票（打包门票价格优惠不退）以上门票旅行社打包采购，其它所含门票因天气原因、年龄优惠、证件及不可抗力因素均不可退费，敬请谅解（部分景区实行实名制管理，务必携带随身携带有效身份证）
                 <w:br/>
                 门票特别说明：所有已含门票及赠送大礼包项目因天气或其他任何自身等原因不参加，无任何退费，也不更换等价项目，行程中遇天气原因，航班取消，道路塌方等自然灾害人力不可抗拒因素，所产生的费用及损失由客人自理。
                 <w:br/>
                 7.2-11周岁的执行儿童收费，12周岁以下，车位、半价正餐、导服；不含门票、不占床不含早餐。
                 <w:br/>
                 8.购物：机场路游客服务中心（游览过程中所到之处、如景区、酒店、停车场、餐厅等各种购物场所是其相关的配套设施，请游客注意上述场所属各景区自行商业行为，与我社无关，请客人慎重购物！）
                 <w:br/>
-                9.保险：含旅行社责任险，不含个人意外险及航空保险。强烈建议游客购买旅游意外险！
+                9.保险：不含个人意外险及航空保险。强烈建议游客购买旅游意外险！
                 <w:br/>
                 10.成团：此团10成人成团，不派全陪。（出于安全考虑，75周岁以上长者不建议收。70-74周岁长者需签署个人健康免责声明。）
                 <w:br/>
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1963,51 +2007,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">往返机票经济舱不含税（一经出票不得签转更改，退票按照航空公司规定）</w:t>
+              <w:t xml:space="preserve">
+                往返机票经济舱未含税（本产品选用机票为按季度交押金采购的团队优惠票，游客确认报名后出票前临时退团导致没有时间进行二次销售所产生的损失，游客承担。
+                <w:br/>
+                <w:br/>
+                出发日期为：2026年1月26日至2026年3月2日，出发前8-15天退团，机票损失1275元/人，出发前5-7天退团，机票损失1785元/人；出发前5天内退团，机票损失2550元/人；
+                <w:br/>
+                <w:br/>
+                出发日期为：2025年11月1日-2026年1月25日/2026年3月3日-2026年3月28日，出发前8-15天退团，机票损失615元/人，出发前5-7天退团，机票损失1025元/人；出发前5天内退团，机票损失1640元/人；一经出票不得签转更改，退票损失按照航空公司规定）。
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -2047,51 +2099,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-06</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>