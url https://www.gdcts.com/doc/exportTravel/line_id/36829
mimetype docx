--- v0 (2025-11-05)
+++ v1 (2026-03-10)
@@ -390,51 +390,53 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【精品小团】全程不超过13人的精品小团出行，享受更加优质、舒适的服务，带给您独一无二且非常难忘的高端出行体验！
                 <w:br/>
-                【必去景致】一生必去景点尼亚加拉瀑布，世界七大奇景之一，咆哮不息的尼亚加拉瀑布吸引着无数慕名而来的游客，带给心灵极大的震撼！
+                【一生必去】一生必去景点尼亚加拉瀑布，世界七大奇景之一，咆哮不息的尼亚加拉瀑布吸引着无数慕名而来的游客，带给心灵极大的震撼！
+                <w:br/>
+                【顶级体验】乘坐加拿大尼加拉瀑布唯一且官方营运的尼亚加拉瀑布船，近距离感受自然奇观带来的超强的力量，留下毕生难忘的旅行体验！
                 <w:br/>
                 【四大名城】加东四大名城一网打尽：金融中心多伦多、加拿大首都渥太华、著名法语城市蒙特利尔以及深具欧洲风格的魁北克。
                 <w:br/>
                 【优享行程】行程中特别安排两晚连住位于蒙特利尔的酒店，免去频繁搬运行李的烦恼！放松身心，充分休息，以最好的状态感受行程中不同景点的魅力！
                 <w:br/>
                 【加东班芙】前往素有加东“小班芙”之称的翠湖山庄打卡拍照！并乘坐缆车抵达半山腰，站在高处领略这充满法式风情又背山面水的绝佳景色！仿佛置身童话世界！
                 <w:br/>
                 【影视之旅】前往多伦多大学、古酿酒厂等备受好莱坞导演青睐的拍摄取景地，漫步其中，仿佛置身于《绿巨人》《X战警》《哈利波特》等顶级影视作品，充分感受「北方好莱坞」的魅力！
                 <w:br/>
                 【最美央街】走进曾经被吉尼斯世界记录认证的「世界最长街道」—央街，道路两旁林立着可以购物娱乐的商店，以及历史文化气息浓厚的国家历史遗址，等待您的探索！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
@@ -566,235 +568,234 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 居住地-多伦多
                 <w:br/>
                 今天您将抵达加拿大第一大城市——多伦多，抵达后请自行乘坐机场Shuttle前往酒店，不同酒店机场Shuttle 及参考酒店信息如下：（酒店下午15:00之后可办理入住手续）。
                 <w:br/>
                 <w:br/>
-                1. Crowne Plaza Toronto Airport：
-[...8 lines deleted...]
-                2. Hampton Inn &amp; Suites by Hilton Toronto Airport：
+                1. Hampton Inn &amp; Suites by Hilton Toronto Airport：
                 <w:br/>
                 抵达T1航站楼后的程序是：下机→前往航班行李转盘→抵达T1到达层→ 出航站楼→找到Post F3→在F3站点下等待酒店的Shuttle Bus（无需电话预约)。
                 <w:br/>
                 抵达T3航站楼后的程序是：下机→前往航班行李转盘→抵达T3到达层→出航站楼→在Post 13下等待酒店Shuttle Bus（无需电话预约）。
                 <w:br/>
                 电话：(+1)9056714730
                 <w:br/>
                 地址：3279 Caroga Dr, Mississauga, ON L4V 1A3, Canada
                 <w:br/>
                 <w:br/>
-                3. Hampton Inn by Hilton Toronto Airport Corporate Centre：
+                2. Hampton Inn by Hilton Toronto Airport Corporate Centre：
                 <w:br/>
                 抵达T1航站楼后的程序是：下机→前往航班行李转盘→抵达T1到达层→出航站楼→找到Post F3→在F3站点下等待酒店的Shuttle Bus（降落后，需打电话预约，电话:416-646-3000）。
                 <w:br/>
                 抵达T3航站楼后的程序是：下机→前往航班行李转盘→抵达T3到达层→出航站楼→在Post 13下等待酒店Shuttle Bus（降落后，需打电话预约，电话:416-646-3000）。
                 <w:br/>
                 电话：(+1)4166463000
                 <w:br/>
                 地址：5515 Eglinton Ave W, Toronto, ON M9C 5K5, Canada
                 <w:br/>
                 <w:br/>
-                4. Four Points by Sheraton Toronto Airport：
+                3. Four Points by Sheraton Toronto Airport：
                 <w:br/>
                 抵达T1航站楼后的程序是：下机→前往航班行李转盘→抵达T1到达层→出航站楼→找到Post F3→在F3站点下等待酒店的Shuttle Bus（无需电话预约）。
                 <w:br/>
                 抵达T3航站楼后的程序是：下机→前往航班行李转盘→抵达T3到达层→出航站楼→在Post 41下等待酒店Shuttle Bus（无需电话预约）。
                 <w:br/>
                 电话：(+1)9056781400
                 <w:br/>
                 地址：6257 Airport Rd, Mississauga, ON L4V 0A2, Canada
                 <w:br/>
                 <w:br/>
-                5. Four Points by Sheraton Toronto Mississauga：
+                4. Four Points by Sheraton Toronto Mississauga：
                 <w:br/>
                 酒店的Shuttle Bus无固定站台，降落后需电话预约：905-670-0050
                 <w:br/>
                 电话：(+1)9056700050
                 <w:br/>
                 地址：6090 Dixie Rd, Mississauga, ON L5T 1A6, Canada
                 <w:br/>
                 <w:br/>
-                6. Holiday Inn Toronto Airport East：
+                5. Holiday Inn Toronto Airport East：
                 <w:br/>
                 抵达T1航站楼后的程序是：下机→前往航班行李转盘→抵达T1到达层→寻找“Ground Level”的指示牌，乘坐扶梯或直梯抵达Ground Level→出航班站楼→在Post F3下等待酒店Shuttle Bus（无需电话预约）。
                 <w:br/>
                 抵达T3航站楼后的程序是：下机→前往航班行李转盘→抵达T3到达层→出航站楼→在Post 41下酒店Shuttle Bus（无需电话预约）。
                 <w:br/>
                 电话：(+1)4162407511
                 <w:br/>
                 地址：600 Dixon Rd, Etobicoke, ON M9W 1J1, Canada
                 <w:br/>
                 <w:br/>
-                ※参团当日可提供付费接机服务，付费接机时间：09:00-22:00（此时间为客人拿到行李后在取行李处和工作人员汇合时间，需要在机场等候临近航班的客人），接机使用车型为7座车，最多6人，费用为USD$90.00 / CAD$120.00/单程。
+                ※参团当日我司可提供付费接机服务，付费接机时间：09:00-22:00（此时间为客人拿到行李后在取行李处和我司工作人员汇合时间，需要在机场等候临近航班的客人），接机使用车型为7座车，最多6人，费用为USD$90.00 / CAD$120.00/单程。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crowne Plaza Toronto Airport, an IHG Hotel或同级</w:t>
+              <w:t xml:space="preserve">Four Points by Sheraton Toronto Mississauga或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 多伦多-尼亚加拉瀑布-多伦多
                 <w:br/>
-                今天我们将出发前往尼亚加拉瀑布。首先搭乘尼亚加拉瀑布船，踏上前往尼加拉瀑布底部的惊险旅程。这段难忘的旅程可让您欣赏到尼加拉峡谷、美国瀑布和新娘面纱瀑布的壮丽景色，近距离接触标志性的加拿大马蹄瀑布，体验这些自然奇观雷鸣般的轰鸣声和令人神清气爽的雾气。接着打卡尼亚加拉瀑布最著名的街道——克利夫顿山商业街区，您可以在这里自费享用午餐。下午进入尼亚加拉瀑布水帘通道，站在这座13层楼高的奇迹脚下的观景台上，眼前的一切景象将让您屏住呼吸。最后深度探索大瀑布周边的各大著名景点。参观长达百年历史的尼亚加拉水电站，在旋涡州立公园俯瞰神奇大漩涡，打卡由数千种植物花卉组成的花钟，最后沿着安大略省最古老大道之一的尼亚加拉公园大道，游览号称“世界七大童话小镇”之一的湖滨小镇，沉浸式感受维多利亚时代完整遗存的英格兰风情。
+                今天我们将出发前往尼亚加拉瀑布。首先搭乘尼亚加拉瀑布船，踏上前往尼加拉瀑布底部的惊险旅程。这段难忘的旅程可让您欣赏到尼加拉峡谷、美国瀑布和新娘面纱瀑布的壮丽景色，近距离接触标志性的加拿大马蹄瀑布，体验这些自然奇观雷鸣般的轰鸣声和令人神清气爽的雾气。接着打卡尼亚加拉瀑布最著名的街道——克利夫顿山商业街区，您可以在这里自费享用午餐。下午去到尼亚加拉瀑布观景台和尼亚加拉瀑布水帘通道，站在这座13层楼高的奇迹脚下的观景台上，眼前的一切景象将让您屏住呼吸。最后深度探索大瀑布周边的各大著名景点。之后您可在枫叶广场了解加拿大传统枫糖，参观长达百年历史的尼亚加拉水电站，在旋涡州立公园俯瞰神奇大漩涡，打卡由数千种植物花卉组成的花钟，最后沿着安大略省最古老大道之一的尼亚加拉公园大道，游览号称“世界七大童话小镇”之一的湖滨小镇，沉浸式感受维多利亚时代完整遗存的英格兰风情。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
-                多伦多 → 尼亚加拉瀑布 → 尼亚加拉瀑布船（自费，60分钟）→ 克利夫顿山商业街区（90分钟，可自费享用午餐）→ 尼亚加拉瀑布水帘通道（自费，60分钟）→ 尼亚加拉深度游（必付项目，2小时）→ 多伦多
-[...2 lines deleted...]
-                尼亚加拉深度游：尼亚加拉水电站（20分钟）→ 尼亚加拉旋涡州立公园（15分钟）→ 花钟（10分钟）→ 童话小镇：尼亚加拉湖滨小镇（30分钟）
+                <w:br/>
+                多伦多 → 尼亚加拉瀑布 → 尼亚加拉瀑布船（自费，60分钟）→ 克利夫顿山商业街区（90分钟，可自费享用午餐）→ 尼亚加拉瀑布观景台（15分钟）→ 尼亚加拉瀑布水帘通道（自费，45分钟）→ 尼亚加拉深度游（必付项目，2小时）→ 多伦多
+                <w:br/>
+                <w:br/>
+                尼亚加拉深度游行程安排：枫叶广场（30分钟，可品尝地道枫叶糖）→ 尼亚加拉水电站（5分钟）→ 尼亚加拉旋涡州立公园（10分钟，外观旋涡空中缆车+旋涡急流）→ 花钟（5分钟）→ 昆士顿高地公园（途经）→ 童话小镇：尼亚加拉湖滨小镇（30分钟）
+                <w:br/>
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1. 由于尼加拉瀑布船运营调整，12/01/2025-12/25/2025期间周二周三出发的班期&amp;自01/01/2026起出发全部班期将无法前往该景点。2026年景点开放时间另行通知。
+                <w:br/>
+                2. 尼加拉瀑布船关闭期间，原行程安排将改为前往：天龙塔观瀑（自费，40分钟）；给您带来的不便敬请谅解。
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crowne Plaza Toronto Airport, an IHG Hotel或同级</w:t>
+              <w:t xml:space="preserve">Four Points by Sheraton Toronto Mississauga或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -803,51 +804,52 @@
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 多伦多-千岛湖-蒙特利尔
                 <w:br/>
                 早上从多伦多出发前往加拿大境内的千岛，它位于加拿大与美国之间的圣劳伦斯河上，星罗棋布着1864座独立岛屿。登上游艇，途径千岛最出名最有魅力的风景名胜。随后北上前往加拿大东部最大的法语城市，最具法国文化特色，素有“北美小巴黎”之称的蒙特利尔市。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
                 多伦多 → 金斯顿（30分钟）→ 千岛 → 加拿大千岛游船（自费，75分钟）→ 蒙特利尔 → 蒙特利尔市区游（45分钟）→ 蒙特利尔法式餐（自费，60分钟）
                 <w:br/>
                 <w:br/>
                 蒙特利尔市区游：多切斯特广场 → 圣母世界之后主教座堂（外观）→ 永明大厦（外观）→ 圣凯瑟琳街
                 <w:br/>
                 <w:br/>
                 特殊说明：
                 <w:br/>
-                1. 如遇游船关闭，则该景点替换为蒙特利尔自然生态博物馆+蒙特利尔奥运斜塔
+                <w:br/>
+                1. 加拿大千岛游船开放时间一般为每年的4月中到10月，实际开放日期请以官网披露为准；如遇游船关闭，行程将前往蒙特利尔自然生态博物馆+蒙特利尔奥运斜塔。
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -888,50 +890,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 蒙特利尔-魁北克-蒙特利尔
                 <w:br/>
                 今天我们将前往充满法国情怀的城市魁北克，英法对照的路标和招牌随处可见，路上行人穿着打扮也深具欧洲风格，露天咖啡座，浪漫温馨，鹅卵石步行街，购买艺术品，法皇刘易斯广场，仿若到了巴黎。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
                 蒙特利尔 → 魁北克 → 魁北克古城区游览（必付项目，60分钟，含外观法皇路易斯广场，芳堤娜城堡酒店，议会大楼，外观魁北克圣母圣殿主教堂）→ 旧城区小香普兰街（60分钟）→ 魁北克法式餐（自费，60分钟）→ 蒙特伦西瀑布+缆车（自费，60分钟）→ 酒店
                 <w:br/>
+                <w:br/>
+                温馨提示：蒙特伦西瀑布+缆车将于11/18/2025-12/25/2025 &amp; 01/05/2026-01/30/2026期间关闭，缆车关闭后，行程将不再前往该景点，具体关闭时间以景点实际通知为准。
+                <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -964,56 +969,60 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 蒙特利尔-渥太华-多伦多
                 <w:br/>
-                行程最后一天，早上从蒙特利尔出发前往加东有着小班芙之称的著名胜地—翠湖山庄。在这里，您不仅可以欣赏到各种欧洲风格的建筑，包括迷人的餐馆、小商店等等。您还可以欣赏到美妙的自然风光。遥望加拿大著名的高山湖泊，感受大自然的壮丽。随后前往著名的政治和商业都市-渥太华，这里有永不熄灭的和平火种。之后前往加拿大国会山，这里是以国会大厦为中心的一片区域。游玩结束后，我们将乘车前往多伦多。
+                行程最后一天，早上从蒙特利尔出发前往著名的政治和商业都市-渥太华，这里有永不熄灭的和平火种。我们将在渥太华进行深度游览，在拜沃德市场触摸两百年烟火气，赴 Kiweki Point 解锁国会山全景新视角，欣赏国立美术馆水晶穹顶般的建筑艺术，走进圣母教堂感受哥特式静谧，最后探秘皇家铸币厂的百年制币工艺，全方位感受首都的人文底蕴与鲜活魅力。之后前往加拿大国会山，这里是以国会大厦为中心的一片区域。游玩结束后，我们将乘车前往多伦多。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
-                蒙特利尔 → 翠湖山庄（45分钟，包含前往半山腰Cabriolet缆车）→ 渥太华 → 加拿大国会山（30分钟）→ 多伦多
+                <w:br/>
+                蒙特利尔 → 渥太华 → 渥太华市区深度游（自费，120分钟）→ 加拿大国会山（30分钟）→ 多伦多
+                <w:br/>
+                <w:br/>
+                渥太华市区深度游行程安排：加拿大最古老的市场：拜沃德市场 → 渥太华全新观景点：Kiweki Point → 加拿大国立美术馆（外观）→ 渥太华圣母教堂 → 加拿大皇家铸币厂（如遇铸币厂关闭，将改为前往加拿大银行博物馆）
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1050,59 +1059,63 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 多伦多市区游
                 <w:br/>
                 今天上午我们将开启影视之旅，探索充满活力的多伦多。第一站前往多伦多大学，它不仅是世界一流的学府，还是《绿巨人》《生化危机》《水形物语》等多部电影的取景地。下一站我们将前往《X战警》的取景地——多伦多市政厅，以其现代主义建筑风格成为当地的著名地标；多伦多网红标牌也不容错过，各大国际重大事件报导中总能轻松捕捉到它的身影。最后一站去到央街（Yonge St），这里不仅曾有“世界上最长街道”的美誉，同时也是《绿巨人》等电影的拍摄地，街道两旁商店、咖啡馆和餐馆琳琅满目，您可尽情享受Citywalk的轻松美好。中午时分，跟随我们前往百年历史的古酿酒厂市集，市集内有品种丰富多样的特色美食，这里的手工艺店、画廊、小馆都充满了艺术气息，非常值得前去淘淘宝！午餐后前往加拿大国家电视塔，您可选择登塔俯瞰城市天际线。随后乘坐多伦多游船，享受海港观光之旅，获得观赏城市的独特视角。
                 <w:br/>
                 <w:br/>
+                <w:br/>
+                <w:br/>
                 行程安排：
                 <w:br/>
+                <w:br/>
                 多伦多影视之旅（必付项目，2.5小时）→ 古酿酒厂区（90分钟，可自费享用午餐）→ 加拿大国家电视塔（自费，60分钟）→ 多伦多游船（自费，60分钟）
                 <w:br/>
                 <w:br/>
-                多伦多影视之旅：多伦多大学（60分钟）→ 多伦多市政厅+多伦多网红标牌（40分钟）→ 央街（30分钟）
+                多伦多影视之旅：多伦多大学（60分钟）→ 多伦多市政厅+多伦多网红标牌（40分钟）→ 央街（30分钟） 
                 <w:br/>
                 <w:br/>
                 特别说明：
+                <w:br/>
                 <w:br/>
                 1. 如遇多伦多游船关闭，则该景点将替换为多伦多雷普利水族馆（自费，60分钟）。
                 <w:br/>
                 <w:br/>
                 送机：多伦多皮尔逊国际机场（YYZ）；6301 Silver Dart Dr, Mississauga, ON L5P 1B2 Canada；
                 <w:br/>
                 请预订20:00之后离开的国内航班 或 21:00之后离开的国际航班。
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1506,51 +1519,51 @@
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 18岁以下未成年人或儿童必须由成人陪伴参团，单独旅行的未成年人或儿童不能参加。如果订单内含儿童，请务必在预定行程时提前备注告知儿童年龄，否则将按成人标准在现场收取费用。出于对孕妇安全的考虑，孕妇参团需在行程结束时怀孕不超过24周。
                 <w:br/>
                 2. 请在预定时务必提供准确、完整的信息，包括姓名、性别、有效的联系方式（最好是手机，如有问题，方便通知）、准确的航班信息或参团地点等，以免产生预定错误，影响出行。如因您提供错误信息而造成损失，由您自行承担。
                 <w:br/>
-                3. 酒店有不同的房间类型，例如一张King/Queen Size的大床房或两张Double Size的双床房。每个房间可合法住宿的最多人数在2 到4 人，包括成人和儿童。另外每个酒店都有不同的收取押金的方式（多以信用卡办理押金的收取与退还），届时需要参团客人根据不同规定给予配合。纵横海鸥保证客人的用房数量，但不保障具体房间类型和所处位置。酒店的入住时间通常在15:00以后。
+                3. 酒店有不同的房间类型，例如一张King/Queen Size的大床房或两张Double Size的双床房。每个房间可合法住宿的最多人数在2 到4 人，包括成人和儿童。另外每个酒店都有不同的收取押金的方式（多以信用卡办理押金的收取与退还），届时需要参团客人根据不同规定给予配合。地接社保证客人的用房数量，但不保障具体房间类型和所处位置。酒店的入住时间通常在15:00以后。
                 <w:br/>
                 4. 参团客人需跟团上导游购买门票，不可自行带票或使用City Pass。景点的门票费和团上餐费可能会根据景点官方的临时通知而变动，以当日景点公布的价格为准。
                 <w:br/>
                 5. 地接社有权在方便出团操作的情况下，对行程顺序进行适当调整以确保旅游团顺利进行，但不会减少行程中应包含的项目。
                 <w:br/>
                 6. 实际出行过程中，导游或司机有权根据天气、交通等情况，适当调整景点的游览顺序、停留时间或集合时间以确保行程顺利进行。
                 <w:br/>
                 7. 如遇景点临时关闭或节假日（感恩节、圣诞节、新年）关闭等，导致无法参观，导游会根据实际情况调整为外观或以其他景点代替以确保行程的丰富性。各景点及国家公园的开放时间及流量控制会不时变化，如影响行程属不可抗力因素，敬请谅解。
                 <w:br/>
                 8. 八岁以下儿童参团需乘坐安全座椅，地接社提供租借服务，租金$10.00/人/天，请务必在预定行程时提前备注告知，以便我们提前准备，如因客人未提前告知所造成的违规和罚金由客人自行承担，敬请理解。出行当日安排大巴出行无需安全座椅，费用可退还客人。
                 <w:br/>
                 9. 行程中众多旅游景点需要参团人具备基本的健康条件。残疾人士和行动不便者报名参团前请提前联系获取相关政策信息。若没有及时通知，我司不能保证为客人提供轮椅升降巴士或安排合适的座位。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1757,59 +1770,74 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                ***参团地点：
+                <w:br/>
+                多伦多自行入住酒店；
+                <w:br/>
+                请您自行乘坐机场免费Shuttle前往酒店。机场Shuttle及参考酒店信息详见第一天行程内容。
+                <w:br/>
+                付费接机：多伦多皮尔逊国际机场（YYZ）；6301 Silver Dart Dr, Mississauga, ON L5P 1B2 Canada；
+                <w:br/>
+                时间：09:00-22:00（此时间为客人拿到行李后在取行李处和我司工作人员汇合时间，需要在机场等候临近航班的客人）
+                <w:br/>
+                接机使用车型为7座车，最多6人，费用（单程）：USD$90.00 / CAD$120.00
+                <w:br/>
+                <w:br/>
+                ***离团地点：
+                <w:br/>
+                万锦：汉堡王（万锦广场对面）；3088 Hwy 7, Markham, ON L3R 0J4, Canada；
+                <w:br/>
+                多伦多唐人街：Tim Hortons；438 University Ave, Toronto, ON M5G 2K8, Canada；
+                <w:br/>
+                士嘉堡：Tim Hortons (Woodside Square Mall）；1571 Sandhurst Cir Unit 420, Scarborough, ON M1V 1V2, Canada；
+                <w:br/>
                 送机：多伦多皮尔逊国际机场（YYZ）；6301 Silver Dart Dr, Mississauga, ON L5P 1B2 Canada；
                 <w:br/>
                 请预订20:00之后离开的国内航班 或 21:00之后离开的国际航班。
-                <w:br/>
-[...4 lines deleted...]
-                万锦：汉堡王（万锦广场对面）；3088 Hwy 7, Markham, ON L3R 0J4, Canada；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1850,51 +1878,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-06</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>