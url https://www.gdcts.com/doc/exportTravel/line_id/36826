--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -633,96 +633,96 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hampton Inn by Hilton Vancouver Airport或同級</w:t>
+              <w:t xml:space="preserve">Accent Inns Vancouver Airport或同級</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                温哥华-冰酒酿酒厂-变色湖-灰熊镇 / 鲑鱼湾
+                温哥华-冰酒酿酒厂-变色湖-鲑鱼湾
                 <w:br/>
                 早上途径以畜牧及林木业为主的草原地区梅里特镇，之后参观著名的“VQA”名贵葡萄酒酿酒厂，品尝红、白葡萄美酒及购买世界闻名的加拿大冰酒。然后前往变色湖，欣赏时刻随环境变换的湖水颜色，感受大自然的神奇与魅力。随后乘车返回灰熊镇。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
-                温哥华 → 梅里特镇（途经）→ 冰酒酿酒厂（30分钟）→ 变色湖（15分钟）→ 灰熊镇/ 鲑鱼湾
+                温哥华 → 梅里特镇（途经）→ 冰酒酿酒厂（30分钟）→ 变色湖（15分钟）→ 鲑鱼湾
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -754,66 +754,72 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                灰熊镇 / 鲑鱼湾-班芙国家公园-班芙
-[...1 lines deleted...]
-                今天早上我们将参观太平洋铁路纪念公园著名的“最后一根钉”。随后我们将穿过优鹤国家公园，前往朱砂湖。朱砂湖湖水源自附近的硫磺山的温泉，因而河床的颜色变成了朱砂褐色，成就了摄影师钟爱的班芙拍摄地之一。之后前往玛丽莲·梦露主演的经典名片《大江东去》外景地之一的弓河瀑布。乘坐班芙硫磺山缆车【必付项目】饱览山间美景。最后我们将前往班芙上温泉（请自备泳衣浴巾等），助您洗去一天旅途的疲惫。
+                鲑鱼湾-班芙国家公园-班芙
+                <w:br/>
+                今天早上我们将参观太平洋铁路纪念公园著名的“最后一根钉”。随后我们将穿过优鹤国家公园，前往朱砂湖。朱砂湖湖水源自附近的硫磺山的温泉，因而河床的颜色变成了朱砂褐色，成就了摄影师钟爱的班芙拍摄地之一。之后前往玛丽莲·梦露主演的经典名片《大江东去》外景地之一的弓河瀑布。乘坐班芙硫磺山缆车饱览山间美景。最后我们将前往班芙上温泉（请自备泳衣浴巾等），助您洗去一天旅途的疲惫。
+                <w:br/>
+                <w:br/>
                 <w:br/>
                 <w:br/>
                 10/14/2025-11/09/2025 &amp; 11/22/2025-04/30/2026 期间行程安排：
                 <w:br/>
-                灰熊镇/鲑鱼湾 → 最后一根钉纪念碑（30分钟）→ 优鹤国家公园（途经）→ 朱砂湖（15分钟）→ 弓河瀑布（15分钟）→ 班芙国家公园（必付项目） → 班芙硫磺山缆车（必付项目，60分钟）→ 班芙上温泉（自费，60分钟）→ 班芙 
+                <w:br/>
+                鲑鱼湾 → 最后一根钉纪念碑（30分钟）→ 优鹤国家公园（途经）→ 朱砂湖（15分钟）→ 弓河瀑布（15分钟）→ 班芙国家公园 → 班芙硫磺山缆车（必付项目，60分钟）→ 班芙上温泉（自费，60分钟）→ 班芙
+                <w:br/>
+                <w:br/>
                 <w:br/>
                 <w:br/>
                 11/10/2025-11/21/2025 期间行程安排：
                 <w:br/>
-                灰熊镇/鲑鱼湾 → 最后一根钉纪念碑（30分钟）→ 优鹤国家公园（途经）→ 朱砂湖（15分钟）→ 弓河瀑布（15分钟）→ 班芙国家公园（必付项目） → 露易丝湖缆车（必付项目，60分钟）→ 班芙上温泉（自费，60分钟）→ 班芙
-                <w:br/>
+                <w:br/>
+                鲑鱼湾 → 最后一根钉纪念碑（30分钟）→ 优鹤国家公园（途经）→ 朱砂湖（15分钟）→ 弓河瀑布（15分钟）→ 班芙国家公园 → 露易丝湖缆车（必付项目，60分钟）→ 班芙上温泉（自费，60分钟）→ 班芙
                 <w:br/>
                 温馨提示：
+                <w:br/>
                 <w:br/>
                 1. 09/02/2025-12/31/2025期间，班芙上温泉因检修关闭。故在此期间行程当天将无法到访班芙上温泉，敬请谅解！
                 <w:br/>
                 2. 景区内设有投币式置物柜，如需使用请自备硬币（$2加币面额）；
                 <w:br/>
                 3. 景点内提供泳衣及毛巾租借服务，费用及使用规则由景点自行管理，客人可视个人需要自行选择是否租借；
                 <w:br/>
                 4. 不参加此自费活动的客人，将由导游安排前往班芙小镇自由活动；
                 <w:br/>
                 5. 如有心脏病、高血压、糖尿病、怀孕或身体不适等情况，请根据自身状况及医生建议，自行酌情决定是否参加温泉活动。
                 <w:br/>
                 6. 因班芙地区酒店资源紧张，无法指定入住房型，届时将由酒店依据当日房况随机安排大床房或双床房，敬请谅解！
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -857,141 +863,141 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                班芙-强斯顿峡谷-露易丝湖-灰熊镇/鲑鱼湾
+                班芙-强斯顿峡谷-露易丝湖-鲑鱼湾
                 <w:br/>
                 早上前往落基山脉的强斯顿峡谷。冬季来临后，精心安排冰爪徒步冰雪峡谷之中，看高挂的瀑布画出的线条，美景百闻不如一见。随后前往以英国王室美丽的露易丝公主为名的露易丝湖，漫步在美丽的露易丝湖上，惬意怡人。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
-                班芙 → 强斯顿峡谷（60分钟）→ 露易丝湖（60分钟）→ 优鹤国家公园（途经）→ 冰川国家公园（途经）→ 灰熊镇/鲑鱼湾
+                班芙 → 强斯顿峡谷（60分钟）→ 露易丝湖（60分钟）→ 优鹤国家公园（途经）→ 冰川国家公园（途经）→ 鲑鱼湾
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sandman Hotel 或同级</w:t>
+              <w:t xml:space="preserve">Hilltop Inn - Salmon Arm或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                灰熊镇 / 鲑鱼湾-甘露市-温哥华
-[...1 lines deleted...]
-                早上从灰熊镇出发，我们将前往位于欧肯那根山谷北方的花旗参的故乡甘露市，城市的名字来自印第安语“Cumcloups”，反映该市是位于汤普森河两条支流的汇合处。最后沿着景色优美的菲沙河谷公路返回温哥华。
+                鲑鱼湾-甘露市-温哥华
+                <w:br/>
+                早上出发，我们将前往位于欧肯那根山谷北方的花旗参的故乡甘露市，城市的名字来自印第安语“Cumcloups”，反映该市是位于汤普森河两条支流的汇合处。最后沿着景色优美的菲沙河谷公路返回温哥华。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
-                灰熊镇 / 鲑鱼湾 → 甘露市花旗参工厂（40分钟）→ 风景优美的菲沙河谷 → 温哥华
+                鲑鱼湾 → 甘露市花旗参工厂（40分钟）→ 风景优美的菲沙河谷 → 温哥华
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1600,50 +1606,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">报名材料</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">护照首页+境外联系电话+航班信息（如产品有接送机服务）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">保险信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                ***参团地点：
+                <w:br/>
+                温哥华国际机场 (YVR)；3211 Grant McConachie Wy, Richmond, BC V7B 0A4, Canada；
+                <w:br/>
+                参团当日免费接机班次为：10:00、12:30、15:00、17:00、19:00、21:00，需在机场等候其他旅客按巴士班次送至入住酒店。
+                <w:br/>
+                <w:br/>
+                ***离团地点：
+                <w:br/>
+                温哥华国际机场（YVR）；3211 Grant McConachie Wy, Richmond, BC V7B 0A4, Canada；
+                <w:br/>
+                建议预定行程结束当天21:30以后的加拿大国内航班或22:00以后的国际航班离开。
+                <w:br/>
+                素里 Guildford Recreation Centre；15105 105 Ave, Surrey, BC V3R 7G8, Canada；
+                <w:br/>
+                高贵林 Superstore；1301 Lougheed Hwy., Coquitlam, BC V3K 6P9, Canada；
+                <w:br/>
+                本拿比：丽晶广场（Kingsway &amp; Willingdon）；2829-4500 Kingsway, Burnaby, BC V5H 2A9, Canada；
+                <w:br/>
+                温哥华西(on Cambie St &amp; 48th Ave.) ；Langara-49th Avenue Station；
+                <w:br/>
+                列治文：河石度假酒店门口巴士等候站；8811 River Rd, Richmond, BC V6X 3P8, Canada；
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1683,51 +1757,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-06</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>