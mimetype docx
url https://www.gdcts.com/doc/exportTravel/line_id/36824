--- v0 (2025-11-05)
+++ v1 (2026-03-13)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【皇牌玩家】新西兰南北岛10天缤纷梦幻之旅| 奥克兰 | 罗托鲁亚 | 皇后镇 | 瓦纳卡 | 库克山 | 蒂卡波 | 基督城（海航 深圳出发）行程单</w:t>
+        <w:t xml:space="preserve">【精品玩家】新西兰南北岛10天寻“鲜”之旅/奥克兰/罗托鲁亚/基督城/阿卡罗阿/蒂卡波/库克山/瓦纳卡/皇后镇（海航 深圳出发）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCNHU10NST#2543</w:t>
+              <w:t xml:space="preserve">OCNHU10NST#2603</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -398,83 +398,89 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 美食升级
                 <w:br/>
+                一站一味，一城一食，让舌尖跟着旅程尝遍各种美食；
+                <w:br/>
                 正餐中式餐升级为八菜一汤，呵护您的中国胃；
                 <w:br/>
-                罗托鲁亚海参花胶鲍鱼汤+鹿肉养生餐；奥克兰日式铁板烧；
-[...3 lines deleted...]
-                皇后镇龙虾黑金鲍牛羊火锅；瓦纳卡酒桶烤肉餐；库克山高山景观餐厅西式餐；
+                皇后镇：网红汉堡餐、牛羊放题火锅；
+                <w:br/>
+                奥克兰：日式铁板烧、花胶鱼肚羹+海鲜黑金鲍养生餐；
+                <w:br/>
+                罗托鲁亚：罗托鲁亚海参花胶鲍鱼汤+鹿肉养生餐、爱歌顿牧场BBQ自助餐，享受纯正的新西兰户外烧烤餐；
+                <w:br/>
+                基督城品味“渔获海鲜大餐“--新西兰冷水红龙虾，顶级野生海鲜食材—黑金鲍，帝皇鲑三文鱼及其他海鲜；
                 <w:br/>
                 <w:br/>
                 体验升级
                 <w:br/>
-                【蓝泉（Blue Spring）】：人间秘境，中国版的小九寨沟；
-[...13 lines deleted...]
-                【全赏网红湖泊】：“如梦如幻”蒂卡波湖、“乳蓝色牛奶湖”普卡基湖、“如少女般：瓦纳卡湖、“纯净 如新”瓦卡蒂普湖；
+                【基督城】游览这座英国之外最具英伦风情的城市，体验新西兰惬意生活；
+                <w:br/>
+                【爱歌顿农庄】体验北岛最大皇家牧场~~亲密接触可爱的牧场动物，体验新西兰牧场生活；
+                <w:br/>
+                【阿卡罗阿】体验乘船出海现捕现捞龙虾鲍鱼海鲜，品尝最地道最新鲜的渔获，鲜味十足；
+                <w:br/>
+                【波利尼西亚温泉】拔草世界十大温泉之一的波利尼西亚温泉，探秘另类罗托鲁亚；
+                <w:br/>
+                【皇后镇】国际公认的世界顶级度假胜地，更被《时代》杂志列入2022年“世界上最好的地方”；
+                <w:br/>
+                【格林诺奇公路】沿着“全球十大最美公路”美誉，深入瓦卡蒂普湖北端，寻访“魔戒小镇”：
+                <w:br/>
+                【库克山国家公园】最著名的首选徒步路线道，眺望山谷景色，欣赏高山与冰瀑的壮观景象；
+                <w:br/>
+                【金秋浪漫】瓦纳卡湖、克伦威尔水果小镇、箭镇、格林诺奇，色彩缤纷绚丽，如置身于油画般；
+                <w:br/>
+                【全赏网红湖泊】“如梦如幻”蒂卡波湖、“乳蓝色牛奶湖”普卡基湖、“如少女般：瓦纳卡湖、“纯净 如新”瓦卡蒂普湖；
                 <w:br/>
                 <w:br/>
                 贴心安排
                 <w:br/>
                 全程新西兰旅游专家的领队为您保驾护航，细致专业服务领先同行；
                 <w:br/>
-                精选连续十二次蝉联SKYTRAX五星航空公司--海南航空公司，享受深圳家门口直飞的方便快捷；
+                精选连续十四次蝉联SKYTRAX五星航空公司--海南航空公司，享受深圳家门口直飞的方便快捷；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -763,80 +769,76 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 奥克兰-/-皇后镇	参考航班：待定
                 <w:br/>
                 上午飞往皇后镇，抵达后开始精彩行程：
                 <w:br/>
                 【瓦卡蒂普湖】
                 <w:br/>
                 它是新西兰的第三大湖泊，状如闪电，湖水非常澄澈，有着“翡翠湖”的美誉。近距离地欣赏湖光山色，感受湖泊的宁静与安详，领略震人心魄的动人美景。
                 <w:br/>
                 【世界最美公路之一】
                 <w:br/>
                 从皇后镇到格林诺奇车程大概40分钟左右，这段依瓦卡蒂普湖蜿蜒而前行的公路风景绝美，被评为世界十大最美公路之一。葱郁的树林映衬着蓝天、白云，平静的湖面在天空的映射下像是一幅小清新的油画。
                 <w:br/>
                 【格林诺奇小镇】
                 <w:br/>
                 格林诺奇是一个风景优美的小镇，最近的城镇为皇后镇（Queenstown）45公里， 是一处非常受欢迎的徒步旅行者的停靠点，其附近就是艾斯派林国家公园（Mount Aspiring National Park ）、峡湾国家公园（Fiordland National Park）。邻近格林诺奇小镇的达特河（Dart River）和里斯河 （Rees River）从这里流入瓦卡蒂普湖。
                 <w:br/>
-                特别安排：峡湾龙虾黑金鲍牛羊肉火锅特色餐（每人一个小火锅）
-[...5 lines deleted...]
-                以上食材随季节及供货会有略微调整，以餐厅出品为准。
+                【箭镇】
+                <w:br/>
+                这座被称为“新西兰秋色最瑰丽的小镇”因为淘金而兴盛起来，具有百多年历史，当时也吸引了大批的中国人洋过海来这疯狂淘金。小镇被色彩斑斓的枫叶和植被环绕，以及茂密的树林和湍急的河流映入眼中。街道两旁林立着各具特色的古者建筑，汇集着各色各样的商店、咖啡店、酒吧和餐馆。
                 <w:br/>
                 **凡乘坐JQ航班，机上均不提供免费餐饮服务，客人需自费购买**
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：打包早餐     午餐：网红汉堡餐     晚餐：龙虾黑金鲍牛羊肉火锅   </w:t>
+              <w:t xml:space="preserve">早餐：打包早餐     午餐：网红汉堡餐     晚餐：牛羊放题火锅   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">皇后镇：Holiday Inn Queenstown或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -847,282 +849,296 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                皇后镇 – 瓦纳卡（约1小时）
+                皇后镇 – 瓦纳卡 - 库克山 - 蒂卡波
                 <w:br/>
                 早餐后开始精彩行程：
                 <w:br/>
-                【箭镇】
-[...2 lines deleted...]
-                <w:br/>
                 【克伦威尔水果小镇】
                 <w:br/>
                 小镇被南阿尔卑斯山脉等环绕，干燥及炎热寒冷的两极天气，使这里自然成了出产樱桃、水蜜桃、杏桃等水果的重镇，也因此获有水果小镇的美称，而小镇地标也如封面照片一般，完美诠释了 Cromwell 最引以为傲的特色。
                 <w:br/>
                 【瓦纳卡湖】
                 <w:br/>
                 前往南岛著名度假胜地瓦纳卡是南岛的一颗璀璨的明珠，纯净美丽的瓦纳卡湖，在每天的不同时段都会呈现出不同的美丽景色，晶莹剔透的湖水倒映出艾斯伯林山，你将沉浸在这个世外桃源般的隐秘天堂中。漫步在湖边的小径上，寻找那棵孤树，便成为一种独特的乐趣。当你终于找到它时，你会发现它距离海滩的沙滩通道仅一箭之遥，成为了一个理想的野餐和观赏日落或日出的地方。
                 <w:br/>
+                【普卡基湖—玻璃屋】
+                <w:br/>
+                是一个网红打卡点，玻璃屋外观简约现代，在阳光照耀下十分亮眼。其拥有大面积的玻璃墙体，从屋内可以直接欣赏到普卡基湖的全景以及远处连绵的雪山，湖光山色美不胜收。
+                <w:br/>
+                【普卡基湖（Lake Pukaki）】
+                <w:br/>
+                它是库克山冰川汇聚形成的最大的湖泊，奶绿色的湖面让Pukaki获得“牛奶湖”的美誉。除此之外，Lake Pukaki是远观巍峨库克山最佳的地点，摄人心魄的绿松石色湖面，崎岖嶙峋的山地地貌，构成一曲绝美的山与湖之歌 。
+                <w:br/>
+                【库克山国家公园】
+                <w:br/>
+                库克山是新西兰最高的山峰，也是《魔戒/指环王》中甘道夫大战炎魔的地方。这里终年积雪，是大洋洲最高的山峰，有“新西兰屋脊”之称。磅礴的气势，内敛的秀美，独特的冰川体验，特殊季节里大雪山和鲁冰花的反差萌，这些景色给人们的惊奇是其他地方所无法比拟的。 
+                <w:br/>
+                【塔斯曼步道健行体验】，感受南半球最纯净的空气，在高处更可远眺终年积雪的库克山。
+                <w:br/>
+                 【蒂卡波湖】
+                <w:br/>
+                这里的湖水呈现碧绿色，湖对岸是雄伟的南阿尔卑斯山，蒂卡普位于新西兰南岛南阿尔卑斯山东麓，是著名的旅游胜地，小镇的蒂卡普湖是大洋洲最大的淡水湖，出产优质的鲑鱼，是垂钓和水上运动的好地方。每年从秋天开始，白雪皑皑的山麓就吸引世界上众多滑雪爱好者。
+                <w:br/>
+                湖边矗立着【牧羊人教堂】，这可能是新西兰被拍摄次数最多的教堂，每一个游客的必到之处，教堂由著名建筑师本杰明•伍尔菲尔德•芒福德于1935年建造，其哥特式木结构和石头结构合而为一，在新西兰独一无二。此处可以看到南阿尔卑斯山最壮观的景色。
+                <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：√     晚餐：酒桶烤肉餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">瓦纳卡：Oakridge Resort Lake Wanaka或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：√     晚餐：自助餐/酒店晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">蒂卡波或特泽维尔或奥玛拉玛：Distinction Mackenzie Country Hotel或同级经济酒店 备注：若蒂卡波湖小镇满房，我司将安排至周边小镇入住</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                瓦纳卡 - 库克山国家公园（2.5小时）- 蒂卡波 (1小时)
-[...25 lines deleted...]
-                湖边矗立着【牧羊人教堂】，这可能是新西兰被拍摄次数最多的教堂，每一个游客的必到之处，教堂由著名建筑师本杰明•伍尔菲尔德•芒福德于1935年建造，其哥特式木结构和石头结构合而为一，在新西兰独一无二。此处可以看到南阿尔卑斯山最壮观的景色。
+                蒂卡波 – 阿卡罗阿 – 基督城
+                <w:br/>
+                早上前往”法式风情”--阿卡罗阿，开始精彩行程：
+                <w:br/>
+                感受浪漫之都法式风情的阿卡罗阿的宁静，坐落在美丽的海港之滨，港口位于一个历经岁月侵蚀的巨型死火山的火山口内，是一座拥有法式建筑以及文化的浪漫小镇，就算你什么都不做，仅仅是坐在港口边的咖啡馆喝一杯发发呆，也是非常惬意的选择！
+                <w:br/>
+                博物馆位于旅游服务中心斜对面，主要介绍阿卡罗阿与班克斯半岛的历史，馆内展出原住民毛利人所遗留的文物、19世纪前期捕鲸的景象以及法国人到此殖民拓荒的历史资料等。此外，可参观园区内1840年建造的兰格瓦•耶特贝诺宅邸。
+                <w:br/>
+                【尊享定制—毛利寻“鲜”之旅】
+                <w:br/>
+                阿卡罗阿游轮码头出发，登上blackmagic号游艇，那是一艘十七米长的双体船，沿着平静的海湾向外出发，船上提供毛利神茶，在毛利眼中能治百病抗风浪，海面平静风景优美，接着就是主题一打捞龙虾笼，因为长年生活于清洁低温的水中，肉质饱满鲜美是不可多得的品种，因为捉的人相对少这里龙虾个大，靠近无人海滩岸边更有毛利水手潜水尝试捉鲍鱼，新西兰黑金鲍，还有机会看到海狗。后带着丰富的渔获返航。行程结束后前往餐厅，在餐厅里将当天渔获的食材来一顿豪横的龙虾大餐。
+                <w:br/>
+                （温馨提示：当天请携带保暖衣物，如有晕船症的客人请自备晕船药，并提前服用）。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：高山景观西式餐     晚餐：自助餐/酒店晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">蒂卡波或特泽维尔或奥玛拉玛：Distinction Mackenzie Country Hotel或同级经济酒店  备注：若蒂卡波湖小镇满房，我司将安排至周边小镇入住</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：泰式午餐     晚餐：渔获海鲜大餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">基督城：Sudima Hotel Christchurch Airport或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                蒂卡波 – 基督城-/-奥克兰	航班：待定
+                基督城-/-奥克兰	航班：待定或第七天早班机
                 <w:br/>
                 早餐后开始今日精彩行程：
                 <w:br/>
                 基督城是新兰南岛第一大城市也是被称为英国以外最具有英国特色的城市，到处是十九世纪典雅建筑。
                 <w:br/>
+                【基督城艺术中心】
+                <w:br/>
+                基督城艺术中心（Te Matatiki Toi Ora The Arts Centre）是基督城核心文化地标，也是新西兰典型的哥特复兴式建筑，前身为坎特伯雷大学旧址，由22座哥特复兴式建筑组成，21 座被列为新西兰一级历史建筑。
+                <w:br/>
+                拍照推荐位：
+                <w:br/>
+                1、	钟楼入口：正面仰拍尖塔与雕花，10:00-11:00 顺光无阴影，可纳入行人与自行车增加动态；
+                <w:br/>
+                2、	大礼堂彩窗：入口处侧拍，10:30-11:00 阳光穿透玻璃，色彩饱和度最高；室内可拍窗影投射墙面；
+                <w:br/>
+                3、	悬浮雕塑《Echo》：庭院中心草坪，低角度仰拍，搭配蓝天与建筑尖顶；避开正午顶光。
+                <w:br/>
                 参观基督城市中心全新【纸教堂】，这个临时性的教堂依靠纸板支撑，却能屹立50年。
                 <w:br/>
                 【海格利公园】
                 <w:br/>
                 前往基督城最大的公园，无论四季海格利公园都有独特的风景，春暖花开，颜色鲜亮的花朵，点缀在生长的树叶间，错落有致；夏日阳光透过高耸的枝叶，洒落在大片绿意盎然的草坪上，嬉笑的孩童，悠然散步的老人，呢喃低语的情侣；黄、绿、红，三色的树叶，随着秋日渐冷，片片飘落在地，靠在树边的长椅上，听听鸟鸣，看看叶落，手中是温热的咖啡，膝上是翻开的书页；冬天的雪，是珍贵的馈赠，白雪皑皑，一片静谧。
                 <w:br/>
                 【蒙娜维尔花园Mona Vale】
                 <w:br/>
                 属典型的传统维多利亚式庄园，美丽的雅芳河（Avon river，也有译为艾芬河）纵贯其间，小溪、别墅、草坪、花园和树林，清雅秀丽，小桥流水，芳草如茵，绿柳垂荫，宛若置身英国剑桥的浪漫气氛，俨然理想的童话世界。
                 <w:br/>
-                【基督城市街头艺术】
-[...1 lines deleted...]
-                2011年遭受大地震重创后，基督城市中心经过重建更加时髦和有创意。漫步在城市街道，欣赏色彩缤纷的壁画，它们讲述着这座城市坚强不屈的精神。
+                【Riverside Market 河滨美食市场】
+                <w:br/>
+                是基督城最新的室内美食市场，拥有40余家餐厅和不同的摊位，提供各种美食和饮料，从当地特色美食到国际美食，应有尽有。你可以享受传统的汉堡包和薯条，也可以品尝到印度、泰国、中国、日本等地的特色美食。你还可以找到各种当地特色美食，例如新西兰奶油饼、南岛草莓、新西兰蜂蜜等等。除了此以外，河滨市场还有许多手工艺品店，这里是基督城中心的一个地标，也是基督城旅游中不容错过的必吃TOP5购物美食景点之一。
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">奥克兰：Holiday Inn Auckland Airport或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1135,178 +1151,182 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 奥克兰 –– 罗托鲁亚（约3.5小时）
                 <w:br/>
-                早餐后前往”地热之城”-罗托鲁亚，开始今日精彩之旅：
-[...1 lines deleted...]
-                罗托鲁亚坐落在火山多发区，全市遍布热泉，市郊被森林环绕，有16个湖泊在罗托鲁亚附近；罗托鲁亚以地热温泉、泥浆池、毛利文化而吸引众多游客。是北岛不可错过的一个旅游目的地。今天将带各位领略这“毛利之乡”的风土人情。
+                早餐后开始今日精彩行程：
                 <w:br/>
                 【蓝泉（Blue Spring）】
                 <w:br/>
                 蓝泉是世界上最纯净的水源地。澄澈湛蓝的泉水从地层深处经过50至100年才能涌出地表。其流量每分钟42立方米，相当于每分钟9240加仑，可在12分钟内填满一个长25米、拥有6个泳道的游泳池！这里的泉水需50至100年才能到达地表，现在已有部分泉水被灌装并冠以Pump’品牌进行销售。蓝绿是蓝泉主色调，草树斑斓、流清澈底，水中萍藻的深褐映衬出晶晶的一抹湖蓝，随着时间还有变幻。
                 <w:br/>
+                【天然氧吧—红木森林公园】
+                <w:br/>
+                红树林被称为天然氧吧，这里有着最纯净的空气，新西兰人喜爱在这里休闲和运动。走进树林，树木高耸，遮天蔽日，地上落叶松软。清晨去逛一逛，空气中饱和的负离子让人的皮肤都润滑起来。红树林里面的树非常的粗壮 茂密，最引人注目的是七姐妹，一颗根上长了七个树干。各自开枝散叶。在红木森林中最引人注目的植物之一就是蕨类植物，尤其是蕨类当中的银蕨(The Ponga) 。在红木森林的一些较短的步道中，你可能会看到苍头燕雀、乌鸫、灰胸绣眼鸟。当中好奇又友好的扇尾鹟可能会跟随着你一起散步。
+                <w:br/>
+                【政府花园】
+                <w:br/>
+                在园里面的各种漂亮花蕊与植物，连同古朴的建筑构成一副英国乡村风情的油画。
+                <w:br/>
                 新西兰最缤纷多彩的地热景点【怀欧塔普地热公园】——这里由于地热活动而形成了独特的地貌，细细品味这些经过千万年才形成的奇观，园内有全球知名的香槟池（Champagne Pool）——天然的彩色温泉、气泡翻滚的泥浆池、蒸汽腾腾的地面、广阔的全景风光、巨大的火山口以及矿物沉淀的五彩台地，也是明星刘诗诗和吴奇隆拍摄婚纱照的地方。
                 <w:br/>
-                【政府花园】
-[...5 lines deleted...]
-                这个美丽的湖泊曾有一段惊心动魄的历史。大约20万年前，这里发生了一场巨大的火山爆发，火山喷发后，罗托鲁瓦地区（Rotorua region）下面的一个岩浆房坍塌。这次坍塌形成了一个宽16公里的圆形火山口，雨水将火山口灌满之后就形成了北岛的第二大湖。罗托鲁瓦湖（Lake Rotorua）下方即其周围的地热活动一直持续不断。地热蒸汽不断在湖边萦绕，湖水中硫磺的含量很高，因此形成了一种神奇的绿蓝色颜色。
+                【波利尼西亚温泉浴场Polynesian Spa 成人池 12岁或以上】 
+                <w:br/>
+                ——它是探险者杂志票选出来的世界十大温泉水疗中心之一，是新西兰第一个国际级的温泉中心。波利尼西亚温泉的地热矿泉水是由酸、碱两眼天然泉井所提供的，酸泉是硫磺泉，对肌肉关节等有一定的理疗功能，碱性泉水则可安神休脑。这是一个广受欢迎的成人浴区提供了7个热矿温泉池，其中6个可以近观到罗托鲁阿湖景。成人温泉池包括1个大型池，3个阶梯型池和3个有自然理疗功能并且极具盛名的神父温泉池。
+                <w:br/>
+                备注：由于温泉项目属于赠送项目，若客人自身原因不参加，视为自行放弃，无费用可退。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：海参花胶鲍鱼汤+鹿肉养生餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">罗托鲁亚：Distinction hotel Rotorua或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">罗托鲁亚：Sudima Hotel Lake Rotorua或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 罗托鲁亚 – 奥克兰（约3.5小时）
                 <w:br/>
                 早餐后开始今日精彩行程：
                 <w:br/>
-                【天然氧吧—红木森林公园】
-[...1 lines deleted...]
-                红树林被称为天然氧吧，这里有着最纯净的空气，新西兰人喜爱在这里休闲和运动。走进树林，树木高耸，遮天蔽日，地上落叶松软。清晨去逛一逛，空气中饱和的负离子让人的皮肤都润滑起来。红树林里面的树非常的粗壮 茂密，最引人注目的是七姐妹，一颗根上长了七个树干。各自开枝散叶。在红木森林中最引人注目的植物之一就是蕨类植物，尤其是蕨类当中的银蕨(The Ponga) 。在红木森林的一些较短的步道中，你可能会看到苍头燕雀、乌鸫、灰胸绣眼鸟。当中好奇又友好的扇尾鹟可能会跟随着你一起散步。
+                【罗托鲁瓦湖】
+                <w:br/>
+                这个美丽的湖泊曾有一段惊心动魄的历史。大约20万年前，这里发生了一场巨大的火山爆发，火山喷发后，罗托鲁瓦地区（Rotorua region）下面的一个岩浆房坍塌。这次坍塌形成了一个宽16公里的圆形火山口，雨水将火山口灌满之后就形成了北岛的第二大湖。罗托鲁瓦湖（Lake Rotorua）下方即其周围的地热活动一直持续不断。地热蒸汽不断在湖边萦绕，湖水中硫磺的含量很高，因此形成了一种神奇的绿蓝色颜色。
                 <w:br/>
                 【爱歌顿农庄】
                 <w:br/>
                 爱歌顿农庄面积为350英亩 (即135公顷)，是新西兰面积超大的观光牧场。在这您将有机会见到19种不同品种的羊，小绵羊被主人抓住后蜷成一团，呆若木鸡的样子绝对会把你逗乐。乘坐特制的大型拖拉机，欣赏满目的农场风光，亲手喂梅花鹿、乳牛、驼鸟、驼羊……亲身体验真正的牧场生活，参与内容丰富的户外活动，后继续参观牧场的羊毛展示中心了解一下这些可爱的动物们的毛剪下来之后当地人是做成什么的。
                 <w:br/>
                 【蒂劳镇(Tirau)】
                 <w:br/>
                 因其波纹铁板"艺术建筑"而闻名。只须寻找外观看似羊、狗的波纹铁建筑。这个小镇有点古怪、有点有趣！波纹铁板是新西兰建筑物的典型材料，但是它也可以作为一个创造性的介质材料。其他商号，加油站、修车房、学校、图书馆甚至政府建筑，都纷纷以波浪状铁皮造成各种相应的广告作招徕。他们有花卉、书本、树木、猫狗、汽车、冰淇淋、雀鸟.....不一而足，皆造型卡通，得意有趣。还吸引了明星来此拍婚纱照.....
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：BBQ自助餐     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：BBQ自助餐     晚餐：花胶鱼肚羹+海鲜黑金鲍养生餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">奥克兰：Holiday Inn Auckland Airport或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1323,94 +1343,90 @@
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 奥克兰（3.5h）-/-深圳	航班：HU7932/2050-0500+1
                 <w:br/>
                 早餐开始今日精彩之旅：
                 <w:br/>
                 奥克兰是新西兰的一个都会区，，为新西兰人囗最多的城市，也是北岛最大的城市。奥克兰被称为“帆之都”，同时也是新西兰工业和商业中心。现今的奥克兰仍然为新西兰最发达的地区之一，同时也是南太平洋的枢纽。在2021年的世界最佳居住城市评选中，奥克兰排名全球榜首。
                 <w:br/>
-                【德文港（Devonport）】
-[...2 lines deleted...]
-                <w:br/>
                 【奥克兰海港大桥】
                 <w:br/>
                 奥克兰海港大桥是奥克兰极富代表性的一处景致。大桥连接奥克兰最繁忙的港口两岸，全长1020米。海港大桥与停泊在奥克兰艇俱乐部的万柱桅杆，组成了一幅壮观美丽的图画。
                 <w:br/>
                 【工党纪念碑】 
                 <w:br/>
                 工党纪念碑坐落于迈克尔•乔瑟夫公园，迈克尔•乔瑟夫公园是一个修剪得非常整齐的公园。这个公园是为纪念新西兰第23任首相，也是工党一任领袖迈克尔•乔瑟夫•萨文奇而建的。
                 <w:br/>
                 【中央公园】
                 <w:br/>
                 奥克兰中央公园是奥克兰最古老的公园，坐落在新西兰的奥克兰市中心，位于皇后街南方，以巨大的草坪、露天剧场、温室花园，精美的雕塑和博物馆而闻名。奥克兰是一个令人放松的城市，可以在这里走来走去、发发呆、养养神。带着小朋友来参观博物馆，来这里散步、逗逗鸭子，观赏各种花卉，站在博物馆门前欣赏远处风景、或者躺在草坪欣赏蓝天白云，其乐无穷。
                 <w:br/>
                 【帆船码头】 
                 <w:br/>
                 奥克兰帆船码头位于奥克兰市中心海岸，是著名的旅游景点之一。港口内万柱桅杆挺立，各式各样的帆船整齐比排列着，风景独别有一方新意。
                 <w:br/>
                 【伊甸山】
                 <w:br/>
                 位于奥克兰最高的火山口大洞，洞里覆满了一层天然草皮，远看很像外星大坑。伊甸山与附近的独树山(One Tree hill)一样，可以远眺奥克兰市中心与港湾，可以清楚的看到市中心的天空塔与Rangitoto火山，俯瞰整个奥克兰市区。
                 <w:br/>
                 交通：飞机，专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：日式铁板烧     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：日式铁板烧     晚餐：机上晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">飞机上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1541,51 +1557,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.	团队经济舱机票费用及境外机场税、航空燃油税
                 <w:br/>
                 2.	代办本次行程ADS团队签证费用
                 <w:br/>
                 3.	全程经济或豪华酒店双人标准间住宿，新西兰部分酒店标间为大小床，属正常情况
                 <w:br/>
                 4.	团队行程期间的空调巴士接送费用
                 <w:br/>
                 5.	行程中标注包含的景点首道门票费用
                 <w:br/>
-                6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐8菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐35纽币/餐/人，14正7早
+                6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐8菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐35纽币/餐/人，12正7早
                 <w:br/>
                 7.	旅行社责任险。（旅游意外险不含，建议出行前自行按需购买个人出境旅游意外险！）
                 <w:br/>
                 8. 小孩收费：
                 <w:br/>
                 2-11周岁的小孩收费。含澳洲团队旅游签证费、提供机位、车位、餐位、景点及小费，不含酒店住宿床位，不含酒店早餐盒安排。
                 <w:br/>
                  12岁以下不占床小童收到成人价的90%团款，12岁以下占床小童收取成人价格；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1609,51 +1625,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.   个人旅游意外保险费、新冠保险和航空保险费；
                 <w:br/>
                 2.   行程表以外活动项目所需的费用，【推荐自费项目表】作为行程附件请另外下载；
                 <w:br/>
                 3.   出入境行李的海关税、搬运费、保管费和超重；
                 <w:br/>
                 4.   酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 5.   其他私人性开支（护照办理费用、行程外的交通费、洗衣、电话、酒水、单房）；
                 <w:br/>
                 6.   其他未约定由旅行社支付的费用：单房差￥3800/人（7晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅。
                 <w:br/>
-                7. 全程服务费￥800/人（出团时机场现付，领队代收，大小同价）。
+                7. 全程服务费￥1000/人（报名时交齐，大小同价）。
                 <w:br/>
                 特别备注：A：持ADS签证，旅途中不可离团
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -2021,51 +2037,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-06</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>