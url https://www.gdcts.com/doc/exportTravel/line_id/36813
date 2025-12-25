--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【新年游美墨】美国东西岸全景臻选四钻16天（CX）行程单</w:t>
+        <w:t xml:space="preserve">【新年游美墨】美国东西岸全景臻选16天（CX）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -711,51 +711,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sheraton Edison Hotel Raritan Center//DoubleTree by Hilton Somerset Hotel and Conference Center//Crowne Plaza Newark Airport或同级</w:t>
+              <w:t xml:space="preserve">Quality Inn Edison-New Brunswick//Holiday Inn South Plainfield Piscataway//La Quinta Inn &amp; Suites by Wyndham Clifton/Rutherford或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -801,51 +801,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sheraton Edison Hotel Raritan Center//DoubleTree by Hilton Somerset Hotel and Conference Center//Crowne Plaza Newark Airport或同级</w:t>
+              <w:t xml:space="preserve">Quality Inn Edison-New Brunswick//Holiday Inn South Plainfield Piscataway//La Quinta Inn &amp; Suites by Wyndham Clifton/Rutherford或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -889,51 +889,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sheraton Edison Hotel Raritan Center//DoubleTree by Hilton Somerset Hotel and Conference Center//Crowne Plaza Newark Airport或同级</w:t>
+              <w:t xml:space="preserve">Quality Inn Edison-New Brunswick//Holiday Inn South Plainfield Piscataway//La Quinta Inn &amp; Suites by Wyndham Clifton/Rutherford或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -981,51 +981,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DoubleTree by Hilton Hotel Sterling - Dulles Airport//Crowne Plaza Dulles Airport//Hilton Washington Dulles Airport或同级</w:t>
+              <w:t xml:space="preserve">Comfort Inn Gaithersburg//Comfort Suites Manassas Battlefield Park//Comfort Inn College Park North或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1061,51 +1061,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hyatt Regency Buffalo//Sheraton Niagara Falls//DoubleTree by Hilton Hotel Buffalo - Amherst或同级</w:t>
+              <w:t xml:space="preserve">Sleep Inn &amp; Suites Buffalo Airport//Comfort Inn University Buffalo//M Hotel Buffalo或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1174,51 +1174,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：特色晚餐【新年晚宴】   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">The LINQ Hotel &amp; Casino - A Caesars Rewards Destination//Flamingo Las Vegas Hotel &amp; Casino// Rio Hotel &amp; Casino, a Destination by Hyatt Hotel或同级</w:t>
+              <w:t xml:space="preserve">Palace Station Hotel &amp; Casino//Boulder Station Hotel and Casino//Circus Circus Hotel and Casino或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1256,51 +1256,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Best Western Red Hills//La Quinta Inn &amp; Suites by Wyndham Kanab//Days Inn &amp; Suites by Wyndham Kanab或同级（山地小镇安排高级酒店）</w:t>
+              <w:t xml:space="preserve">Best Western Red Hills//La Quinta Inn &amp; Suites by Wyndham Kanab//Days Inn &amp; Suites by Wyndham Kanab或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1342,51 +1342,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Baymont by Wyndham Flagstaff//Ramada by Wyndham Flagstaff East//SureStay by Best Western Williams - Grand Canyon或同级（山地小镇安排高级酒店）</w:t>
+              <w:t xml:space="preserve">Baymont by Wyndham Flagstaff//Ramada by Wyndham Flagstaff East//SureStay by Best Western Williams - Grand Canyon或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1428,51 +1428,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Harrah’s Laughlin - A Caesars Rewards Destination//Golden Nugget Laughlin或同级</w:t>
+              <w:t xml:space="preserve">Golden Nugget Laughlin//Laughlin River Lodge//Tropicana Laughlin - A Caesars Rewards Destination或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1508,51 +1508,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DoubleTree by Hilton Hotel Los Angeles – Rosemead// DoubleTree by Hilton Hotel Carson// Millennium Biltmore Los Angeles或同级</w:t>
+              <w:t xml:space="preserve">La Quinta by Wyndham Pomona//Quality Inn &amp; Suites Montebello//Surestay Plus By Best Western Upland Ontario North或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1592,51 +1592,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：特色晚餐【墨西哥牛肉TACO】   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DoubleTree by Hilton Hotel Los Angeles – Rosemead// DoubleTree by Hilton Hotel Carson// Millennium Biltmore Los Angeles或同级</w:t>
+              <w:t xml:space="preserve">La Quinta by Wyndham Pomona//Quality Inn &amp; Suites Montebello//Surestay Plus By Best Western Upland Ontario North或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1686,51 +1686,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：特色午餐【加州明星汉堡IN-N-OUT】     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Quinta Inn &amp; Suites by Wyndham Paso Robles//Holiday Inn Express &amp; Suites Atascadero//Best Western Plus Big America或同级（山地小镇安排高级酒店）</w:t>
+              <w:t xml:space="preserve">La Quinta Inn &amp; Suites by Wyndham Paso Robles//Holiday Inn Express &amp; Suites Atascadero//Best Western Plus Big America或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2273,51 +2273,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-05</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>