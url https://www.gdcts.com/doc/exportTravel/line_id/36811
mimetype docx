--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【冰雪印记】东北双飞6天∣冰城哈尔滨∣现实版“狗熊岭”·中国雪乡∣亚布力滑雪∣小韩国延吉∣∣长白山天池∣奢享长白温泉∣吉林雾凇∣长白岛观鸟∣东北大秧歌∣花车巡游∣朝鲜民俗村（深航哈进长出）行程单</w:t>
+        <w:t xml:space="preserve">寒假春节【冰雪印记】东北双飞6天∣冰城哈尔滨∣现实版“狗熊岭”·中国雪乡∣亚布力滑雪∣小韩国延吉∣∣长白山天池∣奢享长白温泉∣吉林雾凇∣长白岛观鸟∣东北大秧歌∣花车巡游∣朝鲜民俗村（哈进长出/长进哈出）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -343,71 +343,67 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州出发  深航·哈尔滨进长春出6日  逢周一/五出发
-[...17 lines deleted...]
-                ——实际航班以出票为准，仅供参考！
+                广州出发  南航·哈尔滨进长春出6天  逢周五/六出发
+                <w:br/>
+                广州—哈尔滨 CZ3615/7:40-11:55，
+                <w:br/>
+                长春—广州/CZ6377/19:00-23:55；往返直飞
+                <w:br/>
+                <w:br/>
+                广州出发  南航·长春进哈尔滨出6天  逢周二/六出发
+                <w:br/>
+                广州—长春 CZ6276 /07:45-12:00，
+                <w:br/>
+                 哈尔滨—广州CZ3624/19:30-0:35+1；往返直飞
+                <w:br/>
                 <w:br/>
                 ——特别注意：团费是不含机场建设费和燃油费 ；报名的时候需要收取，详情价格见团期价格和附加项目。
+                <w:br/>
+                ——实际航班以最终团队出票为准！仅供参考！此团的进出港航班可能是长春进哈尔滨出，或是哈尔滨进长春出，在不影响行程和接待标准的前提下进行游览顺序的调整，特此说明。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -455,50 +451,52 @@
                 不出国门也能感受异国风情，感受浓郁朝鲜族文化，寻味朝鲜风味美食；
                 <w:br/>
                 ★冰雪奇缘—吉林雾凇
                 <w:br/>
                 四大自然奇观之一，感受“园林日出静无风，雾凇花开树树同”的景象；
                 <w:br/>
                 ★上帝视觉—雪地航拍
                 <w:br/>
                 俯瞰冰雪全景，赠送航拍视频，定格冰雪里的童话世界，刷爆抖音炫酷朋友圈；
                 <w:br/>
                 ★雪色浪漫—泼水成冰
                 <w:br/>
                 当水蒸气遇冷迅速凝华成冰晶，一瞬间如炸开一朵烟花；
                 <w:br/>
                 ★冰火两重天—长白温泉
                 <w:br/>
                 必体验【冬日温泉】，热气腾腾的温泉跟冰冷的空气形成鲜明的对比，感受冰火两重天的刺激与快感；
                 <w:br/>
                 ★豪华住宿：夜宿1晚童话雪乡+1晚长白山二道白河网评四钻温泉酒店+3晚网评三钻酒店，享泡【长白矿物温泉】；
                 <w:br/>
                 ★地道美食：满族乌拉火锅、长白山珍宴、东北农家菜、特色杀猪菜、五谷丰登宴、粘豆包；
                 <w:br/>
                 ★尊享服务：全程旅游车，一团一导，优质服务不间断；
                 <w:br/>
                 ★贴心赠送：生日惊喜，凡团上过生日的团友，安排生日蛋糕或小礼品一份；
+                <w:br/>
+                ★新春贺礼：每人送【开运大红包】、东北特色年夜饭（限春节2月16日除夕-2月22日初六期间在东北的团队）！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -712,53 +710,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 哈尔滨（行车约3.5小时）亚布力（行车约1.5小时）雪乡
                 <w:br/>
                 早餐后，乘车穿行在纯洁的冰雪童话王国-亚雪公路，前往现实版“狗熊岭”——中国雪乡；
                 <w:br/>
                 ▷亚冬会举办地、中国最大的国际级【亚布力滑雪度假区】，欣赏千里冰封、万里雪飘的北国风光，了解亚布力的来源及发展、聆听灵芝女与好汉的动人传说，欣赏雪山圣景。观石海、偃松、俯看林海雪原。
                 <w:br/>
                 ▷【亚布力滑雪场滑雪】(含3小时初级滑雪，以开卡取雪具开始计时，含雪板、雪鞋、雪杖，为安全起见，建议初学者请教练)、【嬉雪】、【赏雪】的乐趣，除滑雪外，雪场还有雪地摩托、马拉爬犁、滑轮胎等供游客自行消费娱乐，尽情享受冰雪项目的刺激与快乐。
                 <w:br/>
                 备注：①滑雪教练在您滑雪时自我推荐，是否需要请自行根据实际情况掌握。如果您请了教练教授您滑雪技巧，期间教练可能会向您索要小费，请据自身实际情况决定是否给予，小费是客人自愿的，如果不想给是可以不给的哦！
                 <w:br/>
-                ②如【亚布力滑雪场】未营业，则前往【哈尔滨融创滑雪场】滑雪，无费用差价退还，恕不另行通知，请知悉！
-[...1 lines deleted...]
-                ▷乘车前往【哈尔滨融创雪世界】（含初级滑雪2小时，滑雪用具含：雪板、雪鞋、雪杖）它是世界最大的室内滑雪场，建筑面积8万平米，比9个足球场还要大，可以容纳3000人同时滑雪。滑雪乐园最长的雪道有500米长，雪道的垂直落差达到80米。由美国Acer Snowmec公司担纲设计，多项指标都是世界第一，是第四代室内滑雪乐园的代表作。它采用独有的双层保温体系，保证室内温度控制在零下六度。而上百台强力制冷造雪机组制造出的真雪，则让您真正置身于白雪皑皑的雪山之中！
                 <w:br/>
                 ▷沿着《悬崖之上》取景地——【冰雪王国-亚雪公路】前往中国童话雪乡，【大秃顶子山】（车观）名副其实，形状如“馒头”，山顶是一片平地，几乎没有树，都是低矮的花草，这里是高山植物的宝库和野生动物的摇篮。雾凇、雪山、雪松、画廊般满目的玉树，美不胜收！
                 <w:br/>
                 ▷途中打卡【网红音乐公路】（部分路段，具体音效请以实际为准）“一路雪花相拥来，有微笑天地开，暖暖的阳光多可爱，把世界牵起来……”亚雪因其独特的音乐公路设计成为了一大亮点。
                 <w:br/>
                 ▷梦中的冰雪童话世界，现实版“狗熊岭”—【中国雪乡】（区间车15元/次往返请自理，具体景色视实际天气情况而定，无法人为控制，如遇雪景不理想，敬请理解）沿途、欣赏银装素裹，白雪皑皑林海雪原风光。
                 <w:br/>
                 ▷【夜幕下的雪乡】观雪韵大街，黄昏时分，欣赏在盏盏红灯笼点缀下的雪乡美丽朦胧夜色、看袅袅炊烟。当夜幕降临，红彤彤的大灯笼全都亮起来，雪乡进入了另一个世界。
                 <w:br/>
                 ▷【东北大秧歌】 最具地方特色的休闲生活方式，为整个雪乡增添了浓厚的节日氛围；
                 <w:br/>
                 ▷【雪地蹦迪派对】 民俗街尽头的大舞台上，DJ 带动气氛，劲爆的鼓点和动感的音乐响起，台下人群密集，大家热情高涨，即使在零下二三十度的低温下，人们也丝毫不惧寒冷，人头攒动，堪称万人蹦迪的壮观场面，有人戏称“每天都像在过年”；
                 <w:br/>
                 ▷【花车巡游】 花车装饰着绚丽的灯光和精美的冰雪元素，在雪乡的街道上缓缓行驶，营造出浪漫而梦幻的氛围。
                 <w:br/>
                 （以上活动根据天气和景区实际情况，由雪乡管委会统一安排，如临时取消无费用退还，恕不另行通知！）
                 <w:br/>
                 ▷独家赠送【雪地航拍】（赠送项目，视天气情况而定，如天气情况不允许无人机户外飞行无法航拍，无费用退还），定格冰雪里的童话世界。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.天气寒冷，小伙伴不太适应东北的饮食，对于一些生冷的食品不要过多食用，多咨询导游；
                 <w:br/>
                 2.雪乡条件有限，入住农家炕，可能感觉会比较干燥，请准备饮用水放在炕头，以便随时饮用。虽已为您精选了特色暖炕，但建议睡惯了柔软床垫的您不要抱有太高期望哦，以免产生落差会失望。比较爱干净的或有轻微洁癖的小伙伴们自带一套床单或睡袋，以备不时需，请自备洗漱用品，无一次性拖鞋；
@@ -2413,51 +2408,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-06</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>