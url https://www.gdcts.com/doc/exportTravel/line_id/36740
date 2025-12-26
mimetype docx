--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -410,51 +410,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、川航宽体A350豪华客机，成都往返直飞美国，全国免费联运！
                 <w:br/>
                 2、八大名城：纽约/费城/华盛顿/水牛城/拉斯维加斯/圣地亚哥/洛杉矶/旧金山
                 <w:br/>
                 3、六大国家公园：拱门/峡谷地/布莱斯峡谷/锡安/约书亚树/纪念碑谷
                 <w:br/>
                 4、四大西部小镇：卡梅尔/丹麦村/塞利格曼/金曼
                 <w:br/>
                 5、三大知名公路：一号公路/66号公路/犹他州163号公路
                 <w:br/>
                 6、亲临雷神之水【尼亚加拉大瀑布】
                 <w:br/>
                 6、全程包含23顿正餐，出行无忧！
                 <w:br/>
                 7、两顿特色餐：墨西哥TACO、IN&amp;OUT网红汉堡
                 <w:br/>
-                8、不进购物村
+                8、不进购物店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -2289,50 +2289,735 @@
                 <w:br/>
                 2.全程单房差人民币7600元/人（分房以同性客人住一房为原则，如需住单人间，报名时应提出申请，并补交单房差）；
                 <w:br/>
                 3.美国签证费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费；EVUS更新费；
                 <w:br/>
                 4.中国国内段地面交通；
                 <w:br/>
                 5.在机场内转机、候机及在飞机上时间及自由活动期间用餐由客人自理。(在美国内陆的航班不提供免费的飞机餐)；
                 <w:br/>
                 6.美国内陆段行李托运费；
                 <w:br/>
                 7.由客人原因引起的司导超时工作费（10 小时外司导超时工作费 200 美元/小时）；
                 <w:br/>
                 8.一切私人费用（例如洗衣、电话、传真、上网、收费电视节目、游戏、宵夜、酒水、邮寄、机场和酒店行李搬运服务、购物、行程列明以外的用餐或宴请等费用）；
                 <w:br/>
                 9.购物项目：行程内经过的景区商店、餐厅、商场、奥特莱斯、集市、中途休息站等商店不属于旅游定点购物店，若游客在此类购物店所购买的商品出现质量问题，旅行社不承担任何责任；
                 <w:br/>
                 10.旅游者因滞留，以及违游览约、自身过错、自由活动期间内行为或自身疾病引起的人身和财产损失；
                 <w:br/>
                 11.如酒店内严禁吸烟，如有违反规定，酒店将根据有关禁烟法律进行罚款（美国 USD300 不等）。
                 <w:br/>
                 12.非我社所能控制因素下引起的额外费用，如因交通延误、战争、政变、罢工、自然灾害飞机故障、航班取消或更改时间等不可抗力原因所致的额外费用；
                 <w:br/>
                 13.费用包含中未提及的其他一切费用。
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">纽约城市夜景游</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                *费用包含：门票费+交通费+导游服务费
+                <w:br/>
+                *成行人数：10人或以上
+                <w:br/>
+                *活动时间：约2小时
+                <w:br/>
+                【洛克菲勒登顶】饱览中央公园（Central Park）和纽约（New York）所有五个行政区的壮丽景色，从这里可以看到帝国大厦的全景。
+                <w:br/>
+                【时代广场夜景】时代广场是纽约的心脏，白天充满活力，晚上则璀璨夺目!夜晚的霓虹灯和广告牌让时代广场变得如梦似幻，拍照绝对出片！
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">120 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$(美元) 110.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">拉斯维加斯夜游</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                *费用包含：交通费+服务费用
+                <w:br/>
+                *成行人数：10人或以上
+                <w:br/>
+                *活动时间：约2小时
+                <w:br/>
+                *百乐宫酒店内的琉璃花顶和巧克力瀑布、酒店外的音乐喷泉、在拉斯维加斯的发源地-弗雷蒙特街，欣赏激光镭射天幕表演及各种街头艺人的表演，以及外观新晋网红景点-拉斯维加斯新地标MSG  Sphere。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">120 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$(美元) 80.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">科罗拉多大峡谷-南峡</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                *费用包含：门票费+交通费+服务费用
+                <w:br/>
+                *成行人数：10人或以上
+                <w:br/>
+                *活动时间：约1.5-2小时
+                <w:br/>
+                *科罗拉多大峡谷位于美国亚利桑那州，是地球上最壮观的自然景观之一。这个大峡谷是由科罗拉多河数百万年的侵蚀作用形成的，总长度达到惊人的446公里（277英里），最宽处有29公里（18英里），而最深处更是深达1,857米（6,093英尺）。它以其独特的自然美景和多样化的地貌特征而闻名。峡谷内部包含了悬崖、峭壁、岩层、岩柱和陡峭的峡谷壁，每一处都展现出大自然的鬼斧神工。无论是站在边缘远眺，还是深入其中探险，科罗拉多大峡谷都会让你感受到大自然的震撼与美丽。它不仅是地理学家和自然爱好者的天堂，也是每一位游客都不容错过的奇观。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$(美元) 260.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">羚羊峡谷+马蹄湾</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                *费用包含：门票费+交通费+服务费用
+                <w:br/>
+                *成行人数：10人或以上
+                <w:br/>
+                *活动时间：约1.5小时
+                <w:br/>
+                *羚羊峡谷位于印第安人保护区，被称为全球十大地质奇观之一，是世界上著名的狭缝型峡谷之一，也是著名的摄影景点。当人们深入谷底则会发现谷壁岩石表面像被精心打磨，纹层顺着岩壁流淌，如同万年前的波浪被定格在这峡谷中。阳光从峡谷顶部进入，幻化出奇异的色彩。当你深入谷底，彩穴的奇幻让你目不暇接，你仿佛进入了一个美妙的艺术宫殿。谷壁看似轻柔，红色沙岩的纹理顺着岩壁流淌，象一个魔术师奇妙的变幻出不可思议的柔美曲线，或明或暗，尤如一幅任人暇想的抽象画卷。
+                <w:br/>
+                *马蹄湾是科罗拉多河在亚利桑那州境内的一截U形的河道，由于河湾环绕的巨岩形似马蹄，所以叫作了“马蹄湾”，也有人叫它科罗拉多河的大拐弯。300多尺垂直落差，270度U型弯道，蓝天碧水红岩，构成气势滂沱的无敌奇景。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$(美元) 260.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">墨西哥蒂华纳边境游</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                *费用包含：交通费+服务费
+                <w:br/>
+                *成行人数：10人或以上
+                <w:br/>
+                *活动时间：约3小时
+                <w:br/>
+                *墨西哥蒂华纳边境游：作为美国墨西哥两国间的门户之城，【蒂华纳】承载了沉重的历史意义。我们游览著名的【革命大道】，这里汇集了琳琅满目的墨西哥特色手工艺品和美食，之后在蒂华纳的地标【白色拱门】打卡留念。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">180 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$(美元) 100.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">洛杉矶深度游</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                *费用包含：交通费+服务费用+一顿晚餐
+                <w:br/>
+                *成行人数：10 人或以上
+                <w:br/>
+                *活动时间：约7-8小时
+                <w:br/>
+                【加密网竞技场】美国NBA洛杉矶湖人队主场（前身是斯台普斯中心），自1999年正式启用。这座建筑的设计灵感源自古希腊罗马的建筑风格，拥有独特的穹顶和宏伟的外观。它不仅是体育赛事的重要场所，更是举办演唱会、颁奖典礼和其他大型活动的理想之地。
+                <w:br/>
+                【比华利山庄】是洛杉矶著名的豪华住宅区与商业中心，以高端购物、明星聚居和标志性棕榈树景观闻名，其核心区域罗迪欧大道（Rodeo Drive）汇聚全球顶级奢侈品牌。比华利山庄被誉为明星与富豪的梦幻之地，来此就如同置身于一个奢华与荣耀的世界，体验一种独特而迷人的氛围。
+                <w:br/>
+                【格里菲斯天文台】世界著名的天文台之一，位于洛杉矶城中心西北方向的山上，与好莱坞山Hollywood  Hills遥遥相对。它是洛杉矶的标志性建筑，也是电影《霹雳娇娃2》和《爱乐之城》的外景地。
+                <w:br/>
+                【加州大学洛杉矶分校】坐落于洛杉矶西木区的加州大学洛杉矶分校，这所创建于1919年的顶级学府，以其激烈竞争著称—录取率低至11%，在校学生总数达46,678名。这裡是学术卓越与校园美景的理想融合地！
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">420 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$(美元) 180.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">好莱坞环球影城一日游</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                *费用包含：门票费+交通费+服务费用
+                <w:br/>
+                *成行人数：10人或以上
+                <w:br/>
+                *活动时间约6小时
+                <w:br/>
+                *好莱坞，人类的造梦机器，世界电影的轴心。好莱坞的电影人制作的大片中，不乏震撼人心的宏大场面，在好莱坞环球影城，就可走入电影，亲身感受这一切。好莱坞环球影城会给您一个独一无二的游乐体验。探索好莱坞最著名的户外场景之一，一窥电影制作幕后的秘密，传奇的影城之旅充满了新鲜刺激。走进ABC频道非常叫座的电视连续剧“绝望主妇”以及像“世界大战” 、“金刚”、全新压轴大戏–“速度与激情–超动力”等大片的世界，到哈利波特的魔法世界探索霍格沃茨™城堡的重重迷云，乘坐全新的《神偷奶爸小黄人3D虚拟过山车》加入小黄人的行列，功夫熊猫让阿宝带你走进梦工厂剧院，近距离领略大片中的特效场景。“金刚360度3D”是好莱坞环球影城独家开展的世界上最壮观、最惊心动魄的3D体验之一。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">420 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$(美元) 250.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2456,51 +3141,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2644,50 +3329,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>