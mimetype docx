--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【冰雪壹号】东北双飞6天 丨 哈亚雪+绝美圣景长白山丨童话雪乡丨二浪河新雪乡丨亚布力滑雪丨泡天然温泉丨朝鲜民俗体验丨魔界漂流丨 参考港口（长进哈出）行程单</w:t>
+        <w:t xml:space="preserve">【冰雪壹号】东北双飞6天 丨 哈亚雪+绝美圣景长白山丨童话雪乡丨二浪河新雪乡丨亚布力滑雪丨泡天然温泉丨朝鲜民俗体验丨魔界漂流丨 长进哈出行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">LT-20251029-3</w:t>
+              <w:t xml:space="preserve">LT-20251126-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -355,50 +355,57 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 长春进哈尔滨出（6天：逢周一、五出发）
                 <w:br/>
                 第一天： 广州-长春   CZ6276  07:45-12:00
                 <w:br/>
                 第六天：哈尔滨-广州 CZ3624 19:30-00:35+1天
                 <w:br/>
                 <w:br/>
                 哈尔滨进长春出（6天：逢周三出发）
                 <w:br/>
                 第一天：CZ3615 广州-哈尔滨  07:40 11:55
                 <w:br/>
                 第六天：CZ6377  长春-广州    18:55 23:50
+                <w:br/>
+                <w:br/>
+                参考航班：逢周六出发
+                <w:br/>
+                第一天：CZ3905 广州-哈尔滨 20:00 00:10+1
+                <w:br/>
+                第七天：CZ6275 长春-广州 17:40 22:35
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -578,60 +585,60 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第一天：广州（飞行约4h）长春（约1.5h）吉林
+                广州（飞行约4h）长春（约1.5h）吉林
                 <w:br/>
                 上午：请各位贵宾于指定时间自行前往机场集合，乘机前往长春龙嘉机场。
                 <w:br/>
                 下午：抵达后，乘车游览长春【这有山，把大山装进盒子的沉浸式商场】（游览60分钟）这有山，一座别有洞天的山。只有上山的人，没有下山的神，灯火通明山涧处，乱接转角宝玉出。利用山坡和山洞两种不同的建筑形式和风格进行设计，并布局了多个建筑景点，成功打造出了具有强烈年代感的现代山丘景区小镇。游览【南湖公园】（游览60分钟）：伪满时期的皇家公园，是东北最大的市内公园，为全国第二大园，仅次动花样繁多。【长影旧址外观】----蕴含着丰富的内涵，浓缩里电影的历史与文化，如果你喜欢电影，喜欢历史。一幕幕老电影，那些经典的片段，在历史的长河里留下璀璨印记《五朵金花》、《上甘岭》、《英雄儿女》、《刘三姐》，《白毛女》等一大批耳熟能详的优秀作品影响了几代人的成长,乘旅游车前往吉林，跟随导游补齐装备（贴心享受特别赠送的防寒三宝），各位贵宾可以根据个人情况再适当添补保暖装备。后游览【吉林松花江夜景】（游览30分钟），游览有“小外滩”之称的松江中路、天主教堂外观、摇撸人、世纪广场，远观东北第一座斜拉式吊桥——临江门大桥，松江中路是吉林市最早的沿江马路，对于吉林市人来说，松花江是他们生命中的一部分，这也许是世界上所有临江城市居民的一个习惯。它完全没有漓江的娇媚和秀丽，少了长江的浩瀚和神气，不比黄河的霸气和厚重。远观，就像一个蓝色彩缎，温润怡情，柔软宁静，端放在长白山脉的峡谷和平原上，荡漾着时光的流长，不停地流淌。晚入住酒店休息。
                 <w:br/>
                 <w:br/>
                 特别备注：
                 <w:br/>
-                1、报名时行程为参考,团航班进出口城市港口为：长进哈出，哈进长出，景点没减少，哈进长出7天多住一晚住宿，具体的行程游览顺序将根据航班安排的首末站城市最终确定。
+                1、报名时行程为参考,团航班进出口城市港口为：长进哈出，哈进长出，景点没减少；哈进长出7天加游哈药六厂+半天自由活动，具体的行程游览顺序将根据航班安排的首末站城市最终确定。
                 <w:br/>
                 2、具体集合时间及地点将在出团前告知。
                 <w:br/>
                 3、航班以实际出票为准，进出港口的不同，入住各城市及景点游览顺序也将有调整，但决不会影响该行程的行走及接待标准，以旅行社出票为准，不可更改，出票前不另行通知，以出发前通知集中时间为准。
                 <w:br/>
                 交通：飞机/旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
@@ -667,51 +674,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第二天：吉林（约4.5h）延吉（约2.5H)二道
+                吉林（约4.5h）延吉（约2.5H)二道
                 <w:br/>
                 上午：早餐后乘车赴吉林松花江畔【一江寒水清，两岸琼花凝结——雾凇长廊】（赠送项目如遇天气原因未能参观不退不换.游览时间30分钟）松花江两岸烟笼寒水，树茂枝繁，冬日里不冻的江水腾起来的水雾，遇到寒冷的空气,在树上凝结为霜花，是中国四大自然奇观之一，由于雾凇形成需要气温很低，而且水汽又很充分，同时能具备这两个形成雾凇的极重要而又相互矛盾的自然条件更是难得.后乘车前往【延边大学】(外观~来到延吉，一定要到这里拍张标志性照片！双语牌匾前随意摆pose，怎么拍怎么美！游览20分钟)延边大学简称延大，地处有“教育之乡”美誉的吉林省延边朝鲜族自治州首府延吉市，由中华人民共和国教育部和吉林省人民政府共建，是国家“211工程”重点建设大学，延边大学无法入内参观，我们为您安排的是外观，马路对面即是【弹幕墙】。学校外观完后可以打卡“网红弹幕楼”。
                 <w:br/>
                 下午：乘车赴【长白山下最美小镇——二道白河】初始这里，因长白山流下的二道白河水从小城蜿蜒穿过，小城得名二道白河镇，素有“长白山第一镇、美人松故乡“的美誉。走进小镇，细细品味你会发现这里不仅有着江南水乡的气质，还有着欧美小镇的安静模样，所处可见小河流淌在镇子上，少了几分往日的车水马龙，多了几分静怡与舒适。【贵族高端温泉体验】（（占床赠送，不占床请自理，建议泡温泉时间不要超过60分钟））温泉初体验，提前自己准备好泳衣“泡着温泉看着表，舒服一秒是一秒”洗去一身的疲惫与寒冷，远离城市的喧嚣，与大自然亲密接触，感受冰火两重天，完美复制北海道“飘雪温泉”的浪漫氛围。
                 <w:br/>
                 <w:br/>
                 酒店升级：升级1晚长白山下五星温泉酒店，缓解旅途疲劳（自备泳衣泳裤，温泉为占床赠送， 不洗无退费）
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -750,51 +757,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第三天：二道白河（约40分钟）长白山（约2.5h）敦 化
+                二道白河（约40分钟）长白山（约2.5h）敦 化
                 <w:br/>
                 上午：早餐后，乘车前往【零下30度的魔界不冻河徜徉在雾凇世界】-魔界不冻河漂流（游览约40分钟），水面上热气沸腾，仿若走进仙境一样，两岸的树枝和河道上的裸石也被雪厚厚地压上了一层雪衣，一路上我们都能看到有雾凇相伴，置身于皮艇之中，任凭小船随意飘动，就好像人在画中游一样。河流急缓交替，落差适中，乘车赴【探秘这座曾被封禁200多年的关东圣山，一睹长白雪山盛世之颜】（游览约3小时）长白山是关东人民的圣山，是中朝两国的界山、中华十大名山之一、国家 5A 级风景区。长白山还有一个美好的寓意“长相守、到白头”冬季，正是领略长白山林海雪原美景的最好季节，千里冰封，万里雪飘，一派银装素裹的冰雪童话世界。入冬开始，长白山满眼玉树琼枝，雪花飞舞。（进入景区环线车35元/人+环保车85元/人+上天池倒站车80元/人，费用自理）【火山湖冰瀑】长白瀑布位于长白山北坡距天池1250米的地方。天池水沿龙门、天豁两峰之间漫出后，跌入深谷，极限落差达68米的长白瀑布，冬季的严寒与冰雪给长白瀑布镶上了厚厚的白边，叮咚的飞瀑变成了晶莹的冰瀑。【全年80°C的火山温泉，聚龙吐温涎，天冷升华烟】聚龙泉在黑风口滚滚黑石下面，有几十处地热，大如碗口，小有指粗，这就是分布在1000平方米地面上的温泉群。特别是冬季，周围是一片银装素裹，冰天雪地，而这里确实热气腾腾，烟雾袅袅，实在是别有一番景致。【长白深处有冰潭，岳桦丛中有洞天】绿渊潭因岳桦阴翳、潭水碧绿深窘而得名。冬季，潭水上会覆盖着厚厚的白雪。每逢雾起，潭上水雾弥漫，与高山岳桦、旷古巨石浑然而一体，美不胜收，恰似人间仙境。【池在云之上，云在峰之巅，脚下是火山，头上是云天】长白山天池位于长白山主峰火山锥体的顶部，是一座火山口，经过漫长的年代积水成湖。天池是中国最高最大的高山湖泊，是东北三条大江——松花江、鸭绿江、图们江的发源地。冬日的天池被冻的已经结冰， 湖面被皑皑白雪覆盖，湖边的火山岩若隐若现。湛蓝的天空，白色的天池相映成趣，看过去依然是那样的美， 这种美多了几许冷峻，几许静默。
                 <w:br/>
                 下午：下山后 【走进朝鲜村落、探秘养生之道；体验朝鲜族生活细节，穿着朝鲜族服装拍照】（赠送项目未能参观不退不换.游览时间约60分钟 ）这里一直保留着古老的朝鲜族民俗风情，拥有浓厚的民族传统文化底蕴和独特的地域优势。到朝鲜族人家的地炕上坐一坐，摸一摸能带来好运的石头爷爷，跟着鲜族姑娘的腰鼓摆动舞步，一个古老而神秘的族落就这样亲切而友好的向你娓娓道来有关它的故事；
                 <w:br/>
                 温馨提示：为保证长白山游览时间充足，此天不安排中餐可在景区自行品尝火山茶叶蛋/煮玉米等小吃
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.长白山环保车为一票通用，各景点间需换乘，长白山天池风景区交通，越野倒站车敬请自理，此费用是乘坐倒站车去往天池主峰看天池的费用，此交通费不免导游，需客人自行上山，天池景区如遇天气或其它原因封山，属于不可抗力，敬请谅解；
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -836,51 +843,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第四天：敦 化（约5h）雪 乡
+                敦 化（约5h）雪 乡
                 <w:br/>
                 上午：早餐后乘车前往雪乡乘车一路体验穿林海、跨雪原、气冲霄汉的感受，赏北国冰封、万里雪飘的美景赴中国降雪量最大的【雪乡双峰林场】（含2次电瓶车，景色受季节、天气气候等因素影响，以实际观赏效果为准，敬请谅解），观赏奇异的雪景，观松赏雪如置身于童话世界，尽情玩味大自然赋予冰雪的乐趣，观雪韵大街，黄昏时分，欣赏在盏盏红灯笼点缀下的雪乡美丽朦胧夜色、看袅袅炊烟。处处都是原汁原味的一幅画！打雪仗、滑出溜、雪地摄影、嬉雪、赏雪、堆砌雪人，漫步北方特色的农家小院。
                 <w:br/>
                 下午：【勇登棒槌山，俯瞰大森林的雪景】（赠送项目未能参观不退不换，游览约30分钟）整条棒槌山观光栈道百步一景，一景一美，一景一奇，沿途登山时可参观到原始挖参人的生活原貌旧址——棒槌山山寨。在最高处的“风光无限观景台”在最高处的风光无限观景台，可一览冬季白雪皑皑，千里冰封，万里雪飘的雪景。游客在欣赏雪景的同时，还可以在此体验穿林海、跨雪原的乐趣。
                 <w:br/>
                 【欢迎光临中国雪乡——给你一份雪乡自由行正确打开方式】 （抵达雪乡后根据个人喜好在村里进行自由活动，自由活动时间无导游陪同）
                 <w:br/>
                 我在东北赶大集，哇塞这里的水果冻着吃：观看雪乡夜景，逛一逛雪韵大街年货大集进入冬季，东北年货大集就火起来啦！红色的大灯笼高高悬挂，沿街的小商贩们摆起自家的年货，冻梨冻柿子、热乎乎的烤地瓜、羊肉串的香味阵阵袭来。
                 <w:br/>
                 同行伙伴们互相配合拍摄网红-泼水成冰：零下 25 度以下的环境中进行，瓶中装满热水，将开口的瓶子放在膝盖下面一点，手臂伸直，然后用力往上甩，形成一个圆弧。
                 <w:br/>
                 嗨爆雪乡之夜，万人电音秧歌，黑土地蹦迪：在雪乡蹦迪，感受的是冰雪与激情碰撞，是传统与潮流融合，是一场独一无二的冬日狂欢 。
                 <w:br/>
                 穿上花棉袄，大炕盘腿扯家常，做回地地道道东北银：盘腿坐炕上嗑嗑瓜子，聊聊家常，学上两句标准的东北话，东北人的热情是天生的，无论你来自哪里，这里都会让你觉得是故乡。
                 <w:br/>
                 【雪乡特色民宿】空气中带着不容置疑的寒冷，而心情却是无比雀跃的。在白雪的“伪装”下，一座座农户也批上了保护色。整个世界被雪覆盖，好像连嘈杂都一并遮盖去了。今晚我们入住的就是雪乡景区——特色暖炕。
                 <w:br/>
                 【花车巡游】穿越童话雪境！雪乡花车巡游，解锁冬日浪漫新姿势。当皑皑白雪为大地织就梦幻棉被，雪乡的街头正酝酿一场缤纷狂欢！雪乡花车巡游震撼登场，童话般的巨型花车、沉浸式民俗表演、漫天飞舞的雪花，带你一秒坠入冬日绮梦！（注：花车巡游、东北大秧歌均为雪乡管委会提供项目，若因政策性原因，我社不退任何费用）
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1、雪乡由于当地条件有限，早餐只有简单的馒头、粥、小咸菜等。
                 <w:br/>
                 2、为了环保，雪乡的火炕均是电热炕/水暖炕。
                 <w:br/>
@@ -942,65 +949,120 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第五天：雪乡（约2h）亚布力 （约3.5h）哈尔滨
+                雪乡（约2h）亚布力 （约3.5h）哈尔滨
                 <w:br/>
                 上午：【白雪、日出、松柏、炊烟——人间烟火与风花雪月皆可得】（视天气情况自行选址观日出）日出，不是等待某一瞬间，而是享受这整个过程，看着太阳跃出地平线，看着晨光一点点绽放，看着白色的雪被晨光染上金色，海的日出是蓝色的，草原的日出是绿色的，雪乡的日出是白色的。【在北纬44°的童话主题邮局送上来自冰雪的问候】明信片已经逐渐退出我们日常的交流渠道不少来到雪乡旅游的游客，都会选择几张明信片通过童话邮局寄给远方的朋友，一同分享在雪乡的旅游乐趣。途径【亚雪百里高山雾凇长廊（车游）】这里是长白山余脉张广才岭，是西比利亚冷空气和日本海暖湿气流的交汇处，冬季雪量很大，厚度半米，银装素裹，白雪皑皑的赖海雪原风光。乘车一路体验穿林海、跨雪原、气冲霄汉的感受，赏北国冰封、万里雪飘的美景。乘车赴【梦幻二浪河—新雪乡】（游览30分钟） 二浪河林场可以称之为原生态旅游度假村，并且还是摄影剧组的最佳取景基地。二浪河林场每年的11月村庄瑞雪纷飞，一直持续到次年的四月份。群山环绕的地理优势造就了二浪河林场精美雪景的形成。飘洒的雪花落在屋檐上，柴垛上，篱笆墙上在风力的作用下形成了各种美妙的形态。原始的农家小院干净整洁，参差不齐的篱笆墙，取暖用的劈柴跺，门前晾晒的红辣椒，彰显着二浪河农家浓郁的原始风味儿。
                 <w:br/>
                 下午： 乘车赴【雪域麦加亚布力，中国达沃斯滑雪者度假天堂】（如遇亚布力滑雪场则替换安排亚布力森林小火车游览，没有费用可退回），2009 年世界大学生运动会主赛场——亚布力滑雪旅游度假区亚布力原名亚布洛尼（俄语果木园之意）感受【亚布力滑雪场初级滑雪】：冰天雪地中的贵族运动开启此次行程最刺激的运动，我们精心为您安排了—场激情四射的滑雪体验(赠送3小时滑雪，如遇景区不开放，无费用可退，客人自行不去也无退费；含雪板、雪鞋、雪仗，为安全起见，建议初学者请教练，费用自理。此景区无任何优惠政策，儿童自理，门票不含。)亲自体会【滑雪】、【嬉雪】、【赏雪】的乐趣。（雪场预计11月中旬营业，如果雪场未开放，亚布力滑雪场则替换安排亚布力森林小火车游览，没有费用可退回。）
                 <w:br/>
                 【温馨提示】：如遇亚雪路段施工，我司会根据实际情况绕行,不再另行通知！
                 <w:br/>
                 如遇高速封路情况，则许改为火车赴哈尔滨，火车票费用客人自理！
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.自费项目不强制参加，但是不参加的客人需要等待；
                 <w:br/>
                 2.如遇大雪高速封路，亚布力到哈尔滨改为火车硬座或动车二等座，火车票费用由客人自理。
+                <w:br/>
+                关于冰雪大世界：
+                <w:br/>
+                1、【开园时间】：预计12月中下旬开园，2月下旬闭园（实际开闭园时间以官方通知为准）
+                <w:br/>
+                2、【关于费用】：门票费用自理（游客根据需要自愿选择）
+                <w:br/>
+                3、【购票方式】:
+                <w:br/>
+                     A:可自行提前线上购票
+                <w:br/>
+                     B:委托旅行社代订门票:如报名时一并交齐冰雪大世界门票费用，可享受如下优惠：
+                <w:br/>
+                        免票：1.2米(含)以下儿童、65周岁（含）长者
+                <w:br/>
+                              军人、消防救援人员、人民警察（入园需要提供相关证件，具体咨询我司工作人员）
+                <w:br/>
+                        235元/人优惠票：18周岁（含）以下(以身份证出生日期为准)、1.2米以上的未成年人
+                <w:br/>
+                                        身份证及学生证(限24周岁（含）以下全日制本科及本科以下的学生)
+                <w:br/>
+                本人持本人残疾人证的残疾人
+                <w:br/>
+                        295元/人团购优惠票：18（不含）-65（不含）岁成人
+                <w:br/>
+                        328港澳台同胞及外宾：按门市价代订门票，不加收订票手续费。
+                <w:br/>
+                        特别注意：如未报名时交费而选择当地交费给导游，则不能享受团购优惠，需按门市价收取费用并可能产生订票手续费。
+                <w:br/>
+                4、【往返交通】:免费提供专车往返接送以及协助入园服务，4人以下安排网约车或者出租车服务，由司机协助办理入园）
+                <w:br/>
+                5、【园区服务】
+                <w:br/>
+                A.景区内有肯德基、上岛咖啡、东方饺子王等餐厅，但价格都比景区外稍贵。
+                <w:br/>
+                B.景区内还有很多暖屋，屋内有暖气并售卖热饮和食品。但很多店会有最低消费，才能在此休息取暖，敬请理解。
+                <w:br/>
+                6、【游玩注意事项】
+                <w:br/>
+                A.务必穿着足够的保暖衣物，建议穿厚羽绒服、雪地靴等；建议穿着具有防滑功能的鞋，或者配备防滑鞋套、防滑冰爪等辅助工具，以增加在冰雪地面上行走的稳定性。
+                <w:br/>
+                B.因低温下电池容易“走电”、电器也容易失灵，所以爱拍照的游客一定要注意相机的保暖，不用时尽量贴身而放，同时多带点备用电池。 
+                <w:br/>
+                C.进景区后大门票保存好，景区里的项目几乎都需要用到门票才能游玩。
+                <w:br/>
+                <w:br/>
+                【温馨提示】：
+                <w:br/>
+                1、当日户外活动，冰雪路面注意安全，路上准备小零食保持体力，建议自备保温杯。
+                <w:br/>
+                2、滑雪为高风险体育活动，请务必注意人身安全。如是第一次滑雪，要是想学会的话可以请个教练，包你学会哦。
+                <w:br/>
+                3、我们包含的是3个小时滑雪体验，计时方式为：自出板时间至还板时间，超时按门市价格计费。该项目提前预定，不去不退滑雪费用。
+                <w:br/>
+                4、包含雪板、雪杖、雪鞋、3小时初级雪道滑雪、其他费用敬请自理；
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1032,51 +1094,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第六天：哈尔滨（约5h）广州
+                哈尔滨（约5h）广州
                 <w:br/>
                 上午：早餐后，乘车赴哈尔滨游览【圣•索菲亚教堂广场，时光拨转到1907，穿越回古老的拜占庭】（游览时间10分钟）去观赏俄罗斯传统的有着“帐篷顶、洋葱头”造型的是拜占庭造的一座罗马纪念馆，气势恢弘，精美绝伦，构成了哈尔滨独具异国情调的人文景观和城市风情。后前往【防洪纪念塔，洪水无情人间有爱】（游览时间10分钟）哈尔滨的标志性建筑，是为了纪念哈尔滨人民战胜1957年特大洪水而建造，这座塔已成为英雄城市哈尔滨的象征【一江不同景，这里的松花江冰封千里】（赠送项目未能参观不退不换，游览时间10分钟）薄雾笼罩着，晶莹的洁白，一道道冰凌奇形怪状的爬满辽阔的江床，封锁了松花江，冰封的松花江江面冰层和白雪交织呈现，在阳光下如同一幅画卷。【开放建筑艺术博物馆，中央大街】（游览时间40分钟）每座城市都有这么一条街，它记录了这座城市的历史 就像走在一条艺术长廊一般，走在中央大街的街头冰的粗狂与雪的热情渐渐远去，更多的却是远东异域风情。【东北卢浮宫-哈药六厂旧址】不是巴黎卢浮宫去不起，而是哈尔滨更有性价比，外层立体的浮雕，高大的罗马柱，哈药六厂95%的墙面都是由花岗岩雕刻而成。哈药六厂的雄伟，建筑外观只是一部分。内部的精美程度堪比巴黎卢浮宫，其低楼层作为制药厂办公处。高楼层则是版画博物馆，收藏的画作数量之多，内容之丰，亦是其重要组成部分。【中华巴洛克老街故事体验游】（游览约30分钟）一条老街一个故事，几条老街一个哈尔滨……这里是曲艺、民乐、书法、国画，中华文化的精髓传承；更是哈尔滨百年餐饮老街，老哈尔滨的美食聚集地漫步在老街上，咖啡、啤酒、音乐，老街的一切也许让您回味起曾经的那片往事儿，别样的浪漫悠然。
                 <w:br/>
                 下午：结束愉快的行程，按航班时间前往机场，搭乘航班返回温馨的家！
                 <w:br/>
                 <w:br/>
                 以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下，经全体游客协商同意后，进行游览顺序调整，敬请谅解！
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1173,51 +1235,51 @@
               <w:t xml:space="preserve">
                 1.交通：往返机票，经济舱不含税（一经出票不得签转更改，退票按照航空公司规定）。
                 <w:br/>
                 价格未含机场税费,报名时按民航规定价格执行,请报名时与团费一起交付。
                 <w:br/>
                 此为报名参考行程，在不改变接待标准和上述景点的前提下，航班进出的港口有可能调整，旅行社根据实际航班时间合理调整行程，并于出发前知会客人并签订确认行程。
                 <w:br/>
                 2.住宿：入住3晚网评四钻酒店+1晚网评4钻温泉酒店1晚雪乡特色暖炕2-3人间，无3人间，如产生单间请补单房差，房差只补不退。
                 <w:br/>
                 3.用餐：全全程含5早5正餐，正餐标50元/人
                 <w:br/>
                 团餐标准：八菜一汤、十人一桌、 不含酒水，如团队不足8人我社现退餐费（客人自动放弃，餐标不退）！
                 <w:br/>
                 4.用车：根据人数安排合适座位的车型，14人以上安排2+1豪华大巴，少于14人安排9-55座空调旅游车。保证一人一正座。
                 <w:br/>
                 5.导游：当地优秀导游服务。
                 <w:br/>
                 10人以下司机兼导游,司机不作讲解,协助客人办理酒店入住和门票事宜)
                 <w:br/>
                 6.含行程中景点首道门票，小交通不含，行程中不含的游客可以自愿选择并自行购买。
                 <w:br/>
                 7.2-11周岁的执行儿童收费，12周岁以下，含当地用车、正餐费半价、导服、早餐、温泉、滑雪门票；不占床，不含景点门票；如超高产生费用，由客人当地自理；
                 <w:br/>
                 8.购物：纯玩，无指定购物店。（游览过程中所到之处、如景区、酒店、停车场等各种购物场所是其相关的配套设施，请游客注意上述场所属各景区自行商业行为，与我社无关，请客人慎重购物）
                 <w:br/>
-                9.保险：含旅行社责任险，不含个人意外险及航空保险。强烈建议游客购买旅游意外险！
+                9.保险：不含个人意外险及航空保险。强烈建议游客购买旅游意外险！
                 <w:br/>
                 10.成团：此团10成人成团，不派全陪。（出于安全考虑，75周岁以上长者不建议收。70-74周岁长者需签署个人健康免责声明。）
                 <w:br/>
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1671,53 +1733,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                往返机票经济舱未含税（本产品选用机票为按季度交押金采购的团队优惠票，游客确认报名后出票前临时退团导致没有时间进行二次销售所产生的损失，游客承担，出发前8-15天退团，机票损失820元/人，出发前4-7天退团，机票损失1148元/人；一经出票不得签转更改，退票损失按照航空公司规定）。
-[...1 lines deleted...]
-                备注：行程景点游览顺序可能会根据航班时间和进出港口进行调整，保证景点游览完整！
+                往返机票经济舱不含税（本产品选用机票为按季度交押金采购的团队优惠票，游客确认报名后出票前临时退团导致没有时间进行二次销售所产生的损失，游客承担。
+                <w:br/>
+                出发日期为：2026年1月26日至2026年3月2日，出发前8-15天退团，机票损失1275元/人，出发前5-7天退团，机票损失1785元/人；出发前5天内退团，机票损失2550元/人；
+                <w:br/>
+                出发日期为：2025年11月1日-2026年1月25日/2026年3月3日-2026年3月28日，出发前8-15天退团，机票损失615元/人，出发前5-7天退团，机票损失1025元/人；出发前5天内退团，机票损失1640元/人；一经出票不得签转更改，退票损失按照航空公司规定）。
+                <w:br/>
+                此为报名参考行程，在不改变接待标准和上述景点的前提下，航班进出的港口有可能调整，旅行社根据实际航班时间合理调整行程，并于出发前知会客人并签订确认行程。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1758,51 +1824,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-02</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>