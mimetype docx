--- v1 (2025-12-26)
+++ v2 (2026-03-03)
@@ -1824,51 +1824,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>