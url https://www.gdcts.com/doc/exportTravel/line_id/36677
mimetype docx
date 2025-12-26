--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">冬季【私家山西】太原往返双飞6天 | 五台山 |大同云冈石窟 | 雁门关 | 晋祠| 行程单</w:t>
+        <w:t xml:space="preserve">冬季【私家山西】太原往返双飞6天 | 五台山 | 云冈石窟 | 雁门关 | 晋祠 | 华严寺 | 山西博物馆 | 平遥古城 | 乔家大院 | 大同古城行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">XD-20251029D1</w:t>
+              <w:t xml:space="preserve">XD-20251029-D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -1132,65 +1132,63 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：广州往返经济舱机票，机票不可签转更改退票，如客人提供登机证件资料与有效登机证件有误，需重出机票，机票费用游客自理，建议报名时提供有效登机证件复印件用于出机票。
+                1、交通：广州太原往返机票，含机场建设费、燃油税。
                 <w:br/>
                 2、住宿：入住行程标准酒店双人标间；每成人每晚（12周岁以上）一床位，出现单男或男女请报名时自补房差。【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉。
                 <w:br/>
-                3、用餐：（5早3正），正餐餐标100元/人/餐；3特色餐（佛国素斋+晋阳家宴+景泰蓝铜锅）；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
-[...9 lines deleted...]
-                8、购物点：纯玩。温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
+                3、用餐：（5早2正），正餐餐标100元/人/餐；2特色餐（佛国素斋+晋阳家宴）；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
+                <w:br/>
+                4、用车：按实际人数用车，保证一人一正座。
+                <w:br/>
+                5、门票：详见行程，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。
+                <w:br/>
+                6、小童：（2-12周岁）不包含住宿床位（含机位、半价门票、半价正餐、酒店早餐）。（超高门票需当地自理）。
+                <w:br/>
+                7、购物点：纯玩。温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1482,51 +1480,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-02</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>