--- v0 (2025-11-06)
+++ v1 (2026-03-23)
@@ -29,65 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">南非、肯尼亚、津巴布韦、赞比亚4国跨越15天 12月起 |  北上广三地起止（广州ET）行程单</w:t>
+        <w:t xml:space="preserve">DP3-南非、肯尼亚、津巴布韦、赞比亚4国跨越15天（北上广成都-ET）行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">DP3（12月起）</w:t>
+        <w:t xml:space="preserve">DP3-南非、肯尼亚、津巴布韦、赞比亚4国跨越15天</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20251208DP3UW</w:t>
+              <w:t xml:space="preserve">AA20260410DP3UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -428,53 +428,53 @@
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 中部非洲到南部非洲的跨越之旅
                 <w:br/>
                 南非、肯尼亚、津巴布韦、赞比亚15天联游
                 <w:br/>
                 <w:br/>
                 产品经理推荐：
                 <w:br/>
                 优选航空| 埃塞俄比亚航空公司，北京/上海/广州/成都四地出发，联动发团
                 <w:br/>
-                内罗毕进、约翰内斯堡出，往返不走回头路
-[...1 lines deleted...]
-                增加内罗毕-维多利亚瀑布城和利文斯通-开普敦两段航班
+                维多利亚瀑布城进、开普敦出，往返不走回头路
+                <w:br/>
+                增加瀑布城-内罗毕、内罗毕-约堡、约堡-开普敦三段航班
                 <w:br/>
                 甄选酒店| 4-5星酒店+营地酒店、特别安排入住1晚入住南非太阳城皇宫酒店
                 <w:br/>
                 肯 尼 亚| 
                 <w:br/>
                 马赛马拉：野生动物们的天堂，“非洲五霸”在这片土地上自由驰骋
                 <w:br/>
                 纳库鲁湖：粉红火烈鸟的梦幻世界 
                 <w:br/>
                 纳瓦沙湖游船：东非大裂谷中的自然与野趣之旅
                 <w:br/>
                 马赛村：深入了解马赛文化，感受非洲原住民的生活
                 <w:br/>
                 津巴布韦&amp;赞比亚|
                 <w:br/>
                 维多利亚大瀑布：大自然的壮丽奇观
                 <w:br/>
                 赞比西河：长河落日的壮丽
                 <w:br/>
                 维多利亚大桥：蹦极者的天堂
                 <w:br/>
                 利文斯通博物馆：历史的见证与智慧的传承
                 <w:br/>
                  南    非|
                 <w:br/>
@@ -711,51 +711,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                北京/广州/成都/上海   ✈️  亚的斯亚贝巴   ✈️  维多利亚瀑布城（津巴布韦）
+                北京/广州/成都/上海  ✈️  亚的斯亚贝巴  ✈️  维多利亚瀑布城（津巴布韦）
                 <w:br/>
                 上海航班时间：ET685 上海浦东/亚的斯亚贝巴 00:20/06:35 飞行时间约11小时15分钟
                 <w:br/>
                 北京航班时间：ET605 北京首都/亚的斯亚贝巴 00:10/06:40 飞行时间约11小时30分钟
                 <w:br/>
                 广州航班时间：ET607 广州白云/亚的斯亚贝巴 00:30/06:20 飞行时间约10小时50分钟
                 <w:br/>
                 成都航班时间：ET637 成都天府/亚的斯亚贝巴 01:50/06:05 飞行时间约9小时15分钟
                 <w:br/>
                 <w:br/>
                 08：30  继续埃塞俄比亚航空ET823航班前往津巴布韦瀑布城。
                 <w:br/>
                 12：10  抵达维多利亚瀑布城，办理入关手续，导游举牌接机；
                 <w:br/>
                  下午【乘船游览赞比西河】（约1.5-2小时），2公里宽的河道，形成津巴布韦和赞比亚的国界，岸边是两国的国家公园，植被葱绿茂密，水中有河马家族不时的探出水面窥探，空中有白鹭低飞掠过，傍晚时分欣赏长河落日和漫天晚霞，这一切都带给您纯正的非洲体验。
                 <w:br/>
                  晚上前往极具非洲特色的BOMA餐厅，享用非洲特色烤肉餐，欣赏当地特色的舞蹈表演。
                 <w:br/>
                 交通：飞机/越野车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -888,51 +888,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                利文斯通 - 维多利亚瀑布城（津巴布韦） ✈️  内罗毕（肯尼亚）
+                利文斯通 - 维多利亚瀑布城（津巴布韦）✈️ 内罗毕（肯尼亚）
                 <w:br/>
                 酒店早餐后，前往【维多利亚瀑布（赞比亚段）】（游览约1小时），赞比亚段瀑布公园内观景点距离瀑布更近。站在园内应卡翁达提议于1967年凌空而建的刀刃桥上，直面瀑布，人仿佛与瀑布融为一体。
                 <w:br/>
                  之后乘车返回维多利亚瀑布城，午餐后送机。
                 <w:br/>
                 18：00  搭乘肯尼亚航空公司航班KQ793前往肯尼亚首都-内罗毕，飞行时间约3小时10分钟
                 <w:br/>
                 22：10  抵达内罗毕，导游接机前往酒店入住休息。
                 <w:br/>
                  内罗毕因流经本市的内罗毕河而得名。在当地语言中，内罗毕意为“清凉的水”，因城市绿树如茵，花团锦簇，又有“阳光下的花城”之称。
                 <w:br/>
                 交通：越野车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1024,133 +1024,133 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马赛马拉网评四钻营地酒店（不挂星）参考酒店：Mara Chui Lodge或同级</w:t>
+              <w:t xml:space="preserve">马赛马拉网评四钻营地酒店（不挂星）参考酒店：Mara Chui Resort或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 马赛马拉
                 <w:br/>
                 酒店早餐后，【马赛马拉国家野生动物保护区】（全天游览时间约6小时，包含往返路程+用餐时间），追逐动物，马赛马拉国家野生动物保护区位于肯尼亚西南部与坦桑尼亚交界地区，与坦桑尼亚塞伦盖蒂动物保护区相连。该保护区始建于1961年，面积达1800平方公里。保护区内动物繁多，数量庞大，约有95种哺乳动物和450种鸟类，是世界上最好的野生动物保护区（禁猎区）之一。20世纪30年代初，美国著名作家海明威曾访问过这里，并于1935年写了一本名为《非洲的绿色群山》的书，生动地描述了这里种类繁多、丰富多彩的野生动物生活。著名电视节目《动物世界》中的许多镜头拍摄于此。幸运的话还能参加当地【篝火晚会】（具体以酒店当天的安排为准）体验非凡的非洲夜晚。马赛草原夜晚的篝火驱走了寒意，也带来了光明和温暖；熊熊的火焰，扫除了旧年的沉积，也点燃了新的希望。
                 <w:br/>
                 行程说明：
                 <w:br/>
-                1、前往野生动物保护区，能够看到动物的种类与数量是凭运气的，故无法保证能看到多少种动物，无法保证能看到角马过河，望游客能理解，但是我们专业的Safari司机会尽最大努力带大家寻找更多数量和更多品种的动物；
+                1、前往野生动物保护区，能够看到动物的种类与数量是凭运气的，故无法保证能看到多少种动物，无法保证能看到角马过河，望游客能理解，但是我们专业的Safari司机会尽最大努力带大家寻找更多数量和更多品种的动物；　　　
                 <w:br/>
                 交通：越野车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内早餐     午餐：打包午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马赛马拉网评四钻营地酒店（不挂星）参考酒店：Mara Chui Lodge或同级</w:t>
+              <w:t xml:space="preserve">马赛马拉网评四钻营地酒店（不挂星）参考酒店：Mara Chui Resort或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1308,51 +1308,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 纳瓦沙 -  内罗毕
                 <w:br/>
                 酒店早餐后，乘车返回内罗毕（行车约4小时），抵达后游览【内罗毕长颈鹿公园】（参观约40分钟），保护的是世界上数量最稀少的长颈鹿—罗特希尔德长颈鹿。只要游客拿起几粒由干草、纤维素及玉米粒压制而成的饲料，馋嘴长颈鹿可能就会被饲料吸引缓步从树丛间走来，伸长脖子凑过来进食。
                 <w:br/>
                  内罗毕市区 游览：（车览）【肯雅塔国际会议中心】、【基督教堂】、【自由广场】、【总统墓】、【高等法院】等内罗毕标志性建筑。
                 <w:br/>
-                 晚餐特别安排世界知名网红餐厅CARNIVORE享用特色烧烤晚餐，这里是肉食爱好者的“朝圣之地”，它曾经两次被英国《餐厅》杂志选入“全球50佳餐厅”名单，是内罗毕之行的必备节目
+                 晚餐特别安排世界知名网红餐厅CARNIVORE享用特色烧烤晚餐，这里是肉食爱好者的“朝圣之地”，它曾经两次被英国《餐厅》杂志选入“全球50佳餐厅”名单，是内罗毕之行的必备节目。
                 <w:br/>
                 交通：越野车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内早餐     午餐：中式火锅午餐     晚餐：非洲特色烤肉餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1918,51 +1918,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、北京/上海/广州/成都往返国际散客机票经济舱，含税
+                北京/上海/广州/成都往返国际散客机票经济舱，含税
                 <w:br/>
                 2、南非电子签证、肯尼亚电子入境许可、津巴布韦落地签签证费用
                 <w:br/>
                 3、全程4-5星酒店+肯尼亚特色营地或山林小屋，双人标准间。（注：景区野生动物园酒店为特色帐篷或特色茅草屋房型）【散客拼团，凡单人或单数（如三人）报名，致团队出现单间，我社有权利提前说明情况并调整夫妻及亲属住宿安排，请给予理解;若无法调整或拼住而产生单间差，则须缴纳单人房差！景区无常规酒店，通常安排特色酒店，酒店不挂星，房间大小不一，有时会有大小床的情况（即一张大床，一张小床，不一样大小），请提前知晓！】
                 <w:br/>
                 4、酒店内西式自助早餐，当地西式餐或中式餐（中式餐：八菜一汤，10-12 人一桌，如人数减少，则会根据实际人数做适当调整）(用餐时间在飞机或船上以机船餐为准，不再另补，如因自身原因放弃用餐，则餐费不退)
                 <w:br/>
                 5、行程所列景点首道门票
                 <w:br/>
                 6、境外全程中文陪同服务（7人以上安排领队陪同）； 
                 <w:br/>
                 7、肯尼亚段9座越野车（每车6-7人），其他三国境外旅游巴士（每人1正座）及外籍司机（根据团队人数，例：通常为10人12-14座车，如遇突发情况我社可能调整，但保证每人一正座，希望您谅解。）
                 <w:br/>
                 8、境外司机导游服务费
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -2534,51 +2534,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>