--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【南欧 春节伊比利亚巡游】西班牙+葡萄牙+安道尔12天（南航广州往返）|马德里皇宫|阿宫花园|奎尔公园|4小镇巡游|含全餐|3特色美食行程单</w:t>
+        <w:t xml:space="preserve">【南欧 春节伊比利亚巡游】西班牙+葡萄牙+安道尔11天（南航广州直飞）|马德里皇宫|阿宫花园|奎尔公园|4小镇巡游|含全餐|3特色美食行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU202510271130HC</w:t>
+              <w:t xml:space="preserve">EU202511111535HC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">12</w:t>
+              <w:t xml:space="preserve">11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -416,51 +416,51 @@
                 <w:br/>
                 ★ 全程豪华酒店，升级一晚超豪华酒店。
                 <w:br/>
                 ★入内 【马德里皇宫】：如今仍为国王接待国宾的主要场所。皇宫富丽堂皇，宫内藏有无数的金银器皿和绘画、瓷器、壁毯及其他皇室用品。它是波旁代表性的文化遗迹，在欧洲各国皇宫中堪称数一数二。
                 <w:br/>
                 ★入内【阿尔罕布拉宫花园】，走进西班牙最美的庭院
                 <w:br/>
                 ★入内【奎尔公园】，走进高迪的童话世界
                 <w:br/>
                 ★走进袖珍小国、购物天堂——安道尔公国
                 <w:br/>
                 伊比利亚半岛4风情小镇巡游：
                 <w:br/>
                 【塞维利亚】：西班牙国粹弗拉明戈舞蹈的发源地，安达卢西亚首府。塞维利亚到处是故事，唐璜、卡门、哥伦布、堂
                 <w:br/>
                 吉诃德，跟着这些人物的脚步来看看这梦幻般的城市。
                 <w:br/>
                 【格拉纳达】：石榴之城，阿拉伯风情的白色房屋鳞次栉比沿山而建。
                 <w:br/>
                 【瓦伦西亚】：古老文明与现代科学的交织碰撞，“地中海明珠”。
                 <w:br/>
                 【萨拉戈萨】：西班牙第五大城市，距今已有两千多年的历史。
                 <w:br/>
                 ※美味随行， 西葡地道美食
                 <w:br/>
-                -含全餐，特别安排品尝西葡地道美食：西班牙海鲜饭、TAPAS晚餐、火腿餐，赠送蛋挞。
+                -含全餐（自由活动除外），特别安排品尝西葡地道美食：西班牙海鲜饭、TAPAS晚餐、火腿餐，赠送蛋挞。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -577,162 +577,162 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州
+                广州-(飞机)-马德里
+                <w:br/>
+                参考航班:
+                <w:br/>
+                CZ377  广州白云国际机场 T2 - 马德里巴拉哈斯机场 (MAD) 2  10:50/18:30 
                 <w:br/>
                 ●【团队集合】,怀着轻松愉快的心情，行囊中装满无限憧憬，踏着轻快的脚步。团友指定时间自行前往机场集中，搭乘国际航班飞往欧洲。( 备注：具体集中时间，地点以出团通知书为准 。)。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">宿机上</w:t>
+              <w:t xml:space="preserve">豪华-超豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-(飞机)-马德里-(大巴约200公里)-西班牙小镇
-[...3 lines deleted...]
-                CZ377  广州白云国际机场 T2 - 马德里巴拉哈斯机场 (MAD) 2  00:50/08:30 
+                马德里-(大巴约200公里)-西班牙小镇
                 <w:br/>
                 ●【马德里】,西班牙古老而年轻的都城，与欧洲各古都相比，16世纪才成为都城的马德里堪称年轻，但黄金时代的富足与辉煌不可小觑，其夺人气势可以在恢宏的街道、壮丽的广场与华美的宫殿城堡上窥见一斑。
                 <w:br/>
                 ●【西班牙广场和塞万提斯雕像】（游览不少于15分钟）,位于格兰大道尽头，广场中心最显眼的是塞万提斯纪念碑，塞万提斯雕像的正前方就是他所著的《堂吉诃德》里主人公堂·吉诃德和桑丘·潘沙的形象。
                 <w:br/>
                 ●【马约尔广场】（游览不少于30分钟）,在西班牙众多广场中尤为出色，长方形包围式的结构，四周被一列回廊式古老建筑所围绕，对外的拱门连结着外面的市区街道，立于广场中心的是主持广场修建的菲利浦三世国王的骑马雕像。
                 <w:br/>
                 ●【马德里皇宫】入内（游览不少于45分钟）,皇宫又称东方宫，内部金碧辉煌，显露波旁王朝的富贵奢华，现在仍是国王接待国宾的主要场所。内部有3418个房间，每个房间都各具特色。这里保存了大量精美的油画、收藏品、兵器、瓷器、钟表、金银物品。（如临时遇国事活动关门，退门票10欧，敬请谅解）。
                 <w:br/>
-                交通：飞机 大巴
+                交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：中式团餐     晚餐：火腿餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：火腿餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">豪华-超豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1325,199 +1325,123 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西班牙小镇-(大巴约150公里)-萨拉戈萨-(大巴约320公里)-马德里
+                西班牙小镇-(大巴约150公里)-萨拉戈萨-(大巴约320公里)-马德里-（飞机）-广州
+                <w:br/>
+                参考航班:
+                <w:br/>
+                CZ378  马德里巴拉哈斯机场 (MAD) 2 - 广州白云国际机场 T2  20:30/16:40+1 
                 <w:br/>
                 ●【萨拉戈萨】,是由奥古斯都大帝建立的罗马城市演变而来，仍保留许多古罗马时期的城墙遗址，不同时代的教堂、桥梁、钟楼、宫殿等等。
                 <w:br/>
                 ●【萨拉戈萨政府喷泉大广场】（游览不少于15分钟）,政府喷泉大广场，因广场上的皮拉尔圣母圣殿主教堂而得名。在广场两端，一端有一座西班牙著名的浪漫注意大画家弗朗西斯哥·戈雅的铜像，另一端有一座凯撒大帝铜像。
                 <w:br/>
                 ●【皮拉尔圣母基督大教堂】外观（游览不少于15分钟）,有11个圆顶的皮拉尔圣母教堂是萨拉戈萨的标志，关于它有着种种美丽的故事。最初为哥特式教堂建筑，在增建、翻修和装饰过程中局部加入了银匠式、巴洛克式等艺术式样。教堂在14世纪建造完成，中央祭坛的装饰屏风为15世纪作品，基督受难的织锦画作于15-16世纪。
                 <w:br/>
                 ●【比拉尔广场和拉赛欧广场】（游览不少于15分钟）,坐落在萨拉戈萨的老城，这两座广场形成了一个500米的露天广场，广场周围有许多重要的建筑物和具有历史意义的纪念碑。
                 <w:br/>
-                交通：大巴
+                ●【返回国内】,愉快的旅行程结束，乘车前往机场，办理退税等离境手续，搭乘国际航班返回国内。
+                <w:br/>
+                交通：大巴 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：中式团餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">豪华-超豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">宿机上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
-            </w:r>
-[...80 lines deleted...]
-              <w:t xml:space="preserve">D12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州
                 <w:br/>
                 ●【抵达国内】,抵达国内，护照交给导游。所有团员回程段的登机卡及护照原件要交使馆/领事馆办理返程确认。销签抽查面试请团友无条件配合。(申根领事馆最新规定：团员回国内务必立即办理回程销签工作)。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1603,51 +1527,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.	住宿：全程欧洲豪华或同等级酒店，升级一晚超豪华酒店：以两人一房为标准、酒店欧陆式早餐
                 <w:br/>
-                2.	用餐：行程注明所含的9个早餐 16个正餐（含3个特色餐：西班牙海鲜饭，TAPAS晚餐，火腿餐，蛋挞），以中式六菜一汤为主（不含酒水），8-10人一桌，或根据餐厅提供桌型安排就餐座位；无法安排中餐的城市将安排当地餐或退餐费，所有餐食如自动放弃，款项恕不退还；如果在全团协议下同意更改为风味餐，不退正常团餐费用；
+                2.	用餐：行程注明所含的9个早餐 15个正餐（含3个特色餐：西班牙海鲜饭，TAPAS晚餐，火腿餐，蛋挞），以中式六菜一汤为主（不含酒水），8-10人一桌，或根据餐厅提供桌型安排就餐座位；无法安排中餐的城市将安排当地餐或退餐费，所有餐食如自动放弃，款项恕不退还；如果在全团协议下同意更改为风味餐，不退正常团餐费用；
                 <w:br/>
                 3.	国际交通：国际间往返经济舱团体机票、机场税及燃油附加费，及欧洲境内段机票（含机场税）；
                 <w:br/>
                 4.	用车：境外旅游巴士：根据团队人数，安排35-50座巴士，及专业外籍司机；
                 <w:br/>
                 5.	门票：行程中所含的首道门票：马德里皇宫含人工专业讲解，阿尔罕布拉宫花园含人工专业讲解，奎尔公园含人工专业讲解；详细参照附带行程中所列之景点（其他为免费对外开放或外观景点或另付费项目）； 
                 <w:br/>
                 6.	保险：境外30万人民币医疗险。自备签证或免签的客人请自理旅游意外保险；
                 <w:br/>
                 7.      行程所需ADS团队签证；
                 <w:br/>
                 8.      全程司导服务费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -2494,51 +2418,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>