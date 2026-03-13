--- v0 (2025-11-06)
+++ v1 (2026-03-13)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【寒假春节】澳大利亚大堡礁8天阳光之旅 | 悉尼 | 凯恩斯 | 布里斯本 | 黄金海岸（南航 广州出发）行程单</w:t>
+        <w:t xml:space="preserve">【五一】澳大利亚大堡礁8天阳光之旅 | 悉尼 | 凯恩斯 | 布里斯本 | 黄金海岸（南航 广州往返）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCCZAU08NS#2542</w:t>
+              <w:t xml:space="preserve">OCCZAU08NST#2608</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,51 +343,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-/-布里斯本     参考航班：CZ381/21:20-08:30+1
+                广州-/-布里斯本     参考航班：CZ381/20:55-08:30+1
                 <w:br/>
                 悉尼-/-广州            参考航班：CZ326/11:25-17:50
                 <w:br/>
                 仅供参考，以实际出票为准
                 <w:br/>
                 可搭配全国联运服务，具体增加费用需以实际报价为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -400,87 +400,80 @@
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 美食升级
                 <w:br/>
                 正餐中式餐升级为八菜一汤，呵护您的中国胃；
                 <w:br/>
-                黄金海岸澳洲国宴风味餐（龙虾海鲜袋鼠肉）、5星酒店海鲜拼盘；
-[...1 lines deleted...]
-                韩式和牛烧烤餐，品尝当地饮食，深入了解当地生活习俗；
+                黄金海岸东星斑生蚝风味养生餐；
+                <w:br/>
+                海鲜风味自助餐，品尝当地饮食，深入了解当地生活习俗；
                 <w:br/>
                 凯恩斯热带雨林公园BBQ自助午餐、凯恩斯大堡礁绿岛自助午餐；
                 <w:br/>
                 <w:br/>
-                住宿升级
-[...3 lines deleted...]
-                <w:br/>
                 体验升级
                 <w:br/>
                 【悉尼渡轮】：像当地人一样搭乘【特色渡轮】游悉尼港，观赏两岸迷人景致；
                 <w:br/>
                 【悉尼环形码头车站】：欣赏悉尼两大地标建筑的壮丽景色，探索悉尼的独特魅力；
                 <w:br/>
                 【悉尼水族馆】：探索来自世界各地的神奇生物，体验沉浸式尽享海底天堂的奇妙。
                 <w:br/>
                 【悉尼野生动物园】：世界上最大的室内野生动物园，实现与澳洲特有的动物近距离接触的机会；
                 <w:br/>
                 【悉尼歌剧院】：从内到外感受这座世界著名的表演艺术中心及悉尼市的标志性建筑的独特魅力；
                 <w:br/>
                 【滑浪者天堂】： “电影海王取景地”、全世界最长的海岸线，绵长的金色沙滩；
                 <w:br/>
                 【昆士兰博物馆】：自然科学的天地，也展示着人类历史文明的发展演变；
                 <w:br/>
                 【黄金海岸直升飞机】：您将欣赏到城市天际线和连绵起伏腹地的壮丽景色；
                 <w:br/>
-                【水陆两栖冒险鸭船】：从陆上和水上两种方式参观黄金海岸，实现水陆观光无缝对接；
+                【私家电动艇】：搭乘舒适的私家电动艇，深入黄金海岸纵横河道，从水上欣赏城市的壮丽景色；
                 <w:br/>
                 【凯恩斯大堡礁游船】：前往世界自然遗产的大堡礁，探索斑斓绚丽的海底花园；
                 <w:br/>
                 【热带雨林自然公园】："世界遗产古老而神秘的雨林"，乘坐军用水陆两用车，穿梭于各种热带雨林动植物；
-                <w:br/>
-                【名校巡礼】：亲临世界学府（昆士兰大学、悉尼大学），真实感受学术气息与历史底蕴；
                 <w:br/>
                 <w:br/>
                 贴心安排
                 <w:br/>
                 南方航空：荣获中国民航飞行安全最高奖——五星奖；
                 <w:br/>
                 全程澳大利亚旅游专家的领队为您保驾护航，细致专业服务领先同行；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
@@ -604,51 +597,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州 -/- 布里斯本  参考航班：CZ381/21:20-08:30+1
+                广州 -/- 布里斯本  参考航班：CZ381/20:55-08:30+1
                 <w:br/>
                 指定时间在广州国际机场集中，在专业领队带领下办理登机手续，搭乘豪华客机前往澳大利亚“阳光城市”~~布里斯本。今晚夜宿机上，享受着机上的影音设备及空乘服务。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -698,78 +691,80 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 布里斯本 – 黄金海岸（约1.5小时）
                 <w:br/>
                 抵达后开始今日精彩的行程：
                 <w:br/>
                 【南岸公园（South Bank Parklands）】
                 <w:br/>
                 位于澳大利亚布里斯本河畔南岸，占地16公顷，是1988年澳洲举办世博会的旧址，现经重建后被誉为澳大利亚最好的市内公园，在此可一览整个布里斯本市。在世博会以前，布里斯本河南岸曾是美军驻扎的营地，二战之后荒凉得无人问津；世博会之后，昆士兰政府将世博会旧址改造成公园，“南岸公园”因此成为布里斯本市最著名的休闲场所。
                 <w:br/>
                 【袋鼠角】
                 <w:br/>
                 袋鼠角是观看整个布里斯班城市风光和河流风光的绝佳观光点。布里斯班河流经这儿时正好是个 U 字形，整片城市风貌以超广角呈现，相当壮观，一大片棱形的布里斯班河水面也格外引人注目；
                 <w:br/>
                 【昆士兰博物馆 (Queensland Museum) 】
                 <w:br/>
                 是自然科学的天地，也展示着人类历史文明的发展演变。里面陈列着各色各样的动物标本，从地上奔跑的远古恐龙，到海里游的鲸鱼，居然还有木乃伊，意想不到的展示有很多。而馆内的科学中心 (Science Centre) 更是互动多多，大朋友小朋友都非常喜欢。
                 <w:br/>
-                【昆士兰大学】
-[...1 lines deleted...]
-                昆士兰大学是澳大利亚昆士兰州的公立综合性大学。同时还是六所砂岩学府之一，环太平洋大学联盟 、澳大利亚八校联盟、UNIVERSITAS 21、国际铁路联盟及新工科教育国际联盟等组织成员。2024年度. QS世界大学排名. 世界排名第51位. 2023年度. 世界大学学术排名. 世界排名第69位. 2023年度. 泰晤士高等教育世界大学排名。          【布里斯本皇后码头天空观景台】
+                【新农场公园（New Farm Park) 】
+                <w:br/>
+                该公园坐落在布里斯本河畔，是一个名副其实的“河滨公园”，紧邻码头，平坦的绿草坪、茂盛的树木让人心旷神怡。适逢花季，还可欣赏园内玫瑰花圃绽放的妩媚玫瑰。河边风景开阔，让人身心放松。同时这里是当地居民休闲、健身的好去处。
+                <w:br/>
+                【布里斯本皇后码头天空观景台】
                 <w:br/>
                 登上标志性的布里斯班皇后码头天空观景台，其壮丽景色令人叹为观止。新月形天空观景台位于布里斯班河上方 100 米处，可欣赏从中央商务区延伸至摩顿湾和库萨山的美景。
                 <w:br/>
                 【特别提示：酒店可能会根据具体预订情况调整，且行程可能会因此临时调整顺序，感谢您的理解与配合。谢谢！】
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：机上早餐     午餐：√     晚餐：龙虾海鲜餐（8菜1汤）   </w:t>
+              <w:t xml:space="preserve">早餐：机上早餐     午餐：海鲜风味自助餐     晚餐：东星斑生蚝养生餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店   或 黄金海岸：Mercure Gold Coast Resort或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -784,107 +779,103 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 黄金海岸 – 布里斯本-/-凯恩斯	航班：待定或后一天早班机
                 <w:br/>
                 早餐后开始今日精彩的行程：
                 <w:br/>
+                【私家电动艇畅游黄金海岸水道】
+                <w:br/>
+                搭乘私家电动艇畅游黄金海岸超美海水道，热情的船长还会亲自执导教您驾驶。两岸密布令人艳羡的水边豪宅任您近距离饱览，还有滑浪者天堂著名的摩天大楼作为巨幅背景画，令人真切体验到来黄金海岸必须要从水上体验这座美丽城市的原因！
+                <w:br/>
                 【5分钟直升飞机】
                 <w:br/>
                 乘坐造价高达几百万澳元的直升飞机，去欣赏黄金海岸美丽的海岸线吧！巡航在白色的沙滩上，享受在空中俯瞰壮阔海岸的感觉；
                 <w:br/>
-                【黄金海岸城市艺术中心（HOTA艺术之家）】
-[...2 lines deleted...]
-                <w:br/>
                 【塘鹅湾】
                 <w:br/>
                 这里是野生的塘鹅聚居地，也是很多游客慕名而来的地方。塘鹅以嘴大而闻名，是西方人眼中的“送子鸟”，黄金海岸的塘鹅湾，景色优美，环境优良，成群的野生塘鹅与居民和谐相处；随后Labrador Park （拉布拉多农贸市场）是一个集澳洲本土生活必需品和健康娱乐，医疗中心为一体的社区服务中心，在这里您可以自由体验本土人的超市文化，感受黄金海岸的生活气息。
                 <w:br/>
-                【水陆两栖鸭子船】
-[...2 lines deleted...]
-                <w:br/>
                 【冲浪者天堂】
                 <w:br/>
                 “海王取景地”—黄金海岸的市中心，是全世界最长的沙滩海岸，有着“南半球的迈阿密”之称。笔直宽广的海岸线冲浪者天堂是冲浪者必去之地，冲浪的梦幻之所，这里有连绵的沙滩、和煦的阳光和蔚蓝的海水,日落时分在夕阳的照映下可以看到绵长的金色沙滩，这里每年都有各种世界顶级的冲浪赛事在这里举行。
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">凯恩斯：Crystalbrook Riley或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">凯恩斯：Rydges Esplanade Resort Cairns或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -907,68 +898,68 @@
                 【绿岛大堡礁】（游览约5小时）：
                 <w:br/>
                 早餐后乘豪华游艇前往于东北海岸的珊瑚海大堡礁【绿岛】。在神奇无比的珊瑚海底世界，有数不胜数的热带鱼及许多不可思议的海洋生物。抵达绿岛后，你可以躺在美丽的白沙滩上享受纯净的自然。乘坐【玻璃底船】领略壮丽迷人的大堡礁奇观，把海底七彩缤纷的鱼群和色彩斑斓的珊瑚美景尽收眼底。
                 <w:br/>
                 特别提示：若由于天气原因造成大堡礁不能出海，当天自由活动，不含午餐，将退还船票费用(澳币90元/人)！
                 <w:br/>
                 交通：游艇，专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：岛上午餐     晚餐：海鲜拼盘   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">凯恩斯：Crystalbrook Riley或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：岛上午餐     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">凯恩斯：Rydges Esplanade Resort Cairns或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1064,53 +1055,53 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 悉尼海岸线一日游
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
                 【邦迪海滩】
                 <w:br/>
                 澳大利亚著名的度假海滩之一，备受悉尼当地人欢迎，每年有大量的本地和国际盛事在此举行。在金色沙滩上漫步，或像当地人一样在海边晒晒太阳。海滩附近有很多时髦的冲浪商店、时尚店、露天咖啡馆、艺术画廊等，小资的漫步在这些时尚街道上也是个不错的选择。
                 <w:br/>
                 【无边泳池—外观】 
                 <w:br/>
                 无边泳池位于悉尼著名邦迪海滩，是澳洲比较适合拍照的海边泳池，全长50米的海水泳池不仅是晒日光浴的热门地点，更是邦迪海滩百年来的地标。
                 <w:br/>
-                【屈臣氏湾Watsons Bay】
-[...1 lines deleted...]
-                是悉尼著名的富人区。港湾里有序地停泊着许多游艇。一些居民的住宅直接对着海滩，充分享受着阳光和大海带来的快乐。从屈臣氏湾往里步行到南头，可远眺太平洋如画般的美景以及悉尼港美丽的旖旎风光。
+                【玫瑰湾】
+                <w:br/>
+                玫瑰湾是悉尼东区著名的高尚海滨郊区，位于悉尼中央商务区以东 7 公里处，坐落在悉尼港南岸，介于 Double Bay 和 Watson's Bay 之间，是悉尼少数能同时欣赏到悉尼歌剧院和悉尼海港大桥壮丽景色的地点之一。是悉尼举行各种各样展览，文艺表演和庆祝活动最集中的地方。2000年奥运会的会标也矗立于此。每逢盛大节日，这里还是观看烟火的好地方。
                 <w:br/>
                 【悉尼港特色渡轮】
                 <w:br/>
                 乘搭【悉尼港特色渡轮】畅游南半球最美丽的海湾【悉尼港】；于船上观赏【悉尼高级住宅区】、【屈臣氏湾】、【玫瑰湾】、【伊丽莎白湾】及欣赏悉尼港湾美景。
                 <w:br/>
                 【悉尼渔市场】
                 <w:br/>
                 南半球最大的海鲜交易市场，每天供应着新鲜美味的鱼类，明亮乾净的店铺和即食烹调贩卖的饮食店，有日式、澳洲式炸鱼店、亚洲口味、即开即食的生蚝店、日式料理和多种生食海鲜类的料理等，各种新鲜的大虾和龙虾都会让您食指大动，午餐您可以在不同店家购买各式各样美味的鱼虾蟹料理，坐在港边的座位上好好品尝一顿澳洲的美味海鲜。旁边还有酒水饮料店和生鲜水果店。
                 <w:br/>
                 【悉尼大学】
                 <w:br/>
                 悉尼大学是澳大利亚历史最悠久和最负盛名的大学，被称为“澳洲第一校”，在世界范围内亦是最优秀的高等学府之一。该校创建于1850年，至今有160多年的历史，是澳大利亚最大的高校之一。悉尼大学为澳洲和世界的人类发展事业做出了巨大的贡献。其悠久的历史和显赫的成就为它赢得了“南半球牛津” (Oxford in South Hemisphere)的美誉。
                 <w:br/>
                 【澳大利亚博物馆】
                 <w:br/>
                 列入文化遗产名录的澳大利亚博物馆（Australian Museum）始建于 1827 年，是澳大利亚第一家博物馆。它拥有超过 2,100 万件藏品，而且澳大利亚博物馆研究所（Australian Museum Research Institute）也位于该博物馆内，使其成为进行自然和社会科学研究以及学习历史和文化的重要场所。澳大利亚博物馆内展厅众多，其中一楼大厅的“澳大利亚博物馆的200件珍宝”最为吸引眼球，它精选了博物馆中的200件具有代表性珍贵藏品(每次轮换展出100件)进行展示，这些“镇馆之宝”五花八门，主要有古代和近代文物、动物标本、矿物、化石等，令人大开眼界，展览还结合了100位对澳大利亚作出贡献的名人故事与展品相辅相成，让观众更深入地了解这些藏品背后的历史和文化背景。
                 <w:br/>
                 【圣玛丽大教堂】
                 <w:br/>
                 圣玛丽大教堂（St Mary's Cathedral）位于学院街与阿尔伯特王子路的街角处，海德公园的对面，是悉尼大主教的所在地，被称为澳大利亚天主教堂之母（Mother Church of Australian Catholicism）。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
@@ -1178,98 +1169,92 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 悉尼经典一日游
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
                 【悉尼皇家植物园】
                 <w:br/>
                 坐拥水岸与悉尼歌剧院美景，是澳大利亚大陆上的“第一块农田（1788年）”。位于皇家植物园东北角的麦爵理夫人的座椅（Mrs. Macquarie’s Chair），据说麦爵里曾经受英国政府派遣在1810－1821年任澳大利亚总督，当总督回国述职时，留守在悉尼的夫人因思念而经常到望得见港湾入海口的“座椅”上翘首以望是否有来自于大英帝国的船队扬帆而来，带来她魂牵梦萦的丈夫。参观植物园中的【麦爵理夫人的座椅】，聆听这张石椅背后的动人传说，这里同时是欣赏并拍摄悉尼歌剧院及悉尼大桥的经典之站。
                 <w:br/>
                 【新南威尔士美术馆】
                 <w:br/>
                 美术馆建于1874年，是澳洲国内3大美术馆之一，陈列着澳洲境内优秀的艺术作品。馆内主要展出的是澳大利亚各个时期的美术作品，也有印象派大师和亚洲的美术作品。
                 <w:br/>
                 【沉浸式的悉尼歌剧院之旅—入内参观30分钟】
                 <w:br/>
                 悉尼歌剧院不仅是公认的 20 世纪世界七大奇迹之一，也是悉尼最具有地标性的建筑。建于海港上贝壳般的建筑物，外观将近全白色，极似漂浮在空中的散开花瓣，每年约有1,600 场音乐会、歌剧、戏剧与芭蕾舞表演等在此演出，幸运的话还有机会看见优雅的芭蕾舞演员进行排练，或见识乐团试音，亲身感受歌剧院独有的无穷魅力。
                 <w:br/>
-                【特别提示：此景点为全球预定，比较紧张，届时如预定不上，则更换为悉尼塔+蜡像馆】
-                <w:br/>
                 【悉尼环形码头最美车站】
                 <w:br/>
                 紧邻悉尼海港大桥，可近距离观赏大桥的雄伟；环形码头也是拍摄海港大桥与歌剧院经典合影的最佳位置。
                 <w:br/>
-                【悉尼天文台山公园】
-[...2 lines deleted...]
-                <w:br/>
                 【SEALIFE悉尼水族馆】
                 <w:br/>
                 踏上一场令人惊叹的探索之旅，畅游SEALIFE悉尼水族馆独特的淡水与海洋生态环境，近距离接触近4,000只令人惊奇的水生动物！
                 <w:br/>
                 在探索旅途中，您将邂逅来自世界各地的神奇生物，通过先进的互动体验沉浸在精心打造的主题栖息地中，尽享海底天堂的奇妙。
                 <w:br/>
                 探索沉没的船只，观赏小企鹅们嬉戏；穿越“侏罗纪海域”，遇见史前生物；造访儒艮岛，结识调皮的明星角色“Pig”；再前往“岩池探险”，展开互动体验。随后，畅游“鲨鱼谷”，这里栖息着令人敬畏的三米长大鲨鱼。
                 <w:br/>
                 千万不要错过全球首创的“企鹅探险”乘船之旅——它将带领探索者穿越亚南极地区，与令人惊艳的国王企鹅和可爱的巴布亚企鹅面对面相遇。
                 <w:br/>
                 最后，在互动体验中感受大堡礁的标志性奇观。利用尖端科技和170万升水体展示，超过400只海洋生物将带您踏上一段绚丽多彩的大堡礁探索之旅！
                 <w:br/>
                 【WILD LIFE悉尼动物园】
                 <w:br/>
                 在WILD LIFE悉尼动物园探索澳大利亚的精彩风貌——这里是“澳洲五大明星动物”的之家！踏上这场位于达令港心脏地带的动物冒险之旅，邂逅你最喜爱的澳洲标志性动物！无论是与考拉自拍、亲近袋鼠、面对面三只淡水鳄鱼、欣赏袋熊Ringo在展区嬉戏，还是观看鸭嘴兽自在畅游水中，总有新奇体验等你探索！
                 <w:br/>
                 WILD LIFE悉尼动物园设有互动展区、专业饲养员讲解，以及感受栖息环境 - 这将是一场与众不同的城市探索之旅！
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：韩式和牛烧烤餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">悉尼：Crowne Plaza Sydney Macquarie Park或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1470,51 +1455,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.   个人旅游意外保险费、新冠保险和航空保险费；
                 <w:br/>
                 2.   行程表以外活动项目所需的费用； 
                 <w:br/>
                 3.   出入境行李的海关税、搬运费、保管费和超重；
                 <w:br/>
                 4.   酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 5.   其他私人性开支（护照办理费用、行程外的交通费、洗衣、电话、酒水、单房）；
                 <w:br/>
                 6.   其他未约定由旅行社支付的费用：单房差￥2900/人（6晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
                 <w:br/>
-                7. 全程服务费￥640/人（出团时机场现付，领队代收，大小同价）。
+                7. 全程服务费￥800/人（报名时交齐，大小同价）。
                 <w:br/>
                 特别备注：A：持ADS签证，旅途中不可离团；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1881,51 +1866,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>