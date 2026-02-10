--- v1 (2025-12-25)
+++ v2 (2026-02-10)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">春节【轻奢度假·贺州西溪森林温泉】广东、湖南、广西三省联游纯玩3天丨浸泡西溪原生态森林温泉+无边际泳池畅泳丨打卡云冰山风车云海行程单</w:t>
+        <w:t xml:space="preserve">【汤宝如巡回音乐会】佛山2天丨广东千古情门票 欢乐抽奖人人有份行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CJ-TX-20241101SP79599082</w:t>
+              <w:t xml:space="preserve">TX-20260118SP39595333</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">清远市-贺州市</w:t>
+              <w:t xml:space="preserve">佛山市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,114 +343,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...1 lines deleted...]
-                8:00 海珠广场广州宾馆门口（海珠广场地铁E出口）8:45花都云山路体育馆北门（花果山地铁站A2出口）
+                车点：（时间仅供参考，实际出发时间以导游通知为准！）
+                <w:br/>
+                08:30流花路中国大酒店对面（越秀公园地铁站C出口）
+                <w:br/>
+                09:30番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                番禺指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                升级入住1晚西溪森林温泉带私家汤泉池 悦泉居
-[...9 lines deleted...]
-                全程食足4餐：西溪酒店晚餐+淮山糖水+酒店早餐
+                ★ 重金包含￥138元《汤宝如InTheMoment时光印记巡回音乐会》门票
+                <w:br/>
+                ★ 一起来回味 岭南晚风轻唱 解锁岁月密码 唱经典旋律 拾港乐旧时光
+                <w:br/>
+                ★ 畅游广东千古情 包含价值￥238元门票 带你领略‘上天入地、穿越古今’
+                <w:br/>
+                ★ 感受大自然 呼吸大氧吧 漫步于佛山顺峰山花海里
+                <w:br/>
+                ★ 食足3餐！《西樵风味宴》、《大盆焖全鸭宴》
+                <w:br/>
+                ★ 欢乐大抽奖！人人有份·永不落空·有得食！有得玩！有得睇！仲有得拎！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -567,226 +573,177 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发地—淮山基地—午餐—油岭瑶寨—入住连州酒店
-[...1 lines deleted...]
-                早上游客于市区指定地点集合，前往清远优秀旅游城市。10：30七拱淮山，因其品质优良，享有盛誉，是阳山农业的一张亮丽名片，曾获得“广东人民最喜爱的土特产”“国家绿色食品A级产品”“全国名特优新农产品”“清远十大特产”等称号。淮山基地体验挖淮山的乐趣。每人可免费品尝淮山糖水小吃， 随团每人赠送有机淮山（2斤），另外自行购置参考价6元/斤。12：00前往当地农庄自费享用午餐。14：00 前往【千年古老瑶寨油岭瑶寨】 它位于连南县城西南，海拔803米，鼎盛时有民居700多幢、1000多户、7000多人，被称誉为首领排。古镇依山而建，房屋层叠，错落有致；石板道纵横交错，主次分明。此寨建于宋代，历今已有千余年的历史。据专家考证，南岗是全国乃至全世界规模最大、最古老、最有特色的瑶寨。现居住在山寨的瑶民，主要有邓、唐、盘、房四个氏族。他们在明代时就建立了民主选举的“瑶老制”，并形成了神圣而严厉的“习惯法”，严格管理山寨。现古寨只保留了200余人和368幢明清时期的古宅及寨门、寨墙、石板道等。走进古寨，仿佛进入历史的时光隧道，思古之幽情油然而生，让人感受到瑶族历史的悠久和传统文化的古典美。17：30前往连州酒店办理入住。晚餐自费享用游客可自行逛连州市场或者宵夜街，品连州正宗当地小吃。
+                第1天：出发地—顺峰山—广东千古情—汤宝如音乐会—入住酒店 含：午餐       不含：晚餐      住：佛山高明浩枫温德姆酒店 （若当天酒店房间已满，则安排同等级酒店；）
+                <w:br/>
+                指定地点集合出发前往【顺峰山】（游览约1小时）作为顺德“新十景”之一，突出“山色水韵”的建设主题，同时充分融入本地深厚的人文历史底蕴以及岭南特色民俗民风，凭借古塔、寺庙等历史古迹和古典园林风格的楼阁建筑，共同形成顺峰山公园自然与人文相结合的景观格局。粤剧大观园整个园区共有10个独立建筑，讲述粤剧古今变化、服饰道具、经典名剧、顺德名伶等，展示粤剧在顺德的发展历程，陈列展览具有知识性、教育性、传播性、科技性、互动性、趣味性等特点，包含展览、活动、文创等功能于一体。汀芷园位于顺峰山公园牌坊东侧，南迎青云湖，西倚青云山，点画以水为题，于青云山引水入园，青云湖旁，汀芷矗立，是以为“汀芷园”。园内汀芷楼、清逸亭、竹隐居、见山斋、光风雪月等岭南风格的古典亭台、楼阁建筑环绕着中央的景观湖，近水观景台和桥梁将亭台与水景融合在一起。现在正是宫粉紫荆的盛放期，供旅客观赏，之后还有虞美人、金鱼草、格桑花等各种花卉打卡...海洋般的花海看得如此如醉，令人释放身心。
+                <w:br/>
+                    前往享用午餐，前往网红景区打卡点【广东千古情】（游览约4小时）景区，包含价值238元的景区及演出门票。这是一个富有想象力的演艺魔盒，时间和空间在这里折叠；这是珠三角地区的文化新高地，打破公园、演出的界限，创新文化旅游的固有形态，打造休闲度假一站式全新体验。想你所想，见你未见！
+                <w:br/>
+                上一秒，漫步悠悠古城，触摸广东千 年文化的历史脉搏；下一秒，误入南国秘境，邂逅一段神奇的百越传奇……东方的雅致，西方的斑斓交织成烟火气满满的市井街、 穿越街带你回到充满故事的老广东岁月、武术街感受江湖本色、邂逅一段动人佳话风情街、波西米亚街、椰风海韵街，开放式的演艺空间“化无形于有形”，二十多个各具特色的剧院和表演场所星罗棋布，带你上天入地、穿越古今。这是一个全家共享天伦之乐的亲子基地。二十多个剧院和演出场所，孩子们体验亲子秀《WA！恐龙》，感 受艺术启蒙；5D 实景剧《大地震》，山崩地裂、真情永驻；沉浸式演出《南海一号》 《广州起义》，惊涛骇浪、战火纷飞；恐怖研究院、聊斋惊魂鬼屋、幻境空间等大 型互动体验项目，惊心动魄、光怪陆离；主秀《广东千古情》是一生必看的演出，视觉盛宴，心灵震撼……这里每天上演一场场永不落幕的艺术盛宴！
+                <w:br/>
+                晚餐自理，随后前往【佛山南海体育馆】（20:00准时开演）观《汤宝如InTheMoment时光印记巡回音乐会》岭南晚风轻唱 解锁岁月密码，唱经典旋律拾港乐旧时光。1992年与张学友合唱的《相思风雨中》，让汤宝如踏上香港粤语歌坛，备受瞩目，成名后的她签约宝丽金唱片公司，与刘小慧、黎瑞恩一起称为“宝丽金三小花”。
+                <w:br/>
+                    观赏完毕后前往入住【佛山高明浩枫温德姆酒店】是温德姆集团旗下的商务酒店，酒店设计融合了佛山本地特色，大堂以“流动西江”为灵感，客房采用沉稳的暖棕色调，搭配智能控制系统，氛围宁静又科技感十足。 设施方面，除了基础的洗衣房和健身房，还设有足浴养生馆，适合放松。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">连州金龙湾/湟川公寓酒店/同级</w:t>
+              <w:t xml:space="preserve">佛山高明浩枫温德姆酒店 （若当天酒店房间已满，则安排同等级酒店；）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐—云冰山—午餐自理—腊味博物馆—入住西溪酒店—晚餐
-[...1 lines deleted...]
-                07:30-08:30享用早餐。09:30--12：00乘坐空梭巴前往【云冰山云海】（景区双程观光车费已含，（如因冰雪或恶劣天气(不可抗力因素)环保车上不了山，环保车费用不退不减，需要步行上山），登上1400多米的西峰岭，久违的春日阳光显得格外温暖，在阳光的照耀下光芒四射，更显晶莹剔透；平铺天际的云海、如万马奔腾的流云飞瀑和若隐若现的“大风车”尽收眼底，构成了一幅幅妙趣横生的山水画卷，让人一下子仿佛进入了两个不同的世界。一座座山峰只露出一个个山尖，仿佛大海里的小岛，时隐时现在云雾之中。宽大的风电机翼又如船浆，推动大海中帆船缓缓前行一样时而探出，时而隐匿。在南方地区一般而言，云海、云瀑、雾凇、和久违的春光同现一座山头十分罕见，宛如人间仙境般的奇妙景观让众多游客赞叹不已。还可参观到上千年的野生苔藓;12:30-13:30前往餐厅自费享用午餐。14：00-14：30【东陂腊味博物馆】国家地理标志保护产品，入选清远市第一批市级非物质文化遗产名录，入选首批国家农业产业强镇。东陂腊味有三百多年的悠久历史，因产于东陂镇而得名。东陂腊味包括腊肉、腊肠、腊鸭、腊鸡四个主要品种，它是把鲜活禽畜，经过选料、腌制、风干等程序加工而成。其工艺特点在于利用当地的自然条件进行风干，不经烘烤或者烟熏，不添加亚硝酸盐和防腐剂，具有腊香浓郁、香嫩爽口、回味悠长的特色。14:30前往【西溪森林温泉度假酒店】办理入住。酒店以东南亚风情为主题，装修别具一格打造贺州最好的五星级度假酒店，窗明几净 优雅舒适 富丽堂皇 宾至如归，这就是西溪温泉酒店的特点；设计上融合了原始的大自然元素“质朴的木质内饰”以及“穿插其中的绿植灌木”这些都与“山间温泉”的主要设计理念不谋而合，客人们时常都能够感受到来自古朴乡村的宁静与舒适。酒店自由享用800立方泳池，也可以自由浸泡温泉：山环雾绕，树木丛生，温泉错落有致的分布在其中：药池、花池、汤池，共同构成了一幅仙境画卷。在南乡当地的村子中、田间便有汩汩涌动的温泉眼，温泉环绕着村落，生生不息。山顶的无边温泉泳池是整个度假邨的焦点，在这里能够俯览整座温泉酒店而且还能看见最远处古村落的全貌。西溪温泉系纯天然自涌泉，出水口温度86.5℃，是华南地区所发现的温泉资源中，泉眼露出范围密度大、综合自流量大、水质最好的高山温泉，是极其罕见的偏硅酸养生温泉，水质富含钙、硫等对人体极其有益的矿物质和微量元素。温泉区风格各异的温泉泡池43个【露天20多个，室内或有顶棚15个】，以及800平方米山泉水游泳池1个，500平方米无边际温泉池1个。私密性极佳温泉池处于森林之中，树影婆娑，优美宁静，每个泡池随地形梯级分布，远眺美丽的梯田，尽情享受原汤温泉的呵护，让一切烦恼抛离脑后。18:00酒店餐厅享用酒店晚餐。晚餐后自由泡温泉。
+                第2天：早餐—游龙峡—活动大抽奖—回程 含：早餐、午餐
+                <w:br/>
+                睡到自然醒，享受一个不被打扰的早晨，自行前往酒店餐厅享用早餐；
+                <w:br/>
+                出发前往【游龙峡】（含大门票，不含景区内景交；观光车+飞龙魔毯特惠套票：30元/人，门市价80元/人）是一个融合自然景观、生态漂流和探险体验的原生态旅游度假区，它以原始森林、清澈溪流和峡谷地貌为特色。寻龙秘境森林步道：长度约5公里，沿途保留完整的亚热带季雨林生态系统，溪涧潺潺、飞瀑叠嶂，并设有“猩猩守护神”雕塑、云中栈道、峡谷寻宝等探险项目412。步道轻松易行。景区拥有龙潭、旋龙洞、万年龟等多个瀑布群，其中“龙瀑”为精华景点，由多段瀑布串联而成；入口处的花海艺术长廊提供拍照打卡点，四季可赏缤纷花卉。
+                <w:br/>
+                【佛山大瀑布】:瀑布落差达88米，远观如银河落九天，水花飞溅、水雾缭绕仿若仙境。远离都市喧器，漫步寻龙秘境3公里的栈道，聆听流水潺，感受阳光穿过树叶的温暖。带上亲朋好友，一同感受这片“森呼吸”吧!
+                <w:br/>
+                【飞龙魔毯】:乘坐魔毯一路前行沿途风景一览无余。周围景色映入眼底满足了游客“一览众山小”的观光需求。
+                <w:br/>
+                享用午餐《大盆焖全鸭宴》 回味无穷，香气飘飘~
+                <w:br/>
+                用餐完毕后，来一次刺激的【活动大抽奖】~让大家有的玩有的看还有礼物带回家！！
+                <w:br/>
+                一等奖：一只4-5斤活鵝                                  
+                <w:br/>
+                二等奖：一箱2斤装竹升面/淮山面+一罐240g李锦记海鲜酱   
+                <w:br/>
+                三等奖：两瓶李锦记酱油                                  
+                <w:br/>
+                    游玩完毕后，结束两天愉快之旅，返回温馨的家。
+                <w:br/>
+                <w:br/>
+                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -831,61 +788,61 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                交通：根据实际人数安排旅游空调车，保证一人一个正座
-[...9 lines deleted...]
-                其他：参团每人送2斤淮山+1份腊味伴手礼（2条腊肠）
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
+                <w:br/>
+                2.导游：提供专业导游服务
+                <w:br/>
+                3.用餐：全程含2正餐1早；（早餐均为酒店配套/打包早，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与；）
+                <w:br/>
+                4.门票：景区首道大门票，不含园中园。
+                <w:br/>
+                5.住宿：佛山高明浩枫温德姆酒店  标准双/大床房，随机安排，不指定；（若当天酒店房间已满，则安排同等级酒店；）
+                <w:br/>
+                6.保险：敬请自行购买个人意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -965,74 +922,141 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团45 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1073,51 +1097,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-11</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>