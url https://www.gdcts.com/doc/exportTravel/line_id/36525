--- v0 (2025-10-26)
+++ v1 (2026-03-05)
@@ -560,53 +560,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 洛杉矶接机
                 <w:br/>
                 您愉快的旅程将从您降落于洛杉矶机场那刻开始。接机专员在机场迎接您的到来，随后送您前往下榻的酒店，您可以自行安排余下的时间。
                 <w:br/>
                 <w:br/>
                 接机须知：
                 <w:br/>
                 1. 免费接机时间段：10:00-22:00，每2小时一班，即10点、12点，14点，16点，18点，20点，22点（客人和导游汇合的时间）
                 <w:br/>
-                2. 接机地点：美国国内和加拿大航班请在行李提取处等候导游，国际航班请在The Coffee Bean &amp; Tea Leaf 等候
-[...1 lines deleted...]
-                航班信息：请至少在出发前4个工作日内将抵达/返回的航班信息提供给我们，否则您需自行前往酒店。
+                2. 如果航班有调整或延误，请第一时间通知，我们将尽量为您协调
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -638,53 +636,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛杉矶 - 太平洋1号公路 - 圣塔芭芭拉 - 丹麦村 - 萨利纳斯 (290 英里)
-[...1 lines deleted...]
-                沿着风光旖旎的太平洋1号公路北上，欣赏世界闻名的海岸线美景，碧海蓝天、悬崖峭壁与沙滩交织成一幅动人画卷。首先抵达有“美国里维埃拉”之称的圣塔芭芭拉，这里气候宜人，西班牙式红瓦白墙建筑与棕榈树海岸相映成趣。接着前往充满欧陆风情的丹麦村（索尔万 Solvang），走进童话般的街道，品尝正宗的丹麦糕点，感受北欧小镇的浪漫气息。傍晚抵达萨利纳斯，这里是加州著名作家约翰·斯坦贝克的故乡，也是加州中部重要的农业重镇。夜宿萨利纳斯，为第二天的旅程做好准备。
+                洛杉矶 - 太平洋1号公路 - 圣塔芭芭拉 - 丹麦村 -玛丽娜 (122英里)
+                <w:br/>
+                沿着风光旖旎的太平洋1号公路北上，欣赏世界闻名的海岸线美景，碧海蓝天、悬崖峭壁与沙滩交织成一幅动人画卷。首先抵达有“美国里维埃拉”之称的圣塔芭芭拉，这里气候宜人，西班牙式红瓦白墙建筑与棕榈树海岸相映成趣。接着前往充满欧陆风情的丹麦村（索尔万 Solvang），走进童话般的街道，品尝正宗的丹麦糕点，感受北欧小镇的浪漫气息。傍晚抵达加州海滨小镇玛丽娜。
                 <w:br/>
                 <w:br/>
                 圣塔芭芭拉 (Santa Barbara, CA)
                 <w:br/>
                 建筑以西班牙、墨西哥式为主，矮层楼房、红项白墙，市中心的街道成"#"字形，房前是草坪，房后是花园，人在绿中，房在林中，是名副其实的花园城市。
                 <w:br/>
                 圣芭芭拉城市法院 (Santa Barbara County Courthouse)
                 <w:br/>
                 1929年建造的城市法院代表了圣芭芭拉最著名的建筑风格，也是来到这座城市游客必到之处。建筑风格是世界上最精美的地中海式风格，白墙红砖。
                 <w:br/>
                 开放时间参考: 8:00am - 5:00pm
                 <w:br/>
                 <w:br/>
                 圣芭芭拉港口 (Pier Santa Barbara)
                 <w:br/>
                 圣芭芭拉码头，两侧的蔚蓝海岸景色开阔，海风温柔吹拂，海鸥上下盘旋，海面阳光闪烁，宁静又美好。
                 <w:br/>
                 丹麦村 (Solvang, CA)
                 <w:br/>
                 一个具有典型北欧风光的袖珍小镇，小镇内有图画般的丹麦式建筑、丹麦风车、丹麦食品、葡萄酒及丹麦特色工艺品。整个小镇充满着北欧风情。
                 <w:br/>
                 丹麦村 (Denmark Village)
                 <w:br/>
                 丹麦村位於美国加州中部圣塔芭芭拉县境内.是一个具有典型北欧风光的纯朴、袖珍小镇，小镇内有图画般的丹麦式建筑、丹麦风车、丹麦食品、葡萄酒及丹麦特色工艺品。
                 <w:br/>
@@ -740,122 +738,119 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大苏尔 - 17英里 - 圆石滩 - 卡梅尔 - 斯坦福 - 苹果总部 - 硅谷 - 旧金山 (94 英里)
+                大苏尔 - 17英里 - 圆石滩 - 卡梅尔 - 斯坦福 - 苹果总部 - 硅谷 - 旧金山地区 (94 英里)
                 <w:br/>
                 今日行程将沿着加州海岸风光，首先游览世界著名的大苏尔 Big Sur，这里以壮丽的悬崖海岸和辽阔的太平洋景致闻名，是美国最美的公路之一。随后进入17英里风景线，途经风光旖旎的鹅卵石海滩 Pebble Beach，在蓝天碧海与松林环绕下欣赏加州海岸的独特魅力。接着前往童话般的卡梅尔小镇 Carmel，这里以艺术画廊、精品商店和欧式建筑闻名。之后抵达斯坦福大学，参观这所世界顶尖学府的美丽校园。行程继续，途经Apple Park及硅谷，感受全球高科技创新的核心地带。傍晚抵达旧金山，湾区结束充实的一天。
                 <w:br/>
                 <w:br/>
                 【必付项目】大苏尔 (Big Sur, CA)
                 <w:br/>
                 大苏尔是1号加利福尼亚州州道中的一段，约90公里，这段路包括许多悬岩、海岸，有着丰富的动植物资源，是加州著名的旅游景点。有包括朱莉娅·菲佛·伯恩斯州立公园、菲佛大苏尔州立公园、安德鲁·莫勒拉州立公园在内的7个州立公园。
                 <w:br/>
                 比克斯比大桥 (Bixby Bridge)
                 <w:br/>
                 比克斯比大桥始建于1932年，桥长714英尺, 高280英尺，是当时世界上最高的单拱混凝土拱桥。那一道优美的弧线，出现在无数电影、摄影作品中，占据着人们对加州海岸无以替代的记忆空间。
                 <w:br/>
-                麦克维海滩 (McWay Cove)
-[...1 lines deleted...]
-                麦克维海滩位于巉岩崖壁下，一条白练，飞流直下，退潮时落入沙滩，涨潮时归属大海，蔚为奇观。
                 <w:br/>
                 卡梅尔 (Carmel, CA)
                 <w:br/>
                 它以优美的自然环境和优雅的艺术氛围成为加州十七哩黄金海岸公路的一大亮点，在这里，很多画廊、雕塑精品店的主人本身就是成就卓著的艺术家。
                 <w:br/>
                 蒙特利 (Monterey, CA)
                 <w:br/>
                 如诗如画的蒙特利半岛有着轻柔的海风、蜿蜒的海岸，澎湃的浪花，奇星的礁石，还有可爱的海狗海狮。更有亿万富豪的别墅美轮美奂和世界顶级高尔夫球场。
                 <w:br/>
                 【必付项目】加州十七哩 (17-Mile Drive)
                 <w:br/>
                 加州十七哩的海景令人心旷神怡。十七哩内包含着世界闻名的加州1号公路，17哩湾的标志“孤柏树”等。接踵而来的美景让人沉醉于海风与浪声中。
                 <w:br/>
                 圆石滩 (Pebble Beach)
                 <w:br/>
                 圆石滩是著名的度假胜地，也是柏树角俱乐部、蒙特利半岛乡村俱乐部和老虎伍兹曾练习过高尔夫的原石滩高尔夫球场的所在地。
                 <w:br/>
                 孤松 (Lone Cypress)
                 <w:br/>
                 作为美国西部的一个象征，这株在加州一号公路17英里中矗立了250多年的孤松矗立在悬崖边，俯瞰整个海洋，是最值得留念的拍摄景点之一。
                 <w:br/>
                 游览时间: 大约20分钟
                 <w:br/>
                 <w:br/>
                 鸟岩 (Bird Rock)
                 <w:br/>
                 鸟岩是17英里景区西海岸边的一座小岛，位于“中国石”附近，鸟岩上面经常栖息着很多海鸟和海狮。
                 <w:br/>
                 斯坦福市 (Stanford, CA)
                 <w:br/>
                 位于硅谷的西北部，这个著名的研究机构，不仅是美国最好的学校之一，也是世界上顶尖的一所大学。如果说哈佛与耶鲁大学代表着美国传统的人文精神，那么斯坦福大学则是二十一世纪科技精神的象征。
                 <w:br/>
                 【必付项目】斯坦福大学 (Stanford University)
                 <w:br/>
-                开放时间参考: 关闭日期: 1/1/18, 2/23, 2/24, 4/26-4/28, 5/11-5/13, 6/14-6/17, 9/1, 9/8, 9/15, 9/18-9/23, 10/6, 10/25-10/28, 11/10, 11/22, 12/25
+                斯坦福大学位于美国加州硅谷核心地带，是世界顶尖私立研究型学府之一，以卓越的学术实力、创新精神和与科技产业紧密联系而闻名。是硅谷人才的重要摇篮
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：含     午餐：敬请自理     晚餐：敬请自理   </w:t>
+              <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sheraton Hotel 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -993,51 +988,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 莫德斯托 - 优胜美地 - 洛杉矶 (364 英里)
                 <w:br/>
                 早起前往壮观的优胜美地国家公园。在这里，您将被高耸的花岗岩峭壁、清澈的湖泊和瀑布以及茂密的松林所包围。探索这片自然奇观，如半圆顶、优胜美地瀑布和艾尔卡皮坦。午后，我们将启程返回洛杉矶，沿途欣赏加州的风光。
                 <w:br/>
                 <w:br/>
-                【必付项目】优胜美地 (Yosemite National Park, CA)
+                【必付项目】*优胜美地 (Yosemite National Park, CA)
                 <w:br/>
                 坐落于加利福尼亚的中心，以许多山谷、瀑布、内湖、冰山、冰碛闻名于世，给我们展示了世上罕见的由冰川作用而成的大量的花岗岩浮雕。
                 <w:br/>
                 半圆丘 (Half Dome)
                 <w:br/>
                 表面受冰河作用切割的很平，像刀削的似的，矗立于海拔8842英尺的顶峰上，是优胜美地最高的山峰。也是世界最具挑战性的攀岩地之一。
                 <w:br/>
                 优胜美地瀑布 (Yosemite Falls)
                 <w:br/>
                 优胜美地瀑布，是北美最高的瀑布，是优胜美地谷最强大的组成部分。不论春夏秋冬季节如何变化，这个宏伟的瀑布一直是一个充满活力的动力。
                 <w:br/>
                 船长岩 (El Capitan)
                 <w:br/>
                 又称“酋长巨石”。它是优胜美地最有知名度的景点之一。酋长巨石高3000英尺（910公尺），如果以一层楼3公尺计算，它的高度约为303层楼高。
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -1182,58 +1177,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 拉斯维加斯 - 锡安国家公园 - 布莱斯峡谷公园 - 格兰峡谷大坝(途经) - 鲍威尔湖(途经) - 马蹄湾 - 佩吉 (367 英里)
                 <w:br/>
                 我们将从繁华的拉斯维加斯出发，探索锡安国家公园的奇观。随后游览著名的布莱斯国家公园，你将欣赏到独特的石柱和峡谷景观。随后，行程将途径格兰水坝和鲍威尔湖，您将有机会欣赏到这些人造奇观与自然美景的和谐共处。 之后前往马蹄湾，这里您可以欣赏到科罗拉多河蜿蜒流过的壮观景色。最后，我们将抵达佩奇市，这里是您休息并为接下来的旅程做准备的理想地点。这一天，您将体验从热闹城市到壮丽自然景观的无缝转换。
                 <w:br/>
-                【必付项目】锡安国家公园 (Zion National Park, UT)
+                【必付项目】*锡安国家公园 (Zion National Park, UT)
                 <w:br/>
                 位于犹他州西南方，占地593.1平方公里每年慕名而来的游客高达260万。Zion是希伯来语，意味神圣的安详之地。公园里，高大险峻的悬崖峭壁和峡谷，加上淙淙小溪的点缀，丰富的物种，构成了一幅美丽的山水画。
                 <w:br/>
                 游览时间: 大约45分钟
                 <w:br/>
                 <w:br/>
-                【必付项目】布莱斯峡谷公园 (Bryce Canyon National Park, UT)
+                【必付项目】*布莱斯峡谷公园 (Bryce Canyon National Park, UT)
                 <w:br/>
                 布赖斯峡谷位于美国犹他州南部，科罗拉多河北岸，是以拥有形态怪异，颜色鲜艳的岩石而闻名的游览胜地，岩石受风霜雨雪侵蚀呈红、淡红、黄、淡黄等60多种色度不同的颜色，溢金流彩，娱人眼目。
                 <w:br/>
                 游览时间: 大约1小时
                 <w:br/>
                 <w:br/>
                 佩吉市 (Page, AZ)
                 <w:br/>
                 佩吉市是美国亚利桑那州科科尼诺县的一个小镇，靠近格伦峡谷大坝和鲍威尔湖。佩吉市始建于1957年，开始是在格伦峡谷大坝上工作的工人们的住宅区。
                 <w:br/>
                 格伦峡谷坝 (Glen Canyon Dam)
                 <w:br/>
                 这混凝土拱坝坐落在亚利桑那州北部的路障科罗拉多河和鲍威尔湖附近，是该国第二大的人造湖。鲍威尔湖是滑水和划船的港湾，深受渔民的欢迎。
                 <w:br/>
                 包伟湖 (Lake Powell)
                 <w:br/>
                 是美国第二大人工湖，被格兰水坝截断科罗拉多河，而形成巨大的蓝色湖泊，湖跨犹他州与亚利桑那州，整个湖彷佛鬼斧神工在火红西南大地上劈砍出来的璀璨玉石。
                 <w:br/>
                 【必付项目】马蹄湾 (Horseshoe Bend)
                 <w:br/>
                 马蹄湾是科罗拉多河的一处河湾，距鲍威尔河约5英里。从这个马蹄湾眺望可以将多彩的峡谷尽收眼帘，另外急转的河湾更是尤为壮观。
                 <w:br/>
                 游览时间: 大约1小时
                 <w:br/>
                 交通：乘车
@@ -1398,61 +1393,60 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 拉斯维加斯 - 洛杉矶 (270 英里)
                 <w:br/>
-                我们早上继续参观拉斯维加斯繁华的大道。可自费参加拉斯维加斯网红深度游，跟随经验丰富的导游前往拉斯网红欢迎招牌处打卡留念，然后前往大道上最受欢迎的网红景点——M豆巧克力世界和与其相连的可口可乐主题店，深入了解两大巨头的商品文化。您还可以参观以威尼斯为蓝本的威尼斯人酒店，并可以自费在仿制的运河上乘坐贡多拉，体验独特的浪漫氛围。随后，从繁华热闹的拉斯维加斯出发，返回到洛杉矶。
+                我们早上继续参观拉斯维加斯繁华的大道。可自费参加拉斯维加斯网红深度游，跟随经验丰富的导游前往拉斯网红欢迎招牌处打卡留念，然后前往大道上最受欢迎的网红景点——M豆巧克力世界和与其相连的可口可乐主题店，深入了解两大巨头的商品文化。您还可以参观以威尼斯为蓝本的威尼斯人酒店，并可以自费在仿制的运河上乘坐贡多拉，体验独特的浪漫氛围。随后，从繁华热闹的拉斯维加斯出发，返回到洛杉矶，途中停靠巴斯托奥特莱斯。
+                <w:br/>
+                游览时间: 大约3小时。
                 <w:br/>
                 拉斯维加斯 (Las Vegas, NV)
                 <w:br/>
-                美国内华达州的最大城市，以庞大的旅游、购物、度假产业而著名，拥有“世界娱乐之都”和“结婚之都”的美称，每年吸引3890万游客。
                 <w:br/>
                 【自费】拉斯维加斯网红游 (Las Vegas Highlights Tour)
                 <w:br/>
-                从AREA15和卢克索酒店开始，然后前往M&amp;M's和可口可乐商店。 在威尼斯人度假村享用午餐和自由时间。途经洛杉矶时，停靠巴斯托奥特莱斯。
-[...1 lines deleted...]
-                游览时间: 大约3小时
+                从AREA15和卢克索酒店开始，然后前往M&amp;M's和可口可乐商店。 在威尼斯人度假村自行享用午餐和自由时间。
                 <w:br/>
                 <w:br/>
                 可口可乐主题店 (Coca-Cola Store Las Vegas)
                 <w:br/>
                 The Venetian Las Vegas (The Venetian Las Vegas)
                 <w:br/>
                 <w:br/>
                 行程最后一日仍有游览活动，请确保预订最后一天晚上9:30后（国内航班）或10:30后（国际航班）从洛杉矶起飞的返程航班。
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1590,53 +1584,81 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 您往返出发地的机票和相关交通费用；
                 <w:br/>
                 2. 司导的服务费：每位客人支付司导每天共计$15美金服务费，以全程天数计算;
                 <w:br/>
                 3. 自行入住酒店、当时不参团选择自由行或客人自行提前离团都需要按照线路行程天数支付司导服务费$15/人;
                 <w:br/>
                 4. 所有个人费用（例如：电话费、餐费和个人保险等），餐费（除特别注明的赠送及订团是选择包餐的行程）
                 <w:br/>
-                5. 所有行程中列明的必付费用必须在订团时或参团时支付，必付费用（现场付）：每人$276。包含优胜美地，十七里湾，斯坦福，一号公路，锡安国家公园，布莱斯国家公园，大峡谷东峡，南峡，马蹄湾、酒店度假费）；
+                5. 所有行程中列明的必付费用必须在订团时或参团时支付，必付费用（现场付）：每人$276。包含*优胜美地，十七里湾，斯坦福，一号公路，*锡安国家公园，*布莱斯国家公园，*大峡谷国家公园，马蹄湾）； 以上带*的国家公园从2026年起将对外国游客（16岁及以上，非美国公民）收取附加费(每人/每个/国家公园100美元)，如客人有自行购买非美国公民公园年票（$250/张），持票人同行队伍中的额外三名成人也可凭此年票免除非居民附加费。
                 <w:br/>
                 6. 费用包括中未列出的其他费用。
+                <w:br/>
+                <w:br/>
+                附加信息
+                <w:br/>
+                重要通知：美国最新国家公园收费政策（2026年1月1日生效）
+                <w:br/>
+                政策性质说明：
+                <w:br/>
+                此次调整属于美国内政部行政政策变更（Executive Order / Interior Department rule change），并非国会正式立法，依法可视为不可抗力或政策性调整。
+                <w:br/>
+                <w:br/>
+                核心规定：
+                <w:br/>
+                1. 外国游客附加费：16岁及以上非美国居民进入指定热门国家公园，除正常门票外需额外支付每人每个公园100美元的附加费。
+                <w:br/>
+                2. 年票：如客人有自行购买非美国公民公园年票（$250/张），持票人同行队伍中的额外三名成人也可凭此年票免除非居民附加费。
+                <w:br/>
+                3. 适用范围：适用于包括大峡谷（Grand Canyon）、黄石（Yellowstone）、优胜美地（Yosemite）、锡安（Zion）、大提顿（Grand Teton）、冰川（Glacier）、落基山（Rocky Mountain）、布莱斯峡谷（Bryce Canyon）、阿卡迪亚（Acadia）、红杉 &amp; 国王峡谷（Sequoia &amp; Kings Canyon）、大沼泽地（Everglades）等11个最受欢迎的国家公园。
+                <w:br/>
+                <w:br/>
+                重要提示：
+                <w:br/>
+                • 公园入口处可能要求出示政府签发带照片的身份证明以核实居民身份
+                <w:br/>
+                • 因此政策产生的额外费用需由游客自行承担
+                <w:br/>
+                <w:br/>
+                生效日期：2026年1月1日
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -2241,51 +2263,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-06</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>