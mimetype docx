--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【秋拾光】韩国首尔仁川5天|韩版拉斯维加斯|松月洞童话村|仁川中华街|三清洞|圣水洞|首尔周边四钻酒店（澳门往返）行程单</w:t>
+        <w:t xml:space="preserve">【冬拾光】韩国首尔5天|首尔大公园|Eobi冰谷|韩屋村|南山首尔塔|明洞步行街|周边网评四钻酒店（澳门往返）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">A-（QSG）KR5-SJTKR</w:t>
+              <w:t xml:space="preserve">A-（DSG）KR5-SJTKR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -390,65 +390,63 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 行程特色
                 <w:br/>
-                ☆澳门直飞韩国・双飞五天浪漫游
-[...5 lines deleted...]
-                ☆打卡韩式同款浪漫：《鬼怪》取景地德寿宫石墙路，秒变剧中人
+                ☆澳门直飞韩国・纯玩无购物韩国双飞五天
+                <w:br/>
+                ☆感受冬季韩国独特魅力：首尔大公园、Eobi冰谷，首尔林，奥林匹克公园踏入银装素裹的世界。
+                <w:br/>
+                ☆冬季奇遇：伊利希安滑雪场驰骋雪境、感受速度与激情
+                <w:br/>
+                ☆打卡经典景点：景福宫、青瓦台 、韩屋村 、 南山首尔塔，特别安排涂鸦秀
                 <w:br/>
                 ☆品味韩式美食：明伦进士烤肉、人参炖鸡 将正宗韩式美味一网打尽
                 <w:br/>
                 ☆尽享品质住宿：全程入住网评四钻酒店，享受舒适休憩空间
                 <w:br/>
-                ☆打卡潮流地标：明洞步行街、圣水洞、三清洞，全方位感受韩国的时尚与活力
-[...1 lines deleted...]
-                ☆澳门出发赠珠海关口 - 澳门机场往返接送，省心到底
+                ☆打卡潮流地标：明洞步行街、广藏市场，全方位感受韩国的时尚与活力
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,401 +563,402 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【澳门-首尔】(参考航班:起飞/-抵达/)出票为准;韩版拉斯维加斯 Mohegan INSPIRE 、松月洞童话村-仁川中华街
-[...11 lines deleted...]
-                景点：韩版拉斯维加斯 Mohegan INSPIRE，松月洞童话村，仁川中华街
+                【澳门-首尔】(参考航班:起飞/-抵达/)出票为准;抵达后接机送往酒店
+                <w:br/>
+                请于指定时间自行前往广州/深圳机场/出境大厅内集中（具体集中时间以短讯通知为准，请务必准时），领队协助办理登机手续后，乘坐国际航班飞往韩国首尔，开启首尔雪境寻踪之旅。抵达后由韩国导游接机.
+                <w:br/>
+                <w:br/>
+                后入住酒店
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：飞机餐/自理     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">首尔周边四钻酒店</w:t>
+              <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【首尔】 景福宫（枫叶）-德寿宫石墙路（枫叶）-青瓦台外观-首尔大公园（枫叶）-韩国文化体验馆+紫菜博物馆+试穿韩服-明洞
+                【首尔】 青瓦台（外观）-景福宫（雪景）-韩屋村（雪景）-奥林匹克公园-南山公园+N首尔塔（不登塔）-广藏市场
                 <w:br/>
                 早餐后
                 <w:br/>
-                前往【景福宫】（游览时间约60min）首尔最具代表性的宫殿，也是朝鲜王朝的正宫，始建于1395年，由太祖李成桂修建。这里不仅是王室的政治中心，也是感受韩国历史与美景的最佳地点。秋季，古老的宫殿在秋季的映衬下更加庄重静谧，金黄的银杏与红亮的枫叶交相辉映，构成了一幅动人心韵的画卷。
-[...9 lines deleted...]
-                前往【明洞步行街】（游览时间约90min）是韩国首尔中区的一个购物街区，是韩国的代表性时尚购物场所。深度感受韩剧的热闹与烟火气！！
+                前往【青瓦台】（外观）（游览时间约20min）青瓦台，曾是韩国的总统府。2022年韩国总统府迁往国防部大楼后，这里成了首尔必游的旅游景点。
+                <w:br/>
+                前往【景福宫】（游览时间约60min）首尔最具代表性的宫殿，也是朝鲜王朝的正宫，始建于1395年，由太祖李成桂修建。这里不仅是王室的政治中心，也是感受韩国历史与美景的最佳地点。雪中的韩式宫殿，美的令人着迷。
+                <w:br/>
+                前往【韩屋村】（游览时间约40min）是位于首尔的一个新型韩屋建筑群，主要由政府特批的韩屋用地组成，这里不仅有传统的韩屋建筑，还有津宽寺、北汉山散步路等景点，是一个游玩的好去处‌。
+                <w:br/>
+                前往【奥林匹克公园】（游览时间约60min）这里有标志性的“孤独之树”，是首尔人赏雪的好地方。下雪天，整片草地都会盖上一片雪白，非常美丽。
+                <w:br/>
+                前往【南山公园+N首尔塔（不登塔）】（游览时间约45min）N首尔塔也叫南山塔，位于海拔约240米的南山之巅，高200多米，是首尔的一大地标。在N首尔塔，数字化的观景台、屋顶露台、及各种餐厅等一应俱全，还可360度俯瞰首尔风光，不仅是韩国人约会的天堂，也是外国游客的旅游胜地；
+                <w:br/>
+                前往【广藏市场】（游览时间约120分钟）首尔传统市场，打卡当地人间烟火，品尝地道美食，有首尔百年美食江湖之称。
                 <w:br/>
                 后入住酒店。
                 <w:br/>
-                景点：景福宫（枫叶）-德寿宫石墙路（枫叶）-青瓦台外观-首尔大公园（枫叶）-韩国文化体验馆+紫菜博物馆+试穿韩服-明洞
+                景点：青瓦台（外观）-景福宫（雪景）-韩屋村（雪景）-奥林匹克公园-南山公园+N首尔塔（不登塔）-广藏市场
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：明伦进士烤肉     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：米其林人参鸡汤     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">首尔周边四钻酒店</w:t>
+              <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【首尔】三清洞-人参-护肝宝-化妆品-免税店-圣水洞
+                【首尔】韩国文化体验馆+紫菜博物馆+试穿韩服-Eobi冰谷-伊利希安滑雪场
                 <w:br/>
                 早餐后，
                 <w:br/>
-                前往【三清洞】（游览时间约40min）位于景福宫北边，沿途都是超出片的韩屋街道。传统韩屋+小众设计感店铺这里都有！尽情体验韩国风情。
-[...9 lines deleted...]
-                前往【圣水洞】（游览时间约60min）（这里曾是老工厂区，如今摇身一变，成为韩国年轻人最爱的潮流圣地——设计师品牌、工业风咖啡厅、艺术空间、小众买手店……每一家店都值得打卡！
+                前往【韩国文化体验馆+紫菜博物馆+试穿韩服】（游览时间约60分钟）紫菜是韩国重要的水产食品，紫菜博物馆可以看到韩国紫菜的全部制作流程，还可试穿韩服，体验韩国传统文化！
+                <w:br/>
+                参观【Eobi冰谷】（游览时间约60min）只有冬季才能看到的绝美冰瀑布，现实版冰雪奇缘，到处是晶莹剔透的冰挂，如果恰逢下雪，积雪覆盖后仿佛进入了梦幻世界，浪漫出片地~
+                <w:br/>
+                （包含滑雪门票和雪具（滑雪板、雪鞋、滑雪杖）不包含雪衣 （帽子手套自备或租赁））
+                <w:br/>
+                参观【伊利希安滑雪场】雪质好，共9条雪道，滑雪、雪橇场可以满足新手体验。在雪景如画，宛如童话世界里，你可以在漫天飞雪中自由驰骋，感受速度与激情的碰撞！
+                <w:br/>
+                （包含雪道和雪具（滑雪板、雪鞋、滑雪杖）不包含雪衣 （帽子手套自备或租赁））
                 <w:br/>
                 后入住酒店。
                 <w:br/>
-                景点：三清洞-人参-护肝宝-化妆品-免税店-圣水洞
+                景点：韩国文化体验馆+紫菜博物馆+试穿韩服-Eobi冰谷-伊利希安滑雪场
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：人参炖鸡     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：韩式拌饭     晚餐：马铃薯脊骨汤   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">首尔周边四钻酒店</w:t>
+              <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【首尔自由活动】本日无车无导，自由活动
-[...3 lines deleted...]
-                景点：首尔自由活动
+                【首尔】国际免税店-首尔大公园-明洞步行街-涂鸦秀
+                <w:br/>
+                早餐后，
+                <w:br/>
+                    参观【国际免税店】（游览时间约90min）
+                <w:br/>
+                前往【首尔大公园】（包含动物园门票以及往返缆车）（游览时间约120min）首尔大公园以其宽阔的绿地和丰富的植被而著称，冬天更是银装素裹的世界，从动物园坐缆车下山，美景一览无余。
+                <w:br/>
+                前往【明洞步行街】（游览时间约150min）是韩国首尔中区的一个购物街区，是韩国的代表性时尚购物场所。深度感受韩剧的热闹与烟火气！！
+                <w:br/>
+                观赏【涂鸦秀】（游览时间约70min）韩国必打卡公演—人气【涂鸦秀】（如遇涂鸦秀满场或其他原因不能观看，则安排其他秀，敬请注意）
+                <w:br/>
+                后入住酒店。
+                <w:br/>
+                景点：国际免税店-首尔大公园-明洞步行街-涂鸦秀
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：明伦进士烤肉     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">首尔周边四钻酒店</w:t>
+              <w:t xml:space="preserve">周边网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【首尔-澳门】根据航班时间送机 （参考航班：以最终实际出票为准）
-[...1 lines deleted...]
-                早餐后，前往仁川机场乘机返回澳门机场，散团，结束首尔秋拾光之旅。
+                【首尔-澳门】根据航班时间送机
+                <w:br/>
+                早餐后，前往仁川机场乘机返回澳门机场，散团，结束首尔雪境寻踪之旅。
                 <w:br/>
                 <w:br/>
                 备注：以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下，进行游览顺序调整，敬请谅解！
                 <w:br/>
                 【温馨提示】行程即将结束请认真填写意见反馈单，我们处理问题以意见反馈单内容填写为准，恕不处理意见单填写满意后回团提出的问题。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
             </w:r>
@@ -1032,51 +1031,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.往返机票，现时机税及燃油附加费；韩国团队签证费用；
                 <w:br/>
                 2.澳门关闸到澳门机场旅游车（往返接送，仅限澳门出发）；
                 <w:br/>
-                3.住宿全程韩国周边四钻酒店 (以两人一房为标准，客人与领队是一个团队的整体，如出现单房差要补，根据旅游法规领队有权对房间安排做出适当调整，请谅解与遵从。)
+                3.住宿全程首尔周边网评四钻酒店 (以两人一房为标准，客人与领队是一个团队的整体，如出现单房差要补，根据旅游法规领队有权对房间安排做出适当调整，请谅解与遵从。)
                 <w:br/>
                 4.行程表所列的团队餐费（不含酒水）；（含早（根据情况安排酒店早或外用早）、正餐餐标韩元10000/人） 
                 <w:br/>
                 5.行程表内所列的景点入场费及全程旅游观光巴士(根据团队人数安排 9-45 座空调旅游车，保证每人 1 正座)
                 <w:br/>
                 6.中文领队及中文地接导游服务
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1086,1190 +1085,60 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.境外司陪人员杂费RMB500元/人/；
+                1.境外司陪人员杂费RMB600元/人/；
                 <w:br/>
                 2.个人旅游意外保险费和航空保险费、航空公司临时通知的燃油税涨幅，行程外之自费节目及私人所产生的个人费用等；
                 <w:br/>
                 3.单房差￥1280元/人，不设自然单间；每标间可接待两大人带一个1.2 米以下儿童（不占床），如超高请实询差价补房差入住家庭房；具体费用根据所报团队情况而定；若一个大人带一个1.2 米以下儿童参团，请补单房差住一标间，以免给其他游客休息造成不便.
                 <w:br/>
                 4.如战争、台风、罢工等一切不可抗拒因素所引致的额外费用；
                 <w:br/>
                 5.涉及人力不可抗力因素产生的额外费用(游客购物为个人自主行为，一切责任自行负责，与旅行社无关)。
               </w:t>
-            </w:r>
-[...1128 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">服务标准</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2336,51 +1205,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">团费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">境外司陪人员服务费RMB500元/人</w:t>
+              <w:t xml:space="preserve">境外司陪人员服务费RMB600元/人</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2407,83 +1276,138 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                参考酒店（首尔周边·携程四钻）：
+                <w:br/>
+                首尔周边五花特二酒店：里维埃拉仁川机场酒店(Incheon Rivera Airport Hotel)、永宗岛国际酒店(International Hotel Youngjong)、仁川红宝石旅游酒店乌尔米多(Wolmido Ruby Hotel)、永宗仁川机场酒店(Incheon the Hotel Yeongjong)、仁川黄金海岸酒店(Gold Coast Hotel Incheon)、西方格雷司酒店(Western Grace Hotel Incheon)、特里尼城市套房酒店(The Triny Urban Suites)或同级别酒店；
+                <w:br/>
+                备注：行程中首选使用以上酒店，如遇特殊情况不能按照以上指定酒店或备选酒店入住，在不降低标准情况下会选择同级别酒店或同标准的其他酒店，三人间有限，能安排加床服务尽量安排，不能安排则需补齐单房差，请知悉。行程中所写住首尔周边酒店，区域包括仁川，金浦，龙仁，京畿道等周边地区；
+                <w:br/>
                 特别须知：
                 <w:br/>
                 1.特别注意：持外籍护照报名游客，必须自备前往目的地国家有效签证，并必须有再次入中国境内的有效签证。持港澳护照（包括DI身份证明书）报名的客人，出发当天必须自带有效期回乡证原件。如因个人原因造成无法进出境，一切责任由客人自负！
                 <w:br/>
                 2.游：A.我司可以根据当地实际情况，在保证行程景点游览的前提下，对景点游览的先后顺序作合理的调整。
                 <w:br/>
                 具体的行程游览顺序将根据航班安排的首末站城市最终确定,并且以在出团说明会或出团前（集合地）派发的行程表为准。（或上述信息将于出发前1天由组团社领队电话或短信通知。）
                 <w:br/>
                 B.参加出境团队，需保证全程随团活动，保证遵守当地法律法规，全程不得离团（行程中的自由活动时间除外）。
                 <w:br/>
                   根据《旅游法》第16条规定，包价出境旅游游客必须随团活动和出入国境，游客因自身原因擅自脱团，擅自脱团属违法行为，旅行社因此需要向旅游部门和驻外国领事馆报案处理，给旅行社产生不必要的人力服务成本等费用。游客擅自脱团造成合同履行终止，之后又要求变更恢复后续合同行程的，旅行社将按照《旅游法》第73条规定，向游客收取因此增加的费用800元/天。 
                 <w:br/>
                 3.食：所搭乘航班根据不同航司安排是否供应。抵达旅游目的地的餐按行程所列餐次安排，早餐（早餐根据预定酒店安排酒店早餐或外用早餐），团餐标准10000韩元/人/正餐, 团队因个人原因未用餐、未进景点，一律不予退还或减免费用，敬请留意；如因餐厅接待能力等原因无法用餐，我司有权调换到同等餐标的餐厅用餐。
                 <w:br/>
                 4.住：酒店安排每人每天一床位（同性别客人安排入住一间房（夫妻除外），如出现自然单间，会安排与同性导游或工作人员同住，敬请注意！若客人不接受此种方式或经协调最终不能安排的，客人须在出发前补单房差。
                 <w:br/>
                 1.酒店星级评定标准与国内酒店星级评定标准略有差别,行程中所住酒店星级均按当地酒店评定标准.
                 <w:br/>
                 5.按照酒店惯例，每标间可接待两大人带一个1.2 米以下儿童（不占床），具体费用根据所报团队情况而定；若一个大人带一个 1.2 米以下儿童参团，建议住一标间，以免给其他游客休息造成不便.
                 <w:br/>
                 5.托运行李：每人一件免费托运行李，每件23公斤，手提行李7公斤。
                 <w:br/>
                 6. 特别提醒：A.在旅游行程中的自由活动时间，团友请选择自己能够控制风险的活动项目，并在自己能够控制风险的范围内活动。
                 <w:br/>
                 B.境外自由活动期间，如客人私下参加非我司安排的所有活动（特别是户外和水上活动安全、购物的品质、非法食用野生动物等等），所产生的任何后果与纠纷，由客人自负，敬请注意！
                 <w:br/>
                 C.旅途中所有自费购物项目，均以自愿为原则，不涉及我公司利益。（因当地购物市场并不规范，货品真假不能保证，敬请留意！）当地导游在旅游车上销售当地旅游纪念品，客人可根据自身需求自愿购买；
                 <w:br/>
                 7.不接受孕妇报名，如有隐瞒，产生意外，旅行社不承担责任。
+                <w:br/>
+                8.特别说明：韩国免税店属于开放式商业场所，并非旅行社同意组织的定点购物店。所有消费行为均遵循客人个人意愿，购买与否由客人自行决定。针对因“认为是旅行社安排购物店”而产生的投诉，我社不接受此类诉求，望各位客人提前知晓。
+                <w:br/>
+                关于失信人，请勿报名！国家最高人民法院公布的失信人禁止乘坐飞机！请报名前一定自行查询是否为失信人（全国法院失信被执行人名单信息公布与查询网站如下： http://shixin.court.gov.cn/index.html) ，我司机位为全款买断，失信人如有隐瞒造成空占机位，即使没有出票，机票费已经产生，取消只退税，此损失由报名人自行承担！
                 <w:br/>
                 <w:br/>
                 本产品供应商为：珠海航空国际旅行社有限公司，许可证号：L-GD-CJ00071，联系电话（座机）。此团20人成团，为保证游客如期出发，我社将与其他旅行社共同委托珠海航空国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由珠海航空国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">特别说明：韩国免税店属于开放式商业场所，并非旅行社同意组织的定点购物店。所有消费行为均遵循客人个人意愿，购买与否由客人自行决定。针对因“认为是旅行社安排购物店”而产生的投诉，我社不接受此类诉求，望各位客人提前知晓。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -2743,51 +1667,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2931,108 +1855,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...56 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>