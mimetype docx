--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -29,65 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">阿联酋迪拜6天 | 广州南航可全国联  | 纯玩无购物  | 4晚四星酒店 |  卢浮宫 | 沙漠冲沙 | （CAN-CZ）行程单</w:t>
+        <w:t xml:space="preserve">波斯湾三国10天 | 纯玩无购物 | 一次探索中东波斯湾三国 | 卡塔尔奢华艺术 | 巴林悠闲风情 | 沙特壮丽奇观 | 1月至5月（SZX-ZH）行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">UCZ0  4晚国际四星酒店</w:t>
+        <w:t xml:space="preserve">QBS - 波斯湾三国10天游1月至5月</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,180 +98,180 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20251030UCZ0UW</w:t>
+              <w:t xml:space="preserve">AA20260112QBSUW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">广州市</w:t>
+              <w:t xml:space="preserve">深圳市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">阿联酋</w:t>
+              <w:t xml:space="preserve">沙特阿拉伯-利雅得-巴林-卡塔尔</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">6</w:t>
+              <w:t xml:space="preserve">10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -357,110 +357,153 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：CZ383 CANDXB 1805 2305
-[...1 lines deleted...]
-                回程：CZ384 DXBCAN 0115 1245
+                ZH807  SZXDOH   0120  0515  
+                <w:br/>
+                ZH808  DOHSZX   1915  0850+1
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                精选酒店：3晚迪拜四星+1晚阿布扎比四星酒店住宿
-[...9 lines deleted...]
-                特别包含：【沙漠冲沙】迪拜不可错过的体验项目，乘坐陆巡越野车深入沙漠腹地，感受惊险刺激的沙漠魅力，观营地表演，品沙漠烧烤晚餐
+                探索中东•波斯湾三国
+                <w:br/>
+                卡塔尔巴林沙特10天
+                <w:br/>
+                <w:br/>
+                产品推荐：
+                <w:br/>
+                一次探索中东波斯湾三国：卡塔尔奢华艺术，巴林悠闲风情，沙特壮丽奇观~
+                <w:br/>
+                精选航班：ZH深圳航空，可申请全国联运
+                <w:br/>
+                人文风情 ： 世界文化遗产、博物馆、文化类、清真寺、古城堡、老市集
+                <w:br/>
+                世界遗产之光|德拉伊耶图拉伊夫遗址，卡拉山
+                <w:br/>
+                博物馆|卡塔尔国家博物馆、伊斯兰博物馆、巴林国家博物馆；利雅得国家博物馆；
+                <w:br/>
+                文化类|卡塔尔文化村、卡塔尔国家图书馆；穆拉巴宫；巴林堡
+                <w:br/>
+                清真寺|多哈教育城清真寺；巴林麦纳麦阿法塔赫大清真寺
+                <w:br/>
+                体育类|外观卢塞尔体育场；亚运村火炬塔；哈利法体育场
+                <w:br/>
+                老市集|瓦其夫市集；麦纳麦市场 
+                <w:br/>
+                现代中东： 现代建筑、现代精彩
+                <w:br/>
+                珍珠岛|位于400万平方米的人工岛上，号称“中东威尼斯”
+                <w:br/>
+                Vendome Mall|卡塔尔最大综合性商场，保留了原法国巴黎的豪华风格
+                <w:br/>
+                利雅得林荫大道|堪称利雅得的时代广场和地球村
+                <w:br/>
+                打卡世界最大的100%咖啡店
+                <w:br/>
+                王国中心|登上99层“天空之桥”俯瞰利雅得美景
+                <w:br/>
+                丰富餐饮： 中式餐+当地餐
+                <w:br/>
+                Najd Village |花少同款沙特网红餐厅，童话故事里的阿拉伯餐厅
+                <w:br/>
+                品当地阿拉伯餐|多哈当地全羊饭
+                <w:br/>
+                中式餐结合|结合中式餐，满足你的中国味蕾
+                <w:br/>
+                甄选住宿 ：全程四钻酒店，3晚多哈+2晚利雅得+1晚麦纳麦+1 晚胡富夫
+                <w:br/>
+                品质旅行 ：旅行无忧
+                <w:br/>
+                电子签+免签证，超省心
+                <w:br/>
+                纯玩无购物
+                <w:br/>
+                专业领队+当地专业中文导游，旅途只管自在～
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -577,480 +620,831 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州  ✈ 迪拜
-[...10 lines deleted...]
-                交通：飞机/旅游巴士
+                深圳
+                <w:br/>
+                23：00 深圳宝安机场集合，办理登机手续。
+                <w:br/>
+                交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：飞机简餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">四星酒店</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">飞机上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                迪拜-阿布扎比
-[...9 lines deleted...]
-                备注：此日同团可能有其他客人入住不同星级酒店，根据行程顺路原则安排每日接送，请提前知晓，谢谢理解！
+                深圳  ✈️  多哈
+                <w:br/>
+                参考航班：ZH807 SZXDOH 0120/0515      飞行时间：约8小时55分
+                <w:br/>
+                <w:br/>
+                01：20 搭乘深圳航空班机ZH807飞往卡塔尔首都多哈
+                <w:br/>
+                05：15 抵达多哈，办理入关手续，接机送往市区
+                <w:br/>
+                卡塔尔是亚洲西南部的一个阿拉伯国家，位于波斯湾西南岸的卡塔尔半岛上，与阿联酋和沙特阿拉伯接壤。资源主要有石油和天然气。卡塔尔也是世界上富有的国家之一。
+                <w:br/>
+                随后沿着中东最漂亮的滨海路之一【多哈海滨路】（车游），这是一条7公里的海滨路，可以看到宁静的海滨景观；
+                <w:br/>
+                之后参观【卡塔尔文化村】（约60分钟），这里的整个建筑外观更像是传统的集市，汇聚了众多画廊，露天大剧院，音乐厅和文化展览，零售商店，手工艺市集，国际咖啡馆，餐馆等，在卡塔尔文化村中，传统和现代得到了有力结合；
+                <w:br/>
+                前往参观【珍珠岛】（约30分钟），珍珠岛是一座耗资90亿美元填海造陆而成的400公顷人工岛，在珍珠岛上常见的就是别墅，高档住宅和品牌店。就连沙滩上的细沙也是从沙特阿拉伯进口，所以珍珠岛是卡塔尔昂贵的黄金地段之一，您可以在珍珠岛品一杯咖啡，享受一个悠闲时光;
+                <w:br/>
+                外观【卢塞尔体育场】，于【卢塞尔Merina】打卡拍照（外观20分钟）；
+                <w:br/>
+                前往【Vendome Mall】（自由活动约90分钟），是卡塔尔最大的综合性商场，其占地 14.8 万平方米，是集购物、休闲、娱乐、奢侈品体验、观光等为一体的一站式大型商业滨海综合体，建于卡塔尔的旺多姆广场保留了原法国巴黎的豪华风格；
+                <w:br/>
+                途径【埃米尔皇宫】（车览），前往卡塔尔排名第一的景点【瓦齐夫老市场】（约90分钟），感受一下当地古老的传统集市，也是“一千零一夜”的写照~阿拉伯特色的猎鹰市场和香料市场也内藏其中，市场共开设了1500多家店铺，在这儿您定能买到最正宗的椰枣、藏红花、香薰等富有阿拉伯当地特色的手信（斋月期间餐厅白天不营业要太阳落山后开门，小商品部分开门）;
+                <w:br/>
+                晚餐后，前往酒店休息。
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：阿拉伯自助午餐     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">四星酒店</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：中式午餐     晚餐：烤全羊手抓饭   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                阿布扎比-迪拜
-[...5 lines deleted...]
-                指定时间集合前往【沙漠冲沙】：进入金色的沙漠，乘坐4WD越野吉普车进行冒险家游戏—冲沙。这里有阿拉伯风情的骆驼农场，在沙丘顶峰停留片刻，欣赏沙漠日落；然后，进入沙漠营帐，骑骆驼，享用丰富阿拉伯晚宴：各种各式烧烤，各种饮料（不含带酒精饮品）等。可以穿着阿拉伯民族服饰拍照，品尝阿拉伯特色的水烟，绘制阿拉伯民族手绘
+                多哈（卡塔尔）-麦纳麦（巴林）
+                <w:br/>
+                酒店早餐后乘车前往麦纳麦（ 车程约5小时，不含过关时间），途中简餐
+                <w:br/>
+                过关后，乘车途径巴林连接阿拉伯半岛的【法赫德国王大桥】（车览），又名巴林道堤桥，大桥1981年开工，历时4年多，于1986年11月25日建成通车，位于波斯湾中的巴林湾，是连接巴林和沙特阿拉伯间的跨海公路大桥。大桥的命名是为纪念沙特阿拉伯的国王法赫德。 
+                <w:br/>
+                参观【巴林国家博物馆】（入内约1小时），探索巴林瑰宝的文化殿堂；巴林国家博物馆：是巴林最大、最古老的博物馆之一。它建造于巴林首都麦纳麦的费萨尔国王公路附近，并于1988年12月开放。博物馆群占地27800平方米，由两座建筑物组成。巴林国家博物馆陈列了一系列由石器时代至现代的历史收藏品。
+                <w:br/>
+                参观【巴林门】感受古老的城市印记、于【麦纳麦市场】漫步，体验独特的市集文化与烟火气息； 巴林门：是麦纳麦的历史地标与象征性入口。这座宏伟的拱门建筑融合了传统阿拉伯与现代风格，曾是通往麦纳麦传统市集的主要通道。如今，它不仅是追溯巴林悠久历史的起点，其周边也形成了繁华的商业与文化中心，古典与现代在此完美交融。（游览共约60分钟）
+                <w:br/>
+                晚餐后，入住酒店休息。
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：冲沙营地晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">四星酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地简餐     晚餐：中式晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                迪拜
-[...11 lines deleted...]
-                可自费参加【豪华大型游艇】体验，穿越高楼林立的Dubai Marina滨海新城。其中最有特色的就是整栋建筑,360度旋转的Infiniti Tower，以及全球最高的公寓大楼414米的Princess Tower；驶出滨海新城后，驶向世界第八大奇观棕榈岛，远观世界闻名的七星级帆船酒店和古堡酒店；最后穿过棕榈岛大桥，回到Marina滨海新城。约两小时。
+                麦纳麦（巴林 ）- 利雅得（沙特）
+                <w:br/>
+                酒店早餐后入内参观【阿法塔赫清真寺】（入内参观约1小时，如遇周五祷告日或特殊仪式等则改为外观）（Al Fateh)，是巴林王国最大的清真寺，占地6500方米，能够容纳7000多个参拜者。
+                <w:br/>
+                前往参观【巴林堡】（入内参观约30分钟）；为世界文化遗产，它于巴林岛北岸，是17世纪的海防要塞。登临堡顶，视野可尽览碧蓝海湾与古城风貌，石墙间仍留有昔日的军事痕迹与历史气息。它不仅是一座防御工事，更是巴林海洋文明的重要见证。
+                <w:br/>
+                乘车前往沙特首都利雅得（ 车程约5.5小时，不含过关时间），途中午餐
+                <w:br/>
+                前往【利雅得林荫大道】(自由参观约40分钟），是沙特阿拉伯首都利雅得的大型文旅综合体，集各国文化展示、娱乐设施和休闲购物于一体，被誉为“沙特地标级游乐天堂。
+                <w:br/>
+                晚餐后，入住酒店休息
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：海鲜手抓饭     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">四星酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地简餐     晚餐：中式晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                迪拜
-[...5 lines deleted...]
-                  指定时间集合前往迪拜国际机场。
+                利雅得（沙特）
+                <w:br/>
+                酒店早餐后，自行休息后前往打卡【世界最大的100%咖啡工坊】（约20分钟，如需品尝，费用自理），纯白极简风，现烘精品豆，利雅得艺术打卡地
+                <w:br/>
+                午餐后前往德拉伊耶图拉伊夫遗址区（参观约1小时）位于沙特阿拉伯的一处世界文化遗产，这里孕育了沙特王朝的第一代政权，是一座重要的历史古城，也见证了沙特王国历史上最为宏大的一次变革，德拉伊耶古城毗邻利雅得郊区，是哈尼法谷地的河水孕育了这里的绿洲。砖泥结构的城墙之中，曾经是沙漠中一座欣欣向荣的城市，是商业重镇和文化要地。图拉伊夫是古城的主要城区，区内的城塞尤为醒目，沙特政权便发源于此。1727 年，沙特家族建都此地，为后来统一沙特阿拉伯奠定了基础。 
+                <w:br/>
+                前往马斯马克堡垒（入内参观 约30分钟），建立于1865年，在阿拉伯文中是“又高又厚的建筑物”的意思，这个名字对于这个坚固的堡垒来说是最适合不过的了。它的城墙有18英寸厚，在每个拐角处都建一个18米高的巨大了望塔，强调了它难以攻破的反抗力和稳定性。
+                <w:br/>
+                前往【沙特国家博物馆】（入内参观 约1小时 ）坐落于特点鲜明的现代主义建筑和郁郁葱葱的花园之中，是阿卜杜拉国王历史中心的重要部分。馆内藏有沙特各个历史阶段的重要文物，从新石器时代的石刻，到吉达古旧建筑的复制品，带领游客走进阿拉伯世界的历史，体验一次神奇的互动之旅。
+                <w:br/>
+                前往穆拉巴宫（入内参观约30分钟，穆拉巴宫为王室景点，如遇王室活动，临时征用，将改为外观）根据当时城市的发展和扩张，穆拉巴宫建立在在距离老利雅得两公里的地方，宫殿和它的周围是一个包含几座建筑物的微型城市，国王于 1939 年搬到那里居住，作为他和家人的住所，治理和处理国家事务的地方，并且在这里接待世界各国的统治者和国家元首。宫殿的特点是四面围墙的方形建筑因此又称四方宫，代表和体现了当地社区的性质，保留了房屋的隐私。
+                <w:br/>
+                前往国王中心 &amp; 登顶天空桥（参观约60分钟 天空桥观景台开放时间为12:00-23:00，周五开放时间为16:00-23:00），王国中心是一座立于沙特阿拉伯利雅德的摩天大楼，共41层、302.3米高。2002年完工时超越费萨利雅中心成为沙特阿拉伯第一高楼，当之无愧的沙特地标之一，也是到访利雅得必去的打卡点。拥有无与伦比的世界级景点和众多精选的本土或国际品牌零售。位于王国中心的99层，300米高的塔顶，全长65米，由一座重约300吨的钢结构组成，可以俯瞰整个利雅得，一览壮阔的天际线。
+                <w:br/>
+                晚餐后，入住酒店休息
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：飞机简餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">飞机上</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：NAJD当地特色餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                迪拜/广州
-[...5 lines deleted...]
-                CZ384 DXBCAN 0115/1245
+                利雅得（沙特）-胡富夫（沙特）
+                <w:br/>
+                酒店早餐后驱车前往胡富夫（车程约5.5小时），它是沙特阿拉伯东部省重要城市，坐落于艾赫萨绿洲核心地带，既是拥有千年历史的椰枣种植中心。
+                <w:br/>
+                前往游览卡拉山（参观约60分钟），是沙特阿拉伯东部省胡富夫市的标志性砂岩山体，以风蚀形成的迷宫般洞穴网络和史前人类活动遗迹著称，被列入哈萨绿洲世界文化遗产缓冲区。
+                <w:br/>
+                晚餐后入住酒店
+                <w:br/>
+                交通：旅游巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地午餐     晚餐：酒店晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">四钻酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                胡富夫（沙特）-多哈（卡塔尔）
+                <w:br/>
+                酒店早餐后驱车前往沙特与卡塔尔边境入境多哈（车程约3.5小时，不含过关时间）
+                <w:br/>
+                参观【卡塔尔国家博物馆】（约90分钟）（入内参观，周二闭馆），该馆外形仿造“沙漠玫瑰”这一自然现象（沙漠中神奇的凝固和结晶现象，如刀片般‘花瓣’互相交叉的形状）。由一系列的变化着曲率和尺寸的联锁圆盘组成，它们形成了建筑的墙、地板、顶棚和阳台，由法国著名设计师普金·努维尔设计；
+                <w:br/>
+                后入住酒店休息，晚餐自理
+                <w:br/>
+                【自费推荐】阿拉伯木船出海+烧烤餐+海钓（需另外付费）
+                <w:br/>
+                交通：旅游巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">四钻酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                多哈（卡塔尔）
+                <w:br/>
+                酒店早餐后，参观【国家图书馆】（约40分钟），由雷姆·库哈斯带领OMA团队设计完成，这座年轻的图书馆，2018年4月17日刚刚正式对外开放，收藏有珍贵阿拉伯-伊斯兰文明文本、手稿的文化遗产藏区，公共图书馆部分占地42,000平方米，藏有逾百万本书籍，可同时容纳数千名读者。 图书馆被定义成为一个能同时容纳人和书籍的房间。图书馆里的沙发凳，透明椅和随处可见的高清晰电子设备也给图书馆锦上添花；
+                <w:br/>
+                前往图书馆的隔壁【教育城清真寺】（外观约15分钟）它也位于多哈的大学城区内，是当今世界最现代化的清真寺。清真寺外形如同体育场，独有的三层楼高的白色星空天顶配以蓝色庄严的巨型地毯，伴随着致力于伊斯兰文化的教授在里面唱诵讲经，用人们亲眼所见的空旷肃穆，亲耳所听的内心虔诚，展示了知识与信仰相互交织的力量；
+                <w:br/>
+                参观【伊斯兰艺术博物馆】（入内约90分钟，周三闭馆），位于卡塔尔首都多哈海岸线之外的人工岛上，占地4.5万平方米，是迄今为止全面的以伊斯兰艺术为主题的博物馆。是20世纪成功的华裔建筑师“贝聿铭”收山之作，博物馆外墙用白色石灰石堆叠而成，折射在蔚蓝的海面上，形成一种慑人的宏伟力量。博物馆中庭偌大的银色穹顶之下，150英尺高的玻璃幕墙装饰四壁，人们可以透过它望见碧海金沙;
+                <w:br/>
+                前往色彩明快的【MINA小镇】漫步拍照，随后去往人气十足的【海鲜市场】，品尝刚从海上捕捞的生猛海鲜，体验一次文艺浪漫与地道烟火气（约30分钟）
+                <w:br/>
+                交通：旅游巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：当地晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">四钻酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                多哈（卡塔尔） ✈️   深圳
+                <w:br/>
+                参考航班： ZH808 DOH SZX 1915/0850+1   飞行时间：约8小时35分钟
+                <w:br/>
+                <w:br/>
+                酒店早餐后，前往姆什莱布历史博物馆（入内参观 约1小时 周日闭馆），揭示了卡塔尔文化和社会发展的历史方向，这里展示了卡塔尔从古代奴隶制度，到伴随海水珍珠的开采而带来的兴盛，再到捕珠业收到冲击一落千丈，而后最终发现石油富甲天下的全过程。整个博物馆内不仅用声光电效果的影片，讲述一段段尘封的历史，更有大量珍贵的历史图片还原卡塔尔的前世今生。                                                
+                <w:br/>
+                午餐后前往多哈亚运村外观【亚运村火炬塔】（外观约15分钟）火炬塔则改成酒店，在47层有卡塔尔唯一的360度旋转餐厅，可俯瞰哈里发体育场和多哈城；
+                <w:br/>
+                前往Villaggio 购物中心（自由活动约1.5小时） 当年也是为亚运会特别建造的，建成了全球顶级购物中心之一。整个购物中心简直就是美国拉斯维加斯威尼斯酒店的翻版，内有众多全球品牌店供挑选。
+                <w:br/>
+                后前往机场
+                <w:br/>
+                19：15搭乘深圳航班ZH808返回深圳，翌日抵达
+                <w:br/>
+                交通：旅游巴士/飞机
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：中式午餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">飞机上</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                深圳
+                <w:br/>
+                08：50 抵达深圳，结束愉快旅程
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1114,125 +1508,135 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.广州往返国际机票，团队经济舱含税；
-[...9 lines deleted...]
-                6.空调旅游巴士（包括接送机及游览期间）；
+                1.深圳往返国际团体机票经济舱，含税（不含航班公司临时新增的燃油附加费）。
+                <w:br/>
+                2.签证：沙特阿拉伯电子签证费+巴林落地签证费
+                <w:br/>
+                3.行程所示酒店标准，双人标准间。
+                <w:br/>
+                4.酒店内西式自助早餐，行程所列餐食(用餐时间在飞机或船上以机船餐为准，不再另补，如因自身原因放弃用餐，则餐费不退)。
+                <w:br/>
+                5.行程所列景点首道门票（不含景区内的二道门票及个人消费）
+                <w:br/>
+                6.司机，导游工资；司机饭费、油费、陆桥费、停车费。
+                <w:br/>
+                7.空调旅游巴士（包括接送机及游览期间）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目
-[...15 lines deleted...]
-                9.国内联运费用
+                1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目。
+                <w:br/>
+                2.因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用。
+                <w:br/>
+                3.旅游意外伤害保险。
+                <w:br/>
+                4.如行李或物品丢失、被盗等意外损失费用。
+                <w:br/>
+                5.晚用车，给司机和导游加班费用。
+                <w:br/>
+                6.以上报价未提及的项目。
+                <w:br/>
+                <w:br/>
+                其他收费：	
+                <w:br/>
+                <w:br/>
+                1.单人房附加费：4500元/人。
+                <w:br/>
+                2.11岁以下小孩不占床减1000元，11岁及以上小孩必须占床，占床跟大人同价
+                <w:br/>
+                3.境外司机导游服务费：RMB1500/人；
+                <w:br/>
+                4.国内联运费用:平日RMB600/人；春节五一团期（2月16，4月27出发）RMB1000/人；
+                <w:br/>
+                5.境外特色项目（行程后附）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1333,163 +1737,238 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                特别提示：
-[...3 lines deleted...]
-                2.	同一团队不同客人可能入住不同的酒店，境外将根据酒店顺序依次接送入住不同酒店，敬请知晓！
+                提示：
+                <w:br/>
+                1.此行程仅供参考，我社保留因政府因素、航空公司、天气等不可抗力因素对出团线路、出发日期、全程用餐、行程内景点时间与顺序等做适当调整之权利。具体出团行程以出团通知为准！导游有权根据行程中的现实情况调整行程，请各位游客配合。具体住宿顺序以最终酒店确认为准。旺季期间，酒店爆满，团组可能会分开居住，如遇满房，则调整为该地区其他酒店住宿
+                <w:br/>
+                斋月期间，各景点开放时间可能临时调整，无法提前通知，请以当日景点实际情况为准
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.参团以到2000元/人订金为准，取消定金不退，并需于出发前14天付清余款；
-[...9 lines deleted...]
-                ★以上损失明晰为团队特殊约定，请签在合同附加条款中！
+                1.      参团以到5000元/人订金为准，取消定金不退，并需于出发前15天付清余款。
+                <w:br/>
+                2.      团队出发前30天-15天取消，游客需支付50%团款损失（机位定金+酒店损失）如已经送签，另需支付签证费。
+                <w:br/>
+                3.      团队出发前14天~8天取消，只可退200元/人餐费和景点门票。
+                <w:br/>
+                4.      团队出发前7天~0天取消，全款损失。
+                <w:br/>
+                5.      如果发生签证被拒签将被扣酒店、机票、签证费及所有实际已发生费用。
+                <w:br/>
+                ★      以上损失明晰为团队特殊约定，请签在合同附加条款中！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">报名材料</w:t>
+              <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.  至少6个月以上有效期的因私护照首页扫描件（至少3页以上空白页）；
-[...3 lines deleted...]
-                3. 以上参团资料仅限中国大陆护照，非中国大陆护照参团资料请以阿联酋移民局规定为准。
+                沙特电子签，巴林落地签，卡塔尔免签
+                <w:br/>
+                1.护照首页扫描件（注意是扫描件不是照片，至少 6 个月以上有效期+3 页空白页，完整无涂改无破损）
+                <w:br/>
+                2.客人电子照片（白底，正方形 5.5cm*5.5cm，大小500KB）
+                <w:br/>
+                3.个人资料表（必须填写：客人名字，性别，电话，邮箱地址，家庭地址，家庭地址的邮编，婚否，单位名称，职务，单位地址，单位地址的邮编）
+                <w:br/>
+                4.护照上有以色列签证的人员需换领护照，否则将被禁止入境。
+                <w:br/>
+                备注:非中国大陆护照，请单独咨询
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">保险信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1.我社保留因地接旺季涨价、酒店变更、汇率变化或其他不可抗力原因而调整最终报价和行程的权利。
+                <w:br/>
+                2.行程中有部分景点，列明入内参观，如博物馆、神殿等，如遇事故、休息、关闭维修等导致未能入内参观，则退回有关门票费用，客人不得再团归后争议投诉追讨。
+                <w:br/>
+                3.凡单人或单数（例如三人）报名而未能安排拼房，须缴纳单人房差，火车上均为2人分享一个包厢，如1人使用一个包厢，请在报名前声明，并在单间差的基础上另外加付一张火车票费用。
+                <w:br/>
+                4.旺季出发（例如遇复活节、开斋节等）将有附加费，请报名时查询。
+                <w:br/>
+                5.散客拼团，若团队出现单间，我社有权利提前说明情况并调整夫妻及亲属住宿安排，请给予理解。
+                <w:br/>
+                6.建议购买旅游意外险。
+                <w:br/>
+                7.全程请游客注意人身及产品安全，不要前往不安全的地方，自由活动不要单独行动。老人、儿童需有家人陪伴及照顾。
+                <w:br/>
+                8.不要参加高风险活动。参加任何项目请您量力而行。
+                <w:br/>
+                9.持外籍护照或任何非中国大陆居民护照的旅行成员，务必持有并携带有效中国多次往返签证和外籍护照原件及必备的旅行证件。
+                <w:br/>
+                10.70岁以上老人，需有50岁以下家人陪同方可参团， 80岁以上老人随家人出行另需签署【免责声明】。18岁以下未成年人，需有父母或亲属陪同方可参团，非随父母出行需提供亲属证明及父母委托。另使馆对70岁以上老人和18岁以下儿童签证资料特殊要求，以使馆要求为准。
+                <w:br/>
+                11.所有参团客人必须如实填写【健康调查表】，若填写内容与实际情况不符或有隐瞒由客人承担一切相关法律责任。
+                <w:br/>
+                12.所有参团客人必须认真阅读【参团须知及安全风险提示告知书】并签字，对客人未能遵守风险告知事项，未能采取积极主动措施防范风险发生，所造成的损害，由客人自行承担一切责任。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1530,51 +2009,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>