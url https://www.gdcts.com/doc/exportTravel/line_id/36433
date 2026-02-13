--- v0 (2025-11-03)
+++ v1 (2026-02-13)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【喀禾双境· 北疆寻秋】新疆双飞8天 | S21沙漠公路 | 乌伦古湖 | 禾木 |  喀纳斯  | 世界魔鬼城 |  赛里木湖 |  天山天池   |行程单</w:t>
+        <w:t xml:space="preserve">【喀禾双境· 北疆冬趣】新疆双飞8天 | S21沙漠公路 | 乌伦古湖 | 禾木 |  喀纳斯  | 世界魔鬼城 |  赛里木湖 |  天山天池   |行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -343,53 +343,76 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-乌鲁木齐 CZ6888 12:05-17:40，具体以实际出票为准
-[...1 lines deleted...]
-                乌鲁木齐-广州 CZ6883 12:45-17:50，具体以实际出票为准
+                【逢周一】
+                <w:br/>
+                广州-乌鲁木齐 CZ6888/1205-1740
+                <w:br/>
+                乌鲁木齐-广州 CZ6881/1645-2145
+                <w:br/>
+                <w:br/>
+                【逢周三】
+                <w:br/>
+                广州-乌鲁木齐 CZ6892/1515-2050
+                <w:br/>
+                乌鲁木齐-广州 CZ6885/1425-1930
+                <w:br/>
+                <w:br/>
+                【逢周四、周六】
+                <w:br/>
+                广州-乌鲁木齐 CZ6888/1205-1740
+                <w:br/>
+                乌鲁木齐-广州 CZ6883/1245-1750
+                <w:br/>
+                <w:br/>
+                【逢周五、周日】
+                <w:br/>
+                广州-乌鲁木齐 CA4370/1615-2205
+                <w:br/>
+                乌鲁木齐-广州 CA4369/0910-1445
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -743,65 +766,84 @@
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 布尔津-喀纳斯（约120KM,2H）-禾木（约450KM,8H）
                 <w:br/>
                 早餐后，乘车前往天堂圣地喀纳斯，经过翻山越岭我们大概会在中午左右抵达喀纳斯生活区贾登峪，导游会按实际情况安排大家在贾登峪用午餐或是先进入喀纳斯国家森林公园在景区内用午餐。
                 <w:br/>
                 后游览【喀纳斯】（含门票、游览时间约4小时）春天山花烂漫、芳草萋萋，夏天郁郁葱葱、湖波荡漾，秋天层林尽染、水色碧玉，冬天银装素裹、冰清玉洁，风景四季不同、随气候变化而气象万千。抵达后换区间车进入游览，客人可选择换乘区间车沿喀纳斯河行驶，观赏卧龙湾、月亮湾、神仙湾和鸭泽湖风光。喀纳斯湖被誉为二十一世纪人类最后一片净土，晴朗的天空，变化的湖水，苍翠的原始森林、嫩绿的大草原以及图瓦人星星点点的小木屋，构成了一幅美轮美奂的图画，堪称人间仙境。后前往入住酒店休息。
                 <w:br/>
+                <w:br/>
                 【温馨提示】
                 <w:br/>
-                1、禾木景区内住宿和用餐条件有限，早晚温差大，建议不要洗澡，以免感冒;
-[...11 lines deleted...]
-                如遇天气原因无法进山,行程根据实际情况更改走伊宁方向景点，请知悉
+                1、禾木景区内住宿和用餐条件有限，无法和城市地区相比
+                <w:br/>
+                2.禾木村内的住宿比较原生态，木屋的隔音效果不是很好，房间内都有独立卫浴，无有电暖气，可能出现供水不足的问题
+                <w:br/>
+                3.因喀纳斯禾木景区冬季降雪频繁，景区为山岳型景区，山路坡陡弯急，且冬季冰雪道路通行条件有限导致大巴不能进入景区，需要换乘小车，换乘情况说明如下：
+                <w:br/>
+                <w:br/>
+                【布尔津-喀纳斯-禾木-布尔津上山车说明】
+                <w:br/>
+                喀纳斯、禾木景区地处山区道路不确定情况较多，每到冬季交通管制期间，将根据不同的道路情况，提供具体方
+                <w:br/>
+                案如下:
+                <w:br/>
+                方案一：中巴车可通行，将协调中巴车前往，团费已包含；
+                <w:br/>
+                方案二：7座商务车可通行，将协调7座商务车前往，团费已包含；
+                <w:br/>
+                方案三：7座以下用车或越野车可通行，将协调7座以下车用车或越野车前往，此种情况下客人需补差约200/人（以实际为准）
+                <w:br/>
+                <w:br/>
+                特别说明：
+                <w:br/>
+                如您已经在喀纳斯 禾木景区内游览 ，遇到道路封闭无法下山
+                <w:br/>
+                请耐心等候，道路开通后我社会第一时间协助您下山:冬季喀纳斯会有雨雪天气造成滞留情况，如因不可抗力因素滞留山中，山中额外产生的费用需要承担，敬请谅解!
+                <w:br/>
+                如遇大雪封山，不具备越野车上山（喀纳斯禾木）条件，行程调整如下：
+                <w:br/>
+                DAY3:布尔津-将军山缆车-布尔津
+                <w:br/>
+                DAY4:布尔津-白沙山-乌尔禾/克拉玛依
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -911,53 +953,54 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                乌尔禾-魔鬼城-赛里木湖（约550公里，约6小时）
-[...1 lines deleted...]
-                早餐后前往【魔鬼城景区】（含首道大门票+区间车，游览时间3小时），魔鬼城形态千奇百怪，有的像人、有的像鹰、有的像孔雀···可以骑一匹骆驼，在景区内漫步，感受一次大漠戈壁的苍茫；可以换上绚丽的服装，和景区里章子怡曼妙的身姿合个影。游览完毕乘车赴赛里木湖入住酒店休息。
+                乌尔禾-魔鬼城-博乐/双河（约550公里，约6小时）
+                <w:br/>
+                早餐后前往【魔鬼城景区】（含首道大门票+区间车，游览时间1.5小时），魔鬼城形态千奇百怪，有的像人、有的像鹰、有的像孔雀···可以骑一匹骆驼，在景区内漫步，感受一次大漠戈壁的苍茫；可以换上绚丽的服装，和景区里章子怡曼妙的身姿合个影。后入住酒店休息；
+                <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1、景区内信号较差，景区较大，建议不要单独游玩；
                 <w:br/>
                 2、乘车时间较长，请您保持耐心，沿途可欣赏车外风景，请自备晕车药、干粮、零食;
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -995,63 +1038,62 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                赛里木湖-乌市/昌吉（约520公里，约5.5小时）
-[...1 lines deleted...]
-                早餐后乘车前往神秘而美丽、有“大西洋最后一滴眼泪”的【赛里木湖】（含门票+区间车，游览约2.5小时）赛里木湖的春夏秋冬，一年四季都很美！每个季节都别有风情。如果说群山是粗粝的，那么这一面湖是灵秀的，不用说四季，一天之内会变换着风景，甚至同一时刻，湖的不同方向就会呈现出不同的景象。后乘车前往乌市/昌吉入住酒店休息。
+                博乐/双河-赛里木湖-昌吉（约520公里，约5.5小时）
+                <w:br/>
+                早餐后乘车前往神秘而美丽、有“大西洋最后一滴眼泪”的【赛里木湖】（含门票+区间车，游览约2.5小时）赛里木湖的春夏秋冬，一年四季都很美！每个季节都别有风情。如果说群山是粗粝的，那么这一面湖是灵秀的，不用说四季，一天之内会变换着风景，甚至同一时刻，湖的不同方向就会呈现出不同的景象。然后前往入住酒店休息。
+                <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1、若赛里木湖景区区间车运力不足时或停运时，由我社旅游车环湖（会产生环湖费用，此费用为景区收取，请知悉，如产生此费用，需现补），区间车费用正常产生，请悉知；
                 <w:br/>
-                2、赛里木湖景点海拔稍高，紫外线较强，天气多变， 请准备好防晒及防雨用品；
+                4、赛里木湖景点海拔稍高，紫外线较强，天气多变， 请准备好防晒及防雨用品；
                 <w:br/>
                 3、当天车程时间较长，请自备晕车药、干粮、零食；
-                <w:br/>
-                5.参加私人自费旅游项目时，保管好随身贵重物品，以免损坏和丢失。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1083,59 +1125,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                乌市/昌吉-达仁堂-大漠花语-天池-乌鲁木齐（约200公里，约3小时）
-[...1 lines deleted...]
-                早餐后游览前往【国药达仁堂】（参观时间约120分钟），承载着深厚的中医药文化底蕴。它历史悠久，是新疆中医药行业的重要代表。大宁堂的建筑风格古朴典雅，步入其中，浓郁的药香扑面而来，各类中药材整齐摆放，仿佛在诉说着传统医药的奥秘。后乘车前往游览【大漠花语】（参观时间约120分钟）新疆棉花生长季节水热同季，得益于天山和昆仑山的雪山融水，提供了充足稳定且优质的水源。新疆长绒棉以其柔软度、光泽度、亲肤度、透气性、弹力等指标远超普通棉，是新疆的一个重要名片；
+                昌吉-达仁堂或玉满天成-大漠花语-天池-乌鲁木齐（约200公里，约3小时）
+                <w:br/>
+                早餐后游览前往【国药达仁堂】（参观时间约120分钟），这里承载着深厚的中医药文化底蕴。它历史悠久，是新疆中医药行业的重要代表。大宁堂的建筑风格古朴典雅，步入其中，浓郁的药香扑面而来，各类中药材整齐摆放，仿佛在诉说着传统医药的奥秘（或前往[玉满天成]（参观时间约120分钟）和田美玉产自号称"万山之祖"的昆仑山中，闻名于古今中外。秦李斯在他的《諫逐客令》中列举了四件稀世珍宝，其中一件即为和田玉。历史上周的礼器，秦的玉玺，汉的玉衣，唐的玉莲花，宋的玉观音，元的渎山大玉海，明的子岗别子等著名玉雕用的原料都是和田玉。现存于北京故宫乐寿堂的"大禹治水图"也是用的和田玉，重达5330公斤，为我国历史上最大的玉件，并有乾隆皇帝的亲笔题诗。明李时珍说："产玉之处亦多矣，独以于阗玉为贵。"《天工开物》中说："凡玉……贵重者尽出于阗。"和田玉在华夏的大地上留下了灿烂的篇章。）后乘车前往游览【大漠花语】（参观时间约120分钟）新疆棉花生长季节水热同季，得益于天山和昆仑山的雪山融水，提供了充足稳定且优质的水源。新疆长绒棉以其柔软度、光泽度、亲肤度、透气性、弹力等指标远超普通棉，是新疆的一个重要名片；
                 <w:br/>
                 后乘车前往【瑶池仙境—天山天池】（含门票+区间车，游览时间2小时），立足高处，举目远望，一片绿色的海浪，此起彼伏，那一泓碧波高悬半山，就像一只玉盏被岩山的巨手高高擎起。一池碧水带着仙家灵气，享受日精月华的锤炼，仿若从仙界移入凡间的瑶池，这里流传的神话故事,倾听中不觉入境。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                购物点：国药达仁堂/大漠花语
+                购物点：国药达仁堂/玉满天成/大漠花语
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1288,128 +1330,475 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.机票 含广州至乌鲁木齐往返含税机票，机票属于团队机票，退票不退任何费用，不可改期、改签等。
-[...19 lines deleted...]
-                10.老人 根据旅游法相关条款，65岁以上（未满18岁游客需家长陪同参加，超过65岁以上游客需子女陪同参加）。老人参团前需提供医院出具的身体健康证明并签订免责协议书，因西北特殊旅游地理环境，此行程不适合70岁以上老人参加！
+                1、机票：含广州至乌鲁木齐往返团队机票，含机建燃油税。一经确认，退票不退任何费用，不可改期、改签等。
+                <w:br/>
+                2、用车：满16人升级1+1豪华头等舱大巴，不足16人根据实际安排车型，保证一人一正座（费用不变），具体情况请贵宾配合我社安排。
+                <w:br/>
+                3、住宿：含7晚当地舒适型酒店住宿（升级3晚4钻+3晚5钻温德姆酒店+1晚禾木景区小木屋），住宿若出现单男单女，贵宾须听从导游安排住房，若经协调最终后仍不能安排，客人须补房差，儿童用房默认不占床，如需占床请补交单房差；
+                <w:br/>
+                由于新疆房型比较统一，因此酒店可能不具备三人间、加床、大床等条件。客人若入住但不占床不作退房差处理。
+                <w:br/>
+                备注：在遇到政府征用，旺季房满的情况下，旅行社有权选用同等级的其他酒店，敬请谅解！
+                <w:br/>
+                11-12月25日单房差1200元（拼房请现询）
+                <w:br/>
+                4、餐食： 全程含7早10正，正餐特色（平均餐标为40元/人）。10人1桌8菜1汤，不足10人1桌菜量种类相应减少但维持餐标不变；如人数较少时，根据餐标酌情安排餐食，酒店均含早，若客人不用，费用不退，不含酒水，敬请谅解;
+                <w:br/>
+                5、门票：包含行程中所列景点首道门票及区间车，门票已按团队优惠，任何证件不退。
+                <w:br/>
+                6、保险：旅行社责任险为法定险， 强烈建议客人购买相关的个人保险；
+                <w:br/>
+                7、导服：当地持证优秀中文导游服务，10人以下司机兼导游，负责驾驶、安排住宿/门票，简单讲解介绍
+                <w:br/>
+                8、购物：全程进2个新疆特色店，国药达仁堂、大漠花语、玉满天成3选2，可以为您的家人或是朋友挑上一款精致的礼物。
+                <w:br/>
+                9、报名说明：费用包含仅适用于 32-68 周岁成人参团，非此年龄区间客人报名请现询；同批不超过 8 人，同批超出8人报名请现询；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、景区内的自由活动自行参与的项目，如：园中园门票，环保车、电瓶车、小交通、沙漠活动项目。
-[...7 lines deleted...]
-                5、个人消费，如酒水、饮料、洒店内洗衣、电话等未提到的其它服务。
+                1、 自由活动期间交通费、餐费等私人费用及行程中不含的餐，购物场所内的消费；
+                <w:br/>
+                2、 报价是按照两人入住一间房计算的价格，本产品不接受拼房、若一人单住一间需补单房差；
+                <w:br/>
+                3、 因交通延误、取消等意外事件或战争、罢工、自然灾害等不可抗拒力导致的额外费用；
+                <w:br/>
+                4、 因旅游者违约、自身过错、  自身疾病导致的人身财产损失而额外支付的费用；
+                <w:br/>
+                5、 不含住宿的游客报价均不含早餐费 （早餐自理）；
+                <w:br/>
+                6、 不含航空保险、“旅游费用包含”内容以外的所有费用、及行程中未提到的费用；
+                <w:br/>
+                7、 小交通：景区内区间车；游客往返集合出发点的交通费用；
+                <w:br/>
+                8、 门票：景点内的园中园门票；
+                <w:br/>
+                9、 差价：升级舱位、升级酒店、升级房型等产生的差价。
+                <w:br/>
+                10、特别说明：娱乐项目不属于自费加点项目（如：游船、民族家访、水果宴、烤全羊、新疆歌舞等）
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">购物点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="shop"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">国药达仁堂</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">中医药</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">120 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">玉满天成</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">玉石</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">120 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">大漠花语</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">新疆棉花</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">120 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1597,50 +1986,51 @@
               <w:t xml:space="preserve">
                 1、气候提示：冬季喀纳斯气温会很寒冷，请穿着滑雪服滑雪裤前往，手套帽子都是必备的防寒用具。由于雪比较厚，请随时两人结伴而行。
                 <w:br/>
                       头部：帽子+护耳+口罩或飞巾
                 <w:br/>
                       上衣：保暖内衣+抓绒衣或毛衣+厚羽绒服
                 <w:br/>
                       裤子：保暖裤+防风厚裤子
                 <w:br/>
                       鞋子：加厚鞋子+厚袜子
                 <w:br/>
                 2、旅游提示：新疆地域辽阔，景点之间线路较长，故乘车时间较长，相对内地旅游比较辛苦，请游客做好心理准行程中安排很多游玩设施，需注意以下事项：钱包、手机、钥匙等随身物品交由同伴保管或自行保管好；游玩时请听从工作人员的安排，请勿擅自做主。
                 <w:br/>
                 3、调整个人生物钟：因地理位置之故，新疆与内地存在两个小时差，一天的生活安排应比内地晚两个小时。初始有些不适应，要调节好自己的生物钟，以免出现其他不良反应。新疆通用北京时间，但是有部分少数民族仍惯用“新疆时间”。询问时间时要问清这一点，以免在时间上出差错，影响行程；
                 <w:br/>
                 4、饮食提示：在新疆旅行过程中，要注意多喝水，由于餐饮多为牛、羊肉，且北方大部分地区口味偏重，喜辛辣；尤其提示的是吃完肉类食品后不要立即喝凉水，避免肠胃不适，腹泻等消化不良现象。如客人口味不习惯可带些小零食，以备不时之需；
                 <w:br/>
                 5、民俗了解：新疆是一个少数民族聚居的地区，行程中包含民风民俗内容，所以尊重地方的民族习惯是我们必须要做到的。在旅游中一定要认真听从导游的讲解，不但能够让您了解到和少数民居交流的注意事项，而且对于增长您的知识也是一个很大的乐趣；
                 <w:br/>
                 6、住宿提示：因新疆经济较之内地落后，因此宾馆与内地同级宾馆之间、景区与城市同级宾馆之间都略有差异，对此，客人需要有足够的心里准备；
                 <w:br/>
                 7、为了使你的旅游不留下遗憾，请勿必保持好你的相机电量及内存空间的充足，以便能拍摄下新疆独有的自然风光及民风俗；
                 <w:br/>
                 8、必备物品：暖宝宝若干、保温杯、墨镜、厚手套、相机电池、手机保护套、充电宝。
                 <w:br/>
+                <w:br/>
                 重要提示：
                 <w:br/>
                 1、新疆酒店标准比南方城市偏低，请旅游者提前做好心理准备。行程中以标间为主，基本没有大床房或三人房。
                 <w:br/>
                 2、如遇人力不可抗拒因素（降雪、暴雨、汽车检修等）或政策性调整导致无法游览的（如当地寺庙法会等）景点和项目，我社有权取消或更换为其它等价景点或项目,赠送景点和项目费用不退，并有权将景点及住宿顺序做相应调整。
                 <w:br/>
                 3、新疆个别景点海拔较高，请尽量避免剧烈运动，如稍有不适，请尽快告知导游，我们会根据客人身体情况做相应处理；因自身身体原因不能继续行程的游客请提前离团，离团产生的费用游客自行承担。
                 <w:br/>
                 4、行程中请避免离团活动，如确有需要，请提前以短信或书面方式通报导游，并在约定时间内准时归队。对于存在安全隐患，治安不理想的地区，请游客避免前往。自由活动期间请结伴而行，避免单独行动。非本公司组织安排的游览活动，旅游者自行承担风险。由此发生的损失及纠纷，由旅游者自行承担和解决，旅行社不承担任何责任。夜间或自由活动期间宜结伴同行并告知导游，记好导游手机号备用，注意人身和财物安全。贵重物品可寄存在酒店前台保险柜，下榻的酒店的名称位置也要记牢，不要随便相信陌生人，特别是三轮摩托车、街头发小广告者，天下没有免费的午餐。
                 <w:br/>
                 5、文明旅游、文明出行，自觉爱护景区的花草树木和文物古迹，不随意在景区、古迹上乱涂乱画、不乱丢垃圾、尊重当地少数民族风俗等。很多景区和酒店周边有小摊小贩，如无意购买请不要与其讲价还价，一旦讲好价格不购买的话容易产生矛盾。出游请保持平常的心态，遇事切勿急躁，大家互相体谅、互相帮助。
                 <w:br/>
                 6、请配合导游如实填写当地《游客意见书》，游客的投诉诉求以在青海，甘肃当地，旅游者自行填写的意见单为主要依据。不填或虚填者归来后的投诉将不予受理，如在行程进行中对旅行社的服务标准有异议，请尽量在当地解决。如在旅游期间在当地解决不了，可在当地备案，提醒：旅游投诉时效为返回出发地起30天内有效。
                 <w:br/>
                 7、特种线路对游客年龄及身体状况有如下要求：(1)有高血压、贫血、心脏病、或曾有过肺水肿病史等高原禁忌等疾病的或其他不适合参加高原活动的疾病的游客，严禁参加本次行程。(2)客人对自身健康状况了解，认为可以参加本次行程的需签订---健康承诺书。(3)65岁以上及10岁以下儿童请勿参加本行程。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
@@ -1662,76 +2052,135 @@
               </w:rPr>
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 重要告知.
                 <w:br/>
                 应国家最高人民法院失信人（包括失信人被执行人、限制消费人员）不得乘坐飞机之规定，各大航空公司不允许失信人购买飞机票（详情参见：中国执行信息公开网相关声明 http://zxgk.court.gov.cn）。如果游客属于失信人请勿报团出行！如已列为失信人的游客仍决定参团出游的，请于报名缴费前向旅行社明确说明此情况，由旅行社安排是否参团。
                 <w:br/>
-                <w:br/>
                 如游客违反告知义务，需自行承担旅游不能成行、购机票不能退回的损失（包括占位虚耗机位未能出票的机票全款损失）旅行社将按照旅游法之规定退款，且不能开具任何发票。游客违反告知义务，若法制航空公司全团旅客座位，将承担其他游客的购票损失即不能按时出行之损失的赔偿责任。国家失信人验证官网为：http://shixin.court.gov.cn
                 <w:br/>
                 <w:br/>
-                 健康声明免责书
-[...20 lines deleted...]
-                签署日期：      年      月       日
+                <w:br/>
+                报名须知.
+                <w:br/>
+                1、游客从事爬山（城楼）、骑马、等具有人身危险性的活动和自由活动时一定要根据自身的健康状况来自主决定，老人和孩子应有家人陪同不能单独活动；游客在活动期间不遵守规定、自身过错、自由活动期间内的行为或者自身疾病引起的人身和财产损失责任自负，旅行社不承担责任。   
+                <w:br/>
+                2、旅途中旅行社可能会对行程先后顺序根据实际情况作出调整，但不影响原定标准及游览景点；如遇不可控因素（如塌方、塞车、天气、航班延误车辆故障等原因）造成行程延误或不能完成景点游览，本社负责协助解决或退还门票款，由此产生的费用自理，本社不承担由此造成的损失及责任。
+                <w:br/>
+                3、出团时请务必带上有效身份证件，请自备防晒用品，晕车药，常用的药品(预防感冒,腹泻等疾病)等；贵重物品随身携带，以免丢失，请不要在车内吸烟、吐痰或丢弃垃圾；旅途中不要过量饮酒，自由活动时，请结伴出行，不要走的过远，请注意保管好自己的财物，如有财物丢失，旅行社不承担责任。
+                <w:br/>
+                4、请您认真填写意见单，希望通过您的意见单我们更好地监督当地的接待质量，您的意见单也将是行程中发生投诉的处理依据！恕不受理客人因虚填意见单而产生的后续争议和投诉，由此而造成的一切损失由客人自负。投诉问题在旅游目的地就地解决，返程后我社不接受投诉。 
+                <w:br/>
+                5、提前说明：部份景区内设的购物商店，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
+                <w:br/>
+                6、法定节假日及暑期等旅游旺季，客流量急剧上升，景区门前、缆车入口处等会出现排长队现象，旅行社将根据景点、缆车、游船等开放的具体时间，对叫早、出发等时间做适当的提前或错后调整，请旅游者积极配合。
+                <w:br/>
+                7、我公司郑重提醒旅游者，审慎参加高危险娱乐项目，旅游者应仔细阅读活动说明或景区提示如：心脑血管患者，高龄人群慎重选择参加。旅游者参加活动时，应遵守活动项目中有关保障人身、财产安全的措施及规定，在景区指定区域内开展活动，注意人身安全。旅游者因参加高危险活动造成人身和财产损失，旅行社概不负责，酒后禁止参加有风险娱乐项目。
+                <w:br/>
+                8、到少数民族聚集地区游览时，请注意遵守民族禁忌及风俗习惯，以免发生不必要的冲突。一些容易发生险情的地方，切勿前往。
+                <w:br/>
+                9、游客携带未成年的游客时，请认真履行监护责任，看管好自己的孩子，不能让未成年人单独行动，并注意安全。
+                <w:br/>
+                10、注意贵重物品的保管，如个人原因丢失或损坏，旅行社不予赔偿。
+                <w:br/>
+                11、此线路不接受孕妇、患有传染病等可能危害其他旅游者健康和安全的客人,65岁以上（含65岁）的游客报名，组团社必须提供与客人签订的《免责协议书》及客人的健康证明。如有隐瞒自身健康状况而产生意外或导致其他损失，地接社不承担任何责任；
+                <w:br/>
+                <w:br/>
+                新疆注意事项.
+                <w:br/>
+                1、景点游览、自由活动、购物店、自费游览项目以当天实际游览为准。
+                <w:br/>
+                2、出游过程中，如因游客自身原因放弃行程（餐、住宿、旅游车），均视为自愿放弃，费用不予退还，放弃行程期间的人身安全由旅游者本人自行负责，与本司无关。
+                <w:br/>
+                3、游览中不允许擅自离团（自由活动除外），如中途离团视同游客单方面违约，需要交2500/人的离团费。
+                <w:br/>
+                4、如遇人力不可抗拒（天气、政治、火车、航班等因素）造成行程时间延误或变更我社不承担赔偿责任，所产生的费用由客人自理。
+                <w:br/>
+                5、产品为打包价格，如因游客个人原因放弃行程或行程中包含的任何项目，所有费用均无法退还，也不做任何等值兑换。（包括：娱乐体验及贴心赠送）
+                <w:br/>
+                6、旅行社在不减少景点的情况下，有权调整行程先后顺序。
+                <w:br/>
+                7、签订合同后，如遇景区门票政策性上调，请客人现补差价；行程内已含景点均为旅行社折扣后价格，任何优惠证件不退费。
+                <w:br/>
+                <w:br/>
+                旅游购物补充协议.
+                <w:br/>
+                甲方（游 客）：_____________________________________________ 
+                <w:br/>
+                乙方（旅行社）：_____________________________________________ 
+                <w:br/>
+                本补充协议是对旅游行程单中的行程安排,旅行社应旅游者要求,并经双方协商一致,达成本补充协议，作为包价旅游合同的组成部分，旅遊者到达旅遊目的地后自愿參加以下相关自费项目进行书面约定。
+                <w:br/>
+                新疆旅游很正规当地购物店都是货真价实的产品、新疆最好的特产就是“和田玉”，高中低档都有，新疆的中医药以及棉花也是新疆特色；乙方应甲方要求在《旅游行程单》安排的甲方自由活动时间内，乙方安排甲方前往政府推荐的2个销售中心（每店参观不低于120分钟）；
+                <w:br/>
+                纪念品商店名称	销售产品	参观时间
+                <w:br/>
+                国药达仁堂         中医药        120-180 分钟/店
+                <w:br/>
+                大漠花语            新疆棉花     120-180 分钟/店
+                <w:br/>
+                玉满天成       	玉石           120-180 分钟/店
+                <w:br/>
+                说明：
+                <w:br/>
+                1、此行程中涉及的购物店内的相关商品，请甲方根据个人需要及喜好购买；
+                <w:br/>
+                2、售出商品请客人自行保管好发票及购物小票，作为今后退换货品的唯一凭证；
+                <w:br/>
+                3、甲方非在本协议指定的商场商店内购买的商品，乙方不提供退换货的协助工作，敬请谅解。
+                <w:br/>
+                如有退货遵循以下原则进行操作：
+                <w:br/>
+                1、必须保证货品完整无损，无人为损坏磨损现象，退货时出示购物发票；如有赠品必须同时原品原样退还；
+                <w:br/>
+                2、刷卡购买货品时产生的手续费用由客人承担；
+                <w:br/>
+                3、退货必须在购买之日起十五日内由旅行社协助换退货，逾期请自行联系商家办理退货，敬请谅解；
+                <w:br/>
+                4、由于货物并非我司出售，我司仅负责协调办理，具体货物退换处理还需客人自行邮寄至商家；
+                <w:br/>
+                请在了解旅游补充协议的全部内容，并且无异议的情况下，签字确认，本协议一式两份，具有同等法律效应。 
+                <w:br/>
+                旅行社（盖章）：             年        月       日           旅游者签字：          年        月     
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1772,51 +2221,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1960,50 +2409,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="shop">
+    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>