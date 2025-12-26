--- v0 (2025-10-25)
+++ v1 (2025-12-26)
@@ -394,79 +394,68 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【冬日梦幻】邂逅沙漠与湖泊，见证大自然的鬼斧神工
                 <w:br/>
-                饱览人间仙境-神的自留地-喀纳斯湖--罕见绝美的冬日雪景
-[...3 lines deleted...]
-                醉美冬日冰泡湖，体验蓝冰美景的童话世界--赛里木湖
+                                 饱览人间仙境-神的自留地-喀纳斯湖--罕见绝美的冬日雪景
+                <w:br/>
+                                 到童话王国，中国最美雪村-禾木村，听雪飘落的声音，看雪的风情
+                <w:br/>
+                                 醉美冬日冰泡湖，体验蓝冰美景的童话世界--赛里木湖
+                <w:br/>
                 <w:br/>
                 【重磅住宿】2晚温德姆酒店+4晚网评四钻酒店
                 <w:br/>
-                1晚禾木景区住宿，沉浸北境雪国禾木村木屋雪景、日出日落星空
-[...19 lines deleted...]
-                【吉克普林滑雪场】国际滑雪度假区滑雪，为雪友带来独一无二的滑雪新体验，力争世界一流的冰雪旅游基地
+                                 1晚禾木景区住宿，沉浸北境雪国禾木村木屋雪景、日出日落星空
+                <w:br/>
+                                 住赛湖门口欣赏不出国门媲美贝加尔湖气泡蓝冰，观冰凌花、冰推奇观
+                <w:br/>
+                【Vlog旅拍】赛湖人机航拍15—20秒小视频.点亮你的旅程，留下美好回忆，禾木“权游版同款旅拍，记录瞬间美好”（以上为赠送项目，导游会根据实际情况安 
+                <w:br/>
+                                  排，如因天气原因无法安排，无费用可退）
+                <w:br/>
+                【围炉煮茶】天冷茶温，暖茶暖心，煮一盏清茶品得半日闲，寒境下午茶，暖意心中起
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -748,65 +737,77 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 布尔津-喀纳斯（约120KM,2H）-禾木（约450KM,8H）
                 <w:br/>
                 早餐后乘车前往【喀纳斯】（含门票）我们乘车赴喀纳斯湖，一路漫游静赏林海雪原风光，欣赏月亮湾、神仙湾、卧龙湾奇幻景致，沿林间步道触摸喀纳斯湖，可自费体验乘坐雪地摩托、雪猫穿越原始雪域。伸手穿上由云雾编织而成的外衣，俯瞰冰封神湖喀纳斯，拿出相机定格这土地上最美的瞬间。后乘车前往醉美雪都--新疆神的自留地—【雪都禾木】。禾木村所在的草原年降水量达 600mm，降水丰沛，远高于阿尔泰山其他沿山地带。其中山区历年雪期自十月初直至次年五月中旬，长达二百二十天，有效积雪期长达七个月，最大积雪厚度可达 3-5 米。冬季无风、体感舒适，拥有中国最优越的冰雪资源，非常适宜开展冬季冰雪运动。在这里还可以亲身体验泼水成冰的奇观，步行在禾木村落里，感受独特的图瓦文化，可登观景台俯瞰禾木村全景，山谷中的座座木屋炊烟袅袅，可自由自在穿梭于原始的木屋世界里，欣赏冰雪世界里独特的风景，运气好的话，可以遇上哈萨克民族的姑娘、赛马、叼羊等民俗娱乐项目。用餐后返回温暖的房间享受寂静的冬夜。
                 <w:br/>
+                <w:br/>
                 【温馨提示】
                 <w:br/>
                 1、禾木景区内住宿和用餐条件有限，早晚温差大，建议不要洗澡，以免感冒;
                 <w:br/>
                 2、禾木村内的住宿比较原生态，木屋的隔音效果不是很好，房间内都有独立卫浴，无空调有
                 <w:br/>
                 电暖气，可能出现供水不足的问题，建议尽量不要洗澡，避免着凉生病;
                 <w:br/>
                 3、景区内木栈道铺设较多，雨雪天气过后比较湿滑，游玩时注意脚下，小心滑倒。
                 <w:br/>
                 4、冬季到新疆旅游，一般路面为冰雪路面，经常遇到突降大雪等状况，所以车程可能比预计情况要延长视天气情况而定，偶尔冬季降温也会发生，油箱冻结等状况。容易因天气寒冷出现车爆胎或者大雪封道等不可抗拒因素，我社将协助解决，如有类似情况，请客人予以见谅。
                 <w:br/>
-                5、特别说明：如遇下雪的情况下，正常大巴无法进入景区，需换乘19座车上山，会产生换乘车费500/人，需要客人自理，请悉知，具体安排车型根据此团游客人数而定，保证每人一个正座车位；
-[...1 lines deleted...]
-                如遇天气原因无法进山,行程根据实际情况更改走伊宁方向景点，请知悉
+                5、因喀纳斯禾木景区冬季降雪频繁，景区为山岳型景区，山路坡陡弯急，且冬季冰雪道路通行条件有限导致大巴不能进入景区，届时如需换乘小车辆进入，换车产生费用自理（预计300元左右，以实际产生为准）,请周知！
+                <w:br/>
+                <w:br/>
+                特别说明：
+                <w:br/>
+                如您已经在喀纳斯 禾木景区内游览 ，遇到道路封闭无法下山
+                <w:br/>
+                请耐心等候，道路开通后我社会第一时间协助您下山:冬季喀纳斯会有雨雪天气造成滞留情况，如因不可抗力因素滞留山中，山中额外产生的费用需要承担，敬请谅解!
+                <w:br/>
+                如遇大雪封山，不具备越野车上山（喀纳斯禾木）条件，行程调整如下：
+                <w:br/>
+                DAY3:布尔津-将军山缆车-布尔津
+                <w:br/>
+                DAY4:布尔津-白沙山-乌尔禾/克拉玛依
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -838,367 +839,353 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                禾木-吉克普林滑雪-旅拍-禾木（约50KM，1.5H）
-[...1 lines deleted...]
-                酒店早餐后乘车赴【吉克普林滑雪场】（含初级道、4小时雪票+雪具（单双板、雪鞋、雪杖、魔毯）如果一年只能滑一次雪那么我建议你来禾木吉克普林！天然的粉雪滑到爽！! 是亚洲最大滑雪场，也是国内少有雪质堪比北海道 雪期长，雪道多，漫山遍野都是可滑区域，空间巨大。从将军山山顶滑下的那一瞬间，与风共享自由，一切不开心都被抛之脑后！站在将军山山顶上追一场雪景日落更是浪漫到失语！不管你是否滑雪，像冰雪童话世界的阿勒泰都是人间值得！也可在禾木村落自由漫步，感受白雪覆盖的“童话村落”的魅力。也可以进行禾木旅拍(不含妆造，禾木旅拍为赠送项目，如因天气原因或者客人自身原因或者不可抗力因素，不用无退费无置换)在纯净的白雪中，禾木仿佛是上帝留给人间的一片净土。那些悠闲地漫步在村里，凝视着纷飞的雪花的日子，让心灵得到了深深的治愈。别认为这里是北欧，这可是中国北疆的童话雪景!让我们在这里留下美丽的回忆。
+                禾木-旅拍-围炉煮茶-乌尔禾（约360km,5.5H）
+                <w:br/>
+                酒店早餐后进行禾木旅拍(不含妆造，禾木旅拍为赠送项目，如因天气原因或者客人自身原因或者不可抗力因素，不用无退费无置换)在纯净的白雪中，禾木仿佛是上帝留给人间的一片净土。那些悠闲地漫步在村里，凝视着纷飞的雪花的日子，让心灵得到了深深的治愈。别认为这里是北欧，这可是中国北疆的童话雪景!让我们在这里留下美丽的回忆。特别安排围炉煮茶(赠送项目)，一炉烟火，围一方天地，品世间百味，赴一场欢愉。入冬仪式感，从围炉煮茶开始。围炉煮茶，煮的不是茶，煮的是生活的仪式感，更是生活的松弛感。“有茶，就有了慢下来的理由”，一杯暖茶下肚，偷得半日闲暇。远离喧闹的街角。在温暖的氛围里，来一场别样的茶话会。后前往乌尔禾入住酒店休息。
+                <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1、禾木景区内住宿和用餐条件有限，早晚温差大，建议不要洗澡，以免感冒;
                 <w:br/>
                 2、禾木村内的住宿比较原生态，木屋的隔音效果不是很好，房间内都有独立卫浴，无空调有
                 <w:br/>
                 电暖气，可能出现供水不足的问题，建议尽量不要洗澡，避免着凉生病;
                 <w:br/>
                 3、景区内木栈道铺设较多，雨雪天气过后比较湿滑，游玩时注意脚下，小心滑倒。
                 <w:br/>
                 4、新疆冬季积雪较厚，记得准备墨镜/雪镜哦，保护眼睛免受雪地反射的强烈光线或者紫外线伤害，防止雪盲症发生。
                 <w:br/>
-                5、禾木旅拍(不含妆造)为旅行社赠送项目，如因天气原因或者客人自身原因或者不可抗力因素，不用无退费无置换。
+                5、禾木旅拍(不含妆造)为旅行社赠送项目，如因天气原因或者客人自身原因或者不可抗力因素，不用无退费无置换。围炉煮茶为我社赠送项目，如因天气原因或者客人自身原因或者不可抗力因素，不用无退费无置换，
                 <w:br/>
                 6、行程中所列时间均为参考时间，具体以实际情况为准
                 <w:br/>
-                【滑雪初学者安全提示】
-[...8 lines deleted...]
-                <w:br/>
                 交通：汽车
                 <w:br/>
-                购物点：【吉克普林滑雪场】
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">禾木</w:t>
+              <w:t xml:space="preserve">乌尔禾</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                禾木-乌尔禾魔鬼城-乌尔禾（约380KM,5.5H）
+                禾木-乌尔禾魔鬼城-赛里木湖（约380KM,5.5H）
                 <w:br/>
                 早餐后乘车前往布尔津，途中参观雅丹地貌-【乌尔禾魔鬼城】，魔鬼城又称乌尔禾风城。是一处独特的风蚀地貌，形状怪异、当地人蒙古人将此城称为“苏鲁木哈克”。因为地处风口，魔鬼城四季狂风不断，最大风力可达10―12级。强劲的西北风给了魔鬼城的“名”，更让它有了魔鬼的“形”，变得奇形怪状。远眺风城，就像中世纪欧洲的一座大城堡。大大小小的城堡林立，高高低低参差错落。千百万年来，由于风雨剥蚀，地面形成深浅不一的沟壑，裸露的石层被狂风雕琢得奇形怪状：有的呲牙咧嘴，状如怪兽；有的危台高耸，垛蝶分明，形似古堡；这里似亭台楼阁，檐顶宛然；那里象宏伟宫殿，傲然挺立。真是千姿百态，令人浮想联翩。后入住酒店休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">乌尔禾</w:t>
+              <w:t xml:space="preserve">赛里木湖</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                乌尔禾-赛里木湖-湖景围炉煮茶-赛里木湖（约550KM,6H）
+                赛里木湖-湖景围炉煮茶-奎屯（约550KM,6H）
                 <w:br/>
                 早餐后，我们乘车前往【赛里木湖】(含景区冬季门票)当大西洋最后一滴眼泪遇上西北利亚寒流时，赛里木湖便是一个梦幻的童话世界，如蓝冰、气泡冰、冰棱花、冰推等，还有晨雾、日出金山、日落晚霞、星光闪烁等，这些奇观都有机会在赛里木湖看见。冬季赛湖颜值爆表，就像一个精绝的蓝色博物馆。寒冬里的赛里木湖，披上了一袭冰雪的婚纱，如梦如幻。站在湖边，恍若置身于童话世界，让人心醉。湖面宽广无垠，一片湛蓝。天空如洗，云朵轻盈仿佛触手可及。冬日的阳光，温暖而耀眼，洒在湖面上，波光粼粼，闪烁着金色的光芒。湖岸边的冰雪，纯净而洁白，像是被雕刻出的艺术品。雪丘、雪原、雪林，各种形态的冰雪景观让人流连忘返。在这里，你可以感受到大自然的壮美和生命的活力。冬日的赛里木湖，将你的心灵洗涤得纯净透明。这是一个让人向往的冰雪仙境，一个充满魅力的自然奇观。
                 <w:br/>
-                特别安排湖景围炉煮茶(赠送项目)，一炉烟火，围一方天地，品世间百味，赴一场欢愉。入冬仪式感，从围炉煮茶开始。围炉煮茶，煮的不是茶，煮的是生活的仪式感，更是生活的松弛感。“有茶，就有了慢下来的理由”，一杯暖茶下肚，偷得半日闲暇。远离喧闹的街角。在温暖的氛围里，来一场别样的茶话会。
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1、景区地面路比较滑，游玩时注意脚下，小心滑倒。
                 <w:br/>
                 2、赛里木湖湖边风很大，一定要戴帽子，做好防风保暖措施;建议准备好加绒厚衣物(厚毛衣、羽绒服、冲锋衣、手套、围巾、雪地靴)，以防感冒。
                 <w:br/>
                 3、12 月初，赛里木湖冰层还未达到一定厚度时，禁止在湖面玩耍
                 <w:br/>
-                4、湖景围炉煮茶为我社赠送项目，如因天气原因或者客人自身原因或者不可抗力因素，不用无退费无置换，
-[...1 lines deleted...]
-                5、行程中所列时间均为参考时间，具体以实际情况为准。
+                4、行程中所列时间均为参考时间，具体以实际情况为准。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">赛里木湖</w:t>
+              <w:t xml:space="preserve">奎屯</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                二进赛里木湖--乌鲁木齐（约550km,6h）
-[...1 lines deleted...]
-                酒店早餐后，特别安排二进赛里木湖，二进赛里木湖真的是每一次的感受都不一样,那湖面的蓝得发亮,深蓝浅蓝湖蓝各式各样的蓝,走近看湖水拍打着石头,圆润光滑,高原上一颗耀眼的明珠,冬季的赛里木湖在纯净冰雪世界的映衬下，湛蓝的湖水似一块镶嵌在天山山脉间的巨大蓝色宝石，置身其中如同步入梦幻般的宁静的仙境。
+                奎屯-棉花馆-大巴扎-乌鲁木齐(约290km,4h）
+                <w:br/>
+                早餐后乘车前往游览【大漠花语】（参观时间约120分钟）新疆棉花生长季节水热同季，得益于天山和昆仑山的雪山融水，提供了充足稳定且优质的水源。新疆长绒棉以其柔软度、光泽度、亲肤度、透气性、弹力等指标远超普通棉，是新疆的一个重要名片；后乘车前往游览【新疆国际大巴扎】（无门票，游览时间约2小时）位于乌鲁木齐市天山区，是目前全国最大的巴扎集市。大巴扎的建筑风格规模宏伟，又极具伊斯兰风格，里面市场的少数民族特色商品琳琅满目，丰富精美。整个国际大巴扎是乌鲁木齐市内最具民族风情的地方，来到乌鲁木齐游玩的游客都会前来一看。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">五家渠</w:t>
+              <w:t xml:space="preserve">乌鲁木齐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1797,51 +1784,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>