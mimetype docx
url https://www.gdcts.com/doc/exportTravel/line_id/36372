--- v0 (2025-12-25)
+++ v1 (2026-03-14)
@@ -2957,51 +2957,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1）该团需要做申根签证+格陵兰岛签注,，旅行社有权根据团队的实际情况调整申请申根签证的国家。
+                1）该团需要做申根签证，旅行社有权根据团队的实际情况调整申请申根签证的国家。
                 <w:br/>
                 2）参加欧洲团队团友须随团旅游，团进团出，不可探亲访友、进行商务活动等其他目的，同时保证不离团，纯旅游是此次参团目的。
                 <w:br/>
                 3）重要约定：申根签证自2015年10月12日起实施指纹录入程序。指纹时间一般安排在出团前12个工作天内，请申请人在出团前12天内切勿远行并配合领馆的时间安排。（在广州外的地点按指模的时间和地址请咨询相关销售人员）
                 <w:br/>
                 ※挪威、丹麦签证中心地址：
                 <w:br/>
                 广州：
                 <w:br/>
                 广州市海珠区琶洲大道78号广铝国际中心7楼
                 <w:br/>
                 北京：
                 <w:br/>
                 北京市朝阳区光华路9号光华路SOHO二期B1层西门
                 <w:br/>
                 上海：
                 <w:br/>
                 上海市黄浦区四川中路213号久事商务大厦3楼
                 <w:br/>
                 4）签证流程
                 <w:br/>
                 ①出发前：团友报名时提交订金和签证资料--旅行社审查团友资料并通知团友补充资料--向使(领)馆递交资料申请签证——团友在指定时间抵达签证中心进行生物指纹录入--使(领)馆审查资料--使(领)馆通知补充资料、面试等--等待签证结果。
                 <w:br/>
                 ②回程后：回程抵达当天团友将护照和登机牌交与导游带回旅行社--旅行社送回使(领)馆销签--使(领)馆通知面销--等待退回护照。
                 <w:br/>
@@ -3241,51 +3241,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>