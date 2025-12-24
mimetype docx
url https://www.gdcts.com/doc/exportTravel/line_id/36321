--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【森林秘境遇上哈亚雪】东北伊春双飞6天∣林都伊春∣ 联游双雪乡∣中国雪乡∣世外桃源新雪乡·二浪河∣冰城哈尔滨∣亚布力滑雪∣亚雪公路∣金山鹿苑∣九峰山森林冰瀑∣（南航）行程单</w:t>
+        <w:t xml:space="preserve">寒假春节【遇上哈亚雪】东北双飞6天∣赠送冰雪大世界∣林都伊春∣ 联游双雪乡∣中国雪乡∣世外桃源新雪乡·二浪河∣冰城哈尔滨∣亚布力滑雪∣亚雪公路∣金山鹿苑∣九峰山森林冰瀑（南航）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -351,133 +351,135 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州出发  南航伊春往返6日 逢周一/三/五/七出发
                 <w:br/>
                 广州—伊春CZ6332/10:25-16:55经停沈阳，
                 <w:br/>
                 伊春—广州CZ6331/17:45-01:10+1经停沈阳；
                 <w:br/>
                 <w:br/>
                 ——特别注意：团费是不含机场建设费和燃油费 ；报名的时候需要收取，详情价格见团期价格和附加项目。
-                <w:br/>
-                ——11月14日前为特价排期，所含景点、餐费、房差如自愿放弃不做退费，老人、小孩优惠均不退费，恕不另行通知！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                去东北的N个理由，总有一个合你心意！
+                <w:br/>
                 ★现实版“狗熊岭”—中国雪乡
                 <w:br/>
                 随处可见的“雪蘑菇”“雪蛋糕”，当灯光亮起时，仿佛进入了梦幻般的童话世界；
                 <w:br/>
                 ★速度与激情—亚布力滑雪
                 <w:br/>
                 国际级亚布力滑雪场（3小时畅滑，含雪板&amp;雪鞋&amp;雪杖使用），感受速度与激情的快感，与洁白雪花展开一场热恋；
                 <w:br/>
                 ★欧陆风情—尔滨故事
                 <w:br/>
                 百年历史名城，漫步【中央大街】，感受浪漫东方小巴黎，打卡【圣•索菲亚教堂】；
                 <w:br/>
                 ★中国小奈良—金山鹿苑
                 <w:br/>
                 林深见鹿，邂逅森林精灵，与小鹿一次亲密的接触，感受梅花鹿在手心舔舐的柔软；
                 <w:br/>
                 ★林海雪原—九峰山穿越
                 <w:br/>
                 雪中穿越，邂逅如梦如幻森林冰瀑；
                 <w:br/>
                 ★上帝视觉—雪地航拍
                 <w:br/>
                 俯瞰冰雪全景，赠送航拍视频，定格冰雪里的童话世界，刷爆抖音炫酷朋友圈；
                 <w:br/>
                 ★雪色浪漫—泼水成冰
                 <w:br/>
                 当水蒸气遇冷迅速凝华成冰晶，一瞬间如炸开一朵烟花；
                 <w:br/>
                 ★豪华住宿：住进风景里，夜宿1晚童话雪乡+2晚网评三钻酒店；
                 <w:br/>
                 ★地道美食：灶台铁锅炖、五谷丰登宴、正宗杀猪菜、东北风味餐、林区菌菇宴；
                 <w:br/>
                 ★尊享服务：全程旅游车，一团一导，优质服务不间断；
                 <w:br/>
                 ★贴心赠送：生日惊喜，凡团上过生日的团友，安排生日蛋糕或小礼品一份；
+                <w:br/>
+                ★新春贺礼：每人送【开运大红包】、东北特色年夜饭（限春节2月16日除夕-2月22日初六期间在东北的团队）！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -598,53 +600,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州（飞行约6小时）伊春（行车约1小时）金山屯
                 <w:br/>
                 搭乘参考航班前往素有“天然氧吧”、 “祖国林都”、“红松故乡”之称的【小兴安岭伊春】。接机后乘车前往酒店入住休息。
                 <w:br/>
-                <w:br/>
-[...1 lines deleted...]
-                <w:br/>
                 交通：飞机/大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -983,72 +982,73 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 亚布力（行车约3.5小时）哈尔滨
                 <w:br/>
                 早餐后，乘车赴东方小巴黎哈尔滨，感受属于尔滨的冬日浪漫；
                 <w:br/>
                 ▷【圣·索菲亚大教堂】（外观）始建于1907年，墙体采用清水红砖建造，搭配绿色的洋葱头式大穹顶，十分引人注目。在灯光的衬托下，教堂越发显得雄伟神秘，充满异国情调。而在冬季，雪中的圣索菲亚大教堂宛如童话里的城堡，十分梦幻。
                 <w:br/>
                 ▷【中央大街】（游览约1小时）坐落着众多文艺复兴、巴洛克等各种风格的欧式建筑，充满了浪漫色彩。知名的华梅西餐厅、波特曼西餐厅等俄式西餐厅，以及美味的马迭尔冰棍是众多游客慕名而来的理由，另外这里还有俄罗斯工艺品商店、秋林食品等专卖店。
                 <w:br/>
                 ▷【梅金·肖克庭院】（中央大街内，自行打卡）现已成为哈尔滨的新晋网红打卡地，每天吸引大量游客前来参观。游客在这里不仅可以感受到浓厚的历史氛围，还可以体验到现代与古典的交融之美。许多游客表示，这里像是一个“魔法世界”，古老而又现代，一半烟火，一半诗意。
                 <w:br/>
-                ▷报名时可加300元/人含【冰雪大世界】门票（需实名制出票）+接送车服务，一睹“冰城”哈尔滨冰灯、雪雕的魅力！【预计12月25日左右开园，具体请以实际准，景区营业时间仅供参考（实际以现场为准）：11:00开园-22:00闭园，21:00停止检票】
+                <w:br/>
+                ▷2人起报名时赠游【冰雪大世界】大门票（需实名制出票，不用不退，如未开园，替换安排【室内冰灯】）+接送车服务，一睹“冰城”哈尔滨冰灯、雪雕的魅力！【预计12月25日左右开园，具体请以实际准，景区营业时间仅供参考（实际以现场为准）：11:00开园-22:00闭园，21:00停止检票】
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">哈尔滨居简、松悦、禧楹和美、国煤宾馆、如枫、隆逸、艾欧或网评三钻同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1430,51 +1430,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">套餐A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+魔毯观光+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用</w:t>
+              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1501,51 +1501,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">套餐B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+魔毯观光+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用+梦幻家园+二人转</w:t>
+              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用+梦幻家园+二人转</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1572,51 +1572,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">套餐C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+魔毯观光+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用+梦幻家园+二人转+高山缆车+世界第一滑道</w:t>
+              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用+梦幻家园+二人转+高山缆车+世界第一滑道</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -2084,51 +2084,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>