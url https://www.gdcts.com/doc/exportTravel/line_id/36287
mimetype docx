--- v1 (2025-12-24)
+++ v2 (2026-02-12)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">格鲁吉亚全景9天之旅 ▏无自费无购物 ▏免费全国联运 ▏第比利斯 ▏西格纳吉 ▏姆茨赫塔 ▏库塔依西 ▏巴统 ▏博尔若米 ▏阿哈尔齐赫 ▏卡兹别克（乌鲁木齐CZ）行程单</w:t>
+        <w:t xml:space="preserve">格鲁吉亚全景9天之旅 ▏无自费无购物 ▏第比利斯 ▏西格纳吉 ▏姆茨赫塔 ▏库塔依西 ▏巴统 ▏博尔若米 ▏阿哈尔齐赫 ▏卡兹别克（乌鲁木齐CZ）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -126,51 +126,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">全国联运</w:t>
+              <w:t xml:space="preserve">乌鲁木齐市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
@@ -404,51 +404,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【行程特色】
                 <w:br/>
                 无穷回味：9天旅途，百般筹划安排，触摸千年文化，领略万种风情，留下无穷回味
                 <w:br/>
                 民族艺术：足尖舞表演特色歌舞，欣赏灿烂的高加索艺术之花
                 <w:br/>
                 特色体验：葡萄酒，品味数千年酒文化
                 <w:br/>
                 多元文化之旅，雪山、教堂、圣湖、城堡、小镇、古城.....
                 <w:br/>
                 【航空公司】
                 <w:br/>
-                搭乘中国南方航空，可申请免费全国联运
+                搭乘中国南方航空，可申请全国联运+1000/人
                 <w:br/>
                 飞行无忧，中文空乘服务员为您随时服务，飞行期间无语言障碍
                 <w:br/>
                 【专业领队服务】安排5年以上优秀专业领队，专业为您保驾护航
                 <w:br/>
                 【餐食升级】美酒美食 地道家访 尊享高加索美食文化
                 <w:br/>
                 格鲁吉亚：品味舌尖上的格鲁吉亚-特色包子，奶酪饼，柠檬拉提，足尖舞表演+烤肉特色餐,西格纳吉悬崖餐厅午餐, 乔治亚烤肉餐,中式晚餐（8菜1汤）
                 <w:br/>
                 美酒: 探访葡萄酒发源地，参观古老酒庄，品鉴纯正葡萄酒
                 <w:br/>
                 【酒店升级】全程五星酒店+1晚卡兹别克山景酒店（不挂星）
                 <w:br/>
                 【增游景点】空中缆车俯瞰第比利斯；四驱车上卡兹别克山；第比利斯地下印刷厂；复古海盗船游黑海，欣赏巴统城市全景
                 <w:br/>
                 【 服务标准】纯玩团，无自费无购物；20人内精品小团
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1373,51 +1373,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.签证标准：格鲁吉亚免签
                 <w:br/>
-                2.机票标准：乌鲁木齐起止全程团队经济舱机票及机场税（可申请全国免费联运），团队机票不允许改名、退票、改票、改期。（不含航空公司临时新增的燃油附加费）
+                2.机票标准：乌鲁木齐起止全程团队经济舱机票及机场税（可申请全国联运+1000元/人），团队机票不允许改名、退票、改票、改期。（不含航空公司临时新增的燃油附加费）
                 <w:br/>
                 3.酒店标准：行程中所列星级酒店的双人间（标准为二人一房，如需入住单间则另付单间差费用或我社有权有权利提前说明情况并调整夫妻及亲属住宿安排）
                 <w:br/>
                 4.用餐标准：行程中所列餐食，午晚餐为中式团队餐（10-12人一桌，餐标八菜一汤)或特色餐（以行程为准）。如果不用餐或因个人原因超出用餐时间到达餐厅的，不再另补且费用不退。（用餐时间在机场候机或飞机上的餐食由客人自理）
                 <w:br/>
                 5.景点标准：行程中所列景点的首道门票（不含景区内的二道门票及个人消费）。行程表中标明的景点游览顺序和停留时间仅供参考，我公司有权根据当地天气、交通等情况调整景点顺序，实际停留时间以具体行程游览时间为准。
                 <w:br/>
                 6.用车标准：空调旅游巴士
                 <w:br/>
                 7.导游司机标准：全程中文领队或中文导游，境外专业司机。
                 <w:br/>
                 8.保险标准：旅行社责任险。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1437,51 +1437,51 @@
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.护照费用；
                 <w:br/>
                 2. 司机导游服务费以及酒店税：RMB2000/人
                 <w:br/>
-                3. 全程单房差3000人民币/人（不含游轮/火车单间差）
+                3. 全程单房差2500人民币/人（不含游轮/火车单间差）
                 <w:br/>
                 4. 行程表以外行程费用；
                 <w:br/>
                 5. 行李物品的搬运费、保管费及超重费；
                 <w:br/>
                 6. 一切个人消费（如：电话、传真、电视付费频道、洗衣、饮料等）；
                 <w:br/>
                 7. 旅游者因违约、自身过错或自身疾病引起的人身和财产损失；
                 <w:br/>
                 8. 非我社所能控制因素下引起的额外费用，如：自然灾害、罢工、境外当地政策或民俗禁忌、景点维修等；
                 <w:br/>
                 9. 游客人身意外保险（强烈建议客人自行购买旅游意外险）
                 <w:br/>
                 10. 客人往返国内出境口岸的一切费用；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
@@ -1653,51 +1653,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>