--- v0 (2025-12-17)
+++ v1 (2026-03-01)
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20260125S2UW</w:t>
+              <w:t xml:space="preserve">AA20260315S2UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -1882,50 +1882,243 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">钻石</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">120 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">自费项目</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">详细内容请参考附件南非单项游精选</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -2277,51 +2470,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2494,50 +2687,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="shop">
     <w:name w:val="shop"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>