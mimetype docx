--- v0 (2025-10-30)
+++ v1 (2026-03-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">新西兰玩转南北岛皇后镇缆车10天｜天际缆车｜萤火虫洞｜爱歌顿皇家牧场｜地热公园行程单</w:t>
+        <w:t xml:space="preserve">【秋摄美景美食】新西兰南北岛10天捉野生龙虾鲍鱼+怀奥塔普地热公园+爱歌顿牧场行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -126,51 +126,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">深圳市</w:t>
+              <w:t xml:space="preserve">广州市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
@@ -343,116 +343,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                深圳飞奥克兰 参考航班：HU7931/0250-1840
-[...1 lines deleted...]
-                奥克兰飞深圳 参考航班：HU7932/2240-0500+1
+                广州飞奥克兰 参考航班：CZ305/0035-1535
+                <w:br/>
+                奥克兰飞广州 参考航班：CZ306/2125-0525+1
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                享绝色风光&amp;特色体验——自然奇景全收录、玩转南北岛！
-[...15 lines deleted...]
-                牧场巡游：亲密接触与喂养动物，亲身体验皇家牧场生活
+                【峡湾捕获美鲜】：独家首创出海体验阿卡罗阿——豪捉野生龙虾&amp;鲍鱼！
+                <w:br/>
+                【顶级度假胜地】：国际公认的世界顶级度假胜地—皇后镇，被《时代》杂志列入2022年“世界上最好的地方”！
+                <w:br/>
+                【最美公路之一】：穿越格林诺奇的路程，瓦卡蒂普湖蜿蜒而前行的公路风景绝美，是世界上十大最美公路之一！
+                <w:br/>
+                【全赏网红湖泊】：亲临蒂卡波湖与牧羊人教堂、蓝色牛奶湖的普卡基湖、皇后镇瓦卡蒂普湖，寻找闻名世界瓦纳卡湖与孤树！
+                <w:br/>
+                【金秋浪漫箭镇】：探访红楼梦之箭镇：绚烂五彩林而闻名遐迩，五彩林LakeHayes海耶斯湖，如置身于油画般！
+                <w:br/>
+                【著名水果小镇】：克伦威尔水果小镇，品尝新鲜可口的水果！
+                <w:br/>
+                【著名徒步路线】：库克山国家公园是最著名的首选徒步路线道，眺望山谷景色，欣赏高山与冰瀑的壮观景象！
+                <w:br/>
+                【最具英伦城市】：游览这座英国之外最具英伦风情的城市——基督城，体验新西兰惬意生活！
+                <w:br/>
+                【走进红木森林】：在参天的红杉林中休闲徒步，在天然氧吧中感受这片森林的壮观！
+                <w:br/>
+                【迷你黄石公园】：迷你黄石公园之称的怀奥塔普地热世界，近距离欣赏令人惊艳的硫磺七彩温泉池！
+                <w:br/>
+                【皇家特色牧场】：开启牧场巡游之旅，亲身体验纽式牧场生活！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -569,59 +573,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                深圳
-[...7 lines deleted...]
-                航班航程约 12 小时，由于冬夏令时时差不同，航班时间可能略有变化，请以出团前通知为准！
+                广州
+                <w:br/>
+                是日统一在广州国际机场集中，由专业的领队带领搭乘国际航班飞往新西兰城市奥克兰。沿途可享受到航机服务人员的殷勤服务及丰富膳食。由于冬夏令时时差不同，航班时间可能略有变化，请以出团前通知为准！
+                <w:br/>
+                温馨提示：（1）冬夏令时下，新西兰时间比北京时间快4-5小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -651,61 +651,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                深圳飞奥克兰 参考航班：HU7931/0250-1840 （飞行约 12 小时）
-[...9 lines deleted...]
-                奥克兰——是一个汇聚了美食、音乐、艺术和文化的多元化城市。在这里，你既可以欣赏波光粼粼的海景、郁郁葱葱的自然景观，又可以享受热闹非凡的城市生活。
+                广州飞奥克兰 参考航班：CZ305/0035-1535（飞行约11.5小时）
+                <w:br/>
+                乘坐国际豪华客机飞往新西兰北岛——奥克兰，沿途可享受到航机服务人员的殷勤服务及丰富膳食。航机抵达奥克兰办理入关手续后入往酒店好好休息，补充体力迎接明日精彩的新西兰之行。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：团队晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -735,86 +727,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                奥克兰飞皇后镇→瓦纳卡→皇后镇 （飞行时间约 1 小时 50 分钟，JQ 航班上不设餐饮）
-[...15 lines deleted...]
-                世界蹦极发源地是皇后镇户外探险最具代表性的活动地点。这里是世界上风景最优美的蹦极地，即使没有胆量跳一下，观看勇士们在青山绿水间纵身一跃也是非常震撼的。（可根据身体情况自费选择蹦极项目）
+                奥克兰飞皇后镇→瓦纳卡
+                <w:br/>
+                早上乘内陆航机飞往新西兰南岛—皇后镇。抵达后乘车游览经典网红的瓦纳卡小镇漫步湖边.去寻找瓦纳卡最出名.出镜率最高的湖中孤树。瓦纳卡小镇位于南岛瓦纳卡湖区，依傍南阿尔卑斯山，是一个自然风光秀丽的度假小镇，如明镜般平静的瓦纳卡湖倒映出新西兰纯净的蓝天和长白云。湖中有一棵造型奇特的柳树吸引了众多摄影爱好者。小镇面积虽小，但镇上有非常多的咖啡馆、餐厅和趣味商店，一年四季都吸引了很多游客。
+                <w:br/>
+                皇后镇——是世界顶级度假胜地，2013年曾入选TripAdvisor的“25大游客首选目的地”。皇后镇被南阿尔卑斯山包围，市区附近的瓦卡蒂普湖湖水面积达291平方公里。皇后镇是以维多利亚女王打造的地方为名，从最早在湖边开垦的牧场到现今新西兰最受欢迎的度假小镇、户外活动和冒险天堂，在这里可以漫步于湖畔大道观赏迷人的湖光水色，还可以滑雪、骑马、乘坐喷射艇，甚至参加蹦极、跳伞、峡谷秋千等极限运动。
+                <w:br/>
+                今日亮点：
+                <w:br/>
+                瓦纳卡湖——是新西兰第四大湖，晶莹剔透的湖水反映出艾斯派林山国家公园世界遗产保护区中那些白雪皑皑的山峰；两湖湖水颜色变化多端：宝蓝色、祖母绿、甚至还有蛋白石色，原来湖水融和了冰河融化的水，而冰河流动时压碎石头产生的灰色粉末，便成了湖水的调色颜料。瓦纳卡湖恍如仙景、三面大山包围着一泊静怡的湖泊，看着瓦纳卡湖覆盖山顶的雪峰，湖边的一侧有一排高大的树林，绿油油的一片。精彩的莫过于这里的湖光山色，湖水晶莹剔透，湖面平静的像一块镜子，倒映着一棵棵青翠的大树、倒映着远处云雾缭绕的群山，真是人间仙境。
+                <w:br/>
+                瓦纳卡孤独树——它仿佛一位伫立水边的老者，已过不惑之年，腰身渐渐下垂弯向水中央。不管天上是晴空万里，还是晚霞落下，不管雪山旁是万木枯黄，还是绿树常青，孤独的树总是弯着腰，看起来那么苍老。
+                <w:br/>
+                克伦威尔水果小镇——克伦威尔小镇依山傍水，较为平坦的土地上有各种果园，春天百花绽放，色彩缤纷，秋季果实飘香，空中溢满清甜景色更加优美迷人。克伦威尔小镇也是电影《魔戒》的取景地之一。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：牛羊火锅放题   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐或便携式早餐盒     午餐：X     晚餐：牛羊火锅放题   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">皇后镇当地4星酒店或同级公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -827,82 +815,80 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 皇后镇
                 <w:br/>
-                早餐后乘车前往箭镇游览，箭镇坐落在箭河畔，这里曾经是热闹的淘金地。也被称为“新西兰秋色最瑰丽的小镇”，新西兰最具风景如画的居住区之一，如诗如画的景色如置身于油画般。或自由轻松地去穿过秀丽的瓦卡蒂普湖欣赏沿岸每人风光，去发现皇后镇浪漫温馨的一面。皇后镇将新西兰纯净如新的自然美景发挥到了极致。
-[...11 lines deleted...]
-                格林诺奇坐落于瓦卡蒂普湖北岸，距皇后镇仅45分钟，是通往众多远足步道和魔戒中土世界的门户。蔚为壮观的风景令格林诺奇成为了电影大片的首选拍摄地，《指环王》三部曲以及《纳尼亚传奇》都在此大量取景。世界上最美的公路之一行驶于从皇后镇到格林诺奇的世界上最美的公路之一，在短短的45分钟左右的旅程，这段依瓦卡蒂普湖蜿蜒而前行的公路风景绝美，被评为世界十大最美公路之一。葱郁的树林映衬着蓝天、白云，平静的湖面在天空的映射下像是一幅小清新的油画！每年11-12月春季格林洛奇小镇盛开的鲁冰花蓝色的、粉色的、紫色的、白色的、黄色的鲁冰花都竞相开放！
+                酒店早餐后皇后镇周边游。
+                <w:br/>
+                今日亮点：
+                <w:br/>
+                皇后镇天际缆车——天空缆车坐落在皇后镇的鲍勃峰（Bobt'sPeak）山顶，这里是俯瞰皇后镇市区，瓦卡蒂普湖和远处高山的地点。从市区步行10分钟左右就可以到达缆车搭乘点，搭乘南半球的缆车上到山顶。二楼的观光走廊可以270度俯瞰小镇全景，日落时候的风景更让人沉醉。天空缆车是一个综合性很强的景点。
+                <w:br/>
+                箭镇——这是一处因19世纪淘金热而繁荣的小镇，在“魔戒三部曲”第一集中的逃亡片段就在这里拍摄；这一座近150年的古镇，周边一个洋溢着优雅维多利亚风情的古典小镇，这里有许多整修过的淘金时代建筑，值得您细细品味，也让您会有很多的发现，一间间各有特色的商店都各有其味道，刻意保留下来的古早矿工木屋，春天的箭镇色彩绚丽，如清秀佳丽般清秀动人。
+                <w:br/>
+                卡瓦劳大桥蹦极——世界蹦极发源地是皇后镇户外探险代表性的活动地点。这里是世界上风景美的蹦极地，即使没有胆量跳一下，观看勇士们在青山绿水间纵身一跃也是非常震撼的。（可根据身体情况自费选择蹦极项目）
+                <w:br/>
+                格林诺奇小镇——是一个风景优美的小镇，最近的城镇为皇后镇（Queenstown）45公里，是一处非常受欢迎的徒步旅行者的停靠点，其附近就是艾斯派林国家公园（MountAspiringNationalPark）、峡湾国家公园（Fiordland NationalPark）邻近格林诺奇小镇的达特河（DartRiver）和里斯河（ReesRiver）从这里流入瓦卡蒂普湖。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：山顶缆车自助餐     晚餐：团队晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：网红大汉堡     晚餐：团队晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">皇后镇当地4星酒店或同级公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -913,370 +899,345 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                皇后镇—库克山—蒂卡波
-[...27 lines deleted...]
-                推荐自费： 约翰山天文台 (Mount John Observatory)，体验纵览天地观星之旅 (Earth &amp; Sky) 的活动。你将使用用专业的望远镜观星，知识渊博的热情向导会为你带来难忘的观星体验。（Nzd185/人）
+                皇后镇→库克山(行车约3.5小时)→蒂卡波(行车约1小时)
+                <w:br/>
+                酒店早餐后随后前往【库克山国家公园】及普卡基湖，抵达库克山徒步健行体验约1小时，后前往位于麦肯齐盆地的蒂卡波湖。晚餐后入住“暗黑天空保护区”，在这里可肉眼欣赏到无污染、最璀璨的星空美景。
+                <w:br/>
+                今日亮点：
+                <w:br/>
+                普卡基湖——普卡基湖位于新西兰南岛，面积有169平方公里。它是冰河遗留下的冰碛石堆积所形成的偃塞湖，水源来自塔斯曼等数条冰河融化后所形成的塔斯曼河。冰河夹带的粉末杂质，将湖水调成有如加了浓浓牛奶的蓝绿色彩，终年积雪的山脉环绕，营造出梦幻的仙境世界，成为电影《霍比特人》三部曲里湖畔小镇的取景地。
+                <w:br/>
+                特别安排体验库克山徒步健行——由壮观的冰河、陡峭的崖壁及山林构成，三分之二被南部的山毛榉树和罗汉松所覆盖，其中一些树的树龄已超过八百年。山林间有无数的山径可作徒步健行体验。漫步其中，感受南半球纯净的空气，在高处更可远眺终年积雪的库克山。
+                <w:br/>
+                牧羊人教堂——牧羊人教堂是一个石块打造的小教堂，这是早期来到麦肯锡地区开垦的牧羊人家宗教信仰中心，在蒂卡波湖的陪衬下是新西兰名信片上的著名景点之一。透过教堂圣坛窗口望出去，可以看到美丽的风光美景：秋天的金黄色大地、冬天山坡上的白雪、春夏的鲁冰花，一年四季都将湖畔点缀出最缤纷的色彩。教堂一旁的牧羊犬雕像是在记念麦肯锡地区为农家辛勤工作的牧羊犬。
+                <w:br/>
+                蒂卡波湖——坐落于新西兰南岛的著名旅游城市基督城与皇后镇之间，位于库克山盆地与Mackenzie的心脏地带，其西北方就是库克山国家公园。蒂卡波湖和该区其它湖泊的湖水呈深邃的宝石绿色，独特而精美，这种瑰丽的色彩源于湖中精细的悬浮冰川岩石颗粒。
+                <w:br/>
+                暗夜星空保护区——库克山暗夜星空保护区，官方名称为奥拉基麦肯奇国际黑暗天空保护区，是南半球规模最大、全球首个获得最高“黄金级”认证的暗夜保护区。这片占地超过4300平方公里的土地，将新西兰最高峰奥拉基/库克山的雄浑雪峰、塔斯曼冰川的千年幽蓝与无与伦比的纯净夜空融为一体，成就了世界顶级的观星圣地。保护区的核心魅力在于其极致的黑暗。得益于社区自1980年代起实施的严格灯光管制，这里几乎没有光污染，使得夜空清澈得不可思议。当夜幕降临，您将目睹银河壮阔地横跨天际，甚至无需借助专业设备，仅凭肉眼就能清晰看到南十字星、神秘的麦哲伦星云以及数以千计闪烁的星辰。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：景观餐厅西式简餐     晚餐：团体晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">库克山或周边小镇酒店或同级公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：地道披萨餐     晚餐：团体晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">库克山或周边小镇酒店或公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                蒂卡波—基督城
-[...15 lines deleted...]
-                为了替代毁于2011年基督城地震中的标志性建筑天主教大教堂而建造。教堂共费时两年建设，日本知名建筑大师坂茂设计，以104根直径60公分，长6.5公尺的硬纸馆支撑。纸教堂与原来的教堂大小一样，可容纳700人耐用50年。
+                蒂卡波→阿卡罗阿（行车约3.5小时）→基督城（行车约1.5小时）
+                <w:br/>
+                基督城坐落于新西兰南岛东岸，是新西兰的第三大城市，同时也是进入南极的必经之路，素有“南极门户”之称。它拥有纯净优美的自然风光，清澈的雅芳河从市中心蜿蜒流过，两岸的住宅建筑规划整齐，城市内遍布花园绿地，宛如一座清新的“花园城市”。
+                <w:br/>
+                早餐后乘车前往法国小镇——阿卡罗阿，体验出海豪捉野生龙虾&amp;鲍鱼，阿卡罗阿就是一个毛利语的名字，是在毛利语中它的意思是“长长的港湾”。也是一个迷你小镇，常住居民不到600人，但在旅游旺季这里的临时人口能够到达居民的十几倍，达到万人之多。游玩完毕后前往基督城。
+                <w:br/>
+                午餐于码头浅尝毛利地道的神茶和三文鱼餐毛利特色餐，晚餐于中餐厅安排【战利品：海鲜大餐】。
+                <w:br/>
+                <w:br/>
+                体验阿卡罗阿豪捉龙虾鲍鱼——游船一尝亲手豪抓龙虾的惊喜，潜水人员潜入水中捕捞鲍鱼，感受满载而归的喜悦。如果运气好，你还可以遇见海豚、海鸟和海豹（仅在阿卡罗瓦能看到的世界上最小的海豚—新西兰赫氏海豚），这是相当难得和超值的体验，带着满载而归的战利品返回基督城。晚餐享用——豪华海鲜大餐。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店早餐     晚餐：团队晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">皇后镇当地4星酒店或同级公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：泰式简餐     晚餐：龙虾鲍鱼海鲜大餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">基督城当地4星酒店或同级公寓酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 基督城飞奥克兰 内陆段航班：待告 飞行约 1 个小时 20 分钟（内陆航班不设餐饮,敬请自理）
                 <w:br/>
-                早餐后前往机场乘坐国内航班飞往奥克兰，抵达后前往奥克兰是市区揽胜。晚餐后入住酒店。
+                早餐后基督城内游览，完毕后乘国内陆段航班飞往奥克兰，抵达后市区游。晚餐后入住酒店休息。
                 <w:br/>
                 【今日亮点】
                 <w:br/>
-                景点：伊甸山公园
-[...9 lines deleted...]
-                建在一个山坡上，不但有绿色牧场的风光，还有蓝色的海洋、半岛的别墅，就连奥克兰的天空塔、海港大桥也能看得见，这里是地人拍婚纱照的首选地。
+                今日亮点：
+                <w:br/>
+                海格利公园——基督城第一大公园，里面有蜿蜒流淌的雅芳河、四季如春的基督城植物园和坎特伯雷博物馆。其中位于雅芳河畔的基督城植物园占地三十公顷，种有超过1万种本土和引进的植物。
+                <w:br/>
+                蒙娜维尔花园——蒙娜维尔花园属典型的传统维多利亚式庄园，美丽的雅芳河（Avonriver，也有译为艾芬河）纵贯其间，小溪、别墅、草坪、花园和树林，清雅秀丽，小桥流水，芳草如茵，绿柳垂荫，宛若置身英国剑桥的浪漫气氛，俨然理想的童话世界。
+                <w:br/>
+                基督城纸教堂——为了替代毁于2011年基督城地震中的标志性建筑天主教大教堂而建造。教堂共费时两年建设，日本知名建筑大师坂茂设计，以104根直径60公分，长6.5公尺的硬纸馆支撑。纸教堂与原来的教堂大小一样，可容纳700人耐用50年。
+                <w:br/>
+                伊甸山——伊甸山是一座死火山，形成于2-3万年以前，高196米，是奥克兰陆地火山带中最高的火山口洞，洞里覆满了一层天然草皮，远看很像外星大坑。伊甸山与附近的独树山(OneTreehill)一样，可以远眺奥克兰市中心与港湾，可清楚看到市中心的天空塔与Rangitoto火山，俯瞰整个奥克兰市区，也是奥克兰最重要的象征之一。
+                <w:br/>
+                密逊湾——又称“使命湾”，因港湾里的美拉尼西亚使命楼而得名，是奥克兰人喜爱的海滩之一。密逊湾的北边是泛着微光的怀特玛塔港，东边是伊托托岛，风光旖旎的密逊湾是奥克兰人的海滩度假胜地。使命楼，建于1859年，用使命湾对岸朗伊托托岛的火山石建造而成。建于20世纪50年代的使命湾喷泉，很富艺术感。而那座为纪念新西兰*位工党总理迈克尔·约瑟·萨维奇而建的工党纪念碑，则为使命湾风景平添了一抹政治的色彩。在使命湾，你既能饱览奥克兰港湾全景，还能远眺对面650年前后一次爆发的火山岛朗伊托托岛。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团队晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">奥克兰当地 4 星酒店或同级公寓</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团体晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">奥克兰当地4星酒店或同级公寓酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 奥克兰—罗托鲁瓦（约230KM,约3小时）
                 <w:br/>
-                早餐后随后乘车前往新西兰原住民毛利人的聚居地——罗托鲁瓦（车程约3小时）。游览政府花园，瑞秋温泉的泉眼正位于花园的入口处，花园内绿草如茵，草坪上有一座橘红色屋顶的群楼，在蓝天白云的映衬下格外抢眼。原本被称为帕帕库马纳（Paepaekumana），坐落于罗托鲁瓦市中心的湖边-罗托鲁瓦湖。这片区域无论在传说中还是历史上，对当地毛利人都具有重要意义。前往红木森林公园及爱歌顿皇家牧场，亲密接触小动物。晚餐后入住酒店休息。
-[...15 lines deleted...]
-                亲手拿着饲料小绵羊会走过来跟您玩成一片，园区还有鹿和可爱的驼羊，农家会为您介绍户外各种品种的牛羊。还可以顺道参观奇异果园，您有机会品尝到农庄准备的特制饮料。
+                早餐后前往地热之城——罗托鲁瓦。
+                <w:br/>
+                罗托鲁瓦市区揽胜+爱歌顿牧场揽胜，亲密接触与喂食动物、奇异果园、亲身体验牧场生活。
+                <w:br/>
+                牧场游览后继续去参观羊毛展示中心Agrowool,看一下这些可爱动物的毛剪下来后当地人是做成什么的。
+                <w:br/>
+                今日亮点：
+                <w:br/>
+                罗托鲁瓦政府花园——罗托鲁瓦政府花园是一个宽大的花园广场，开阔、整洁、恬静、优雅。走进花园，首先呈现在眼前的是鲜花碧草和绿树映衬下的一幢桔黄色屋顶的精致的英国式建筑，是在英国占领后为毛利人建造的议会大楼。花园里绿草如茵，绿树成荫，开满了红色，紫色，白色，黄色的各种花朵，十分漂亮。一些颇有特点的小建筑物散布在广场的绿地和树丛中，别有韵味。
+                <w:br/>
+                红树森林——这里因林中生长着高耸的美国加利福尼亚海岸的红木树而得其名。整个红树林就是一个巨大的天然氧吧，有着清新纯洁的空气。美丽的红木森林是新西兰人最壮观的大自然财富之一。
+                <w:br/>
+                皇家牧场爱歌顿农庄——爱歌顿农庄面积为350英亩(即135公顷)，是新西兰面积超大的观光牧场。在这您将有机会见到19种不同品种的羊，小绵羊被主人抓住后蜷成一团，呆若木鸡的样子绝对会把你逗乐。乘坐特制的大型拖拉机，欣赏满目的农场风光，亲手喂梅花鹿、乳牛、驼鸟、驼羊……亲身体验真正的牧场生活，参与内容丰富的户外活动。皇家牧场游园下车后，大家继续来到Agrowool羊毛展示中心参观，欣赏一下这些可爱动物的毛剪下来之后当地人是做成什么特色生活用品的。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：山顶红酒牛扒餐     晚餐：海参鹿肉特色餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：山顶红酒牛扒餐     晚餐：风味鹿肉餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">罗托鲁瓦当地4星酒店或同级公寓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1287,86 +1248,78 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                罗托鲁瓦—奥克兰飞深圳 参考航班：HU7902/2240-0500+1 飞行大约11个小时40分钟
-[...15 lines deleted...]
-                千万年来地下溪流不断冲刷软质的石灰岩，最终造就了这些洞穴群。这里有从洞顶往下成长的钟乳石，有从洞底拔地而起的石笋，还有历经数百年由滴水形成的尖锥形的层状岩体。让萤火虫像星星一样挂在天上，是不少人儿时的梦想。在新西兰北岛一个小城，这种梦想竟能成真：成千上万的萤火虫在岩洞内熠熠生辉，灿若繁星，有人把这种自然奇观称为“世界第九大奇迹”。
+                罗托鲁瓦—奥克兰飞广州   参考航班：CZ306/2125-0525+1（飞行时间约11小时）
+                <w:br/>
+                酒店早餐后前往怀奥塔普地热公园。午餐前往奥克兰并于傍晚去奥克兰乘坐国际航班返广州。沿途可享受到航机服务人的殷勤服务及丰富膳食。
+                <w:br/>
+                温馨提示：（1）冬夏令时下，新西兰时间比北京时间快4-5小时（2）航班全程禁烟，如有需要可自备拖鞋及充气枕上飞机。
+                <w:br/>
+                今日亮点：
+                <w:br/>
+                Wai-O-Tapu怀奥塔普地热公园——地处陶波火山带的边缘，是陶波火山区内地热活动面积最广的区域，其占地约18平方公里，这片区域的火山活动可以追溯到16万年以前。这里到处都是倒塌的火山口，冷却或沸腾的泥浆，喷泉和火山喷气孔。最著名的是LadyKnoxGeyser间歇泉，喷出的水柱高20-30米。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：BBQ自助餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团体午餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1377,53 +1330,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                抵达深圳
-[...1 lines deleted...]
-                早上安全抵达深圳宝安国际机场后结束愉快新西兰之旅，各自返回温暖的家。
+                抵达广州
+                <w:br/>
+                早上抵达广州白云机场，结束愉快的100%纯净新西兰【南北岛】之旅。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1489,137 +1442,133 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 费用包含
                 <w:br/>
-                1. 全程团体经济舱机票及境外机场税、航空燃油税；
-[...11 lines deleted...]
-                6. 行程所列的旅游交通费。
+                1.大交通：全程团体经济舱机票及境外机场税、航空燃油税；
+                <w:br/>
+                2.用车：全程安排空调旅游车，保证一人一正座（正常16-20人安排21座车、21-23人安排25座）；
+                <w:br/>
+                2.用票：行程所列的景点的第一道门票,不含园中园门票；（由于天气或其它原因导致景点无法正常游览，我们将按照团费优惠价退还：出海捕鲍鱼龙虾600元）
+                <w:br/>
+                4.住宿：行程表所列酒店或同级酒店或公寓的住宿费（新西兰酒店有可能安排大小床，一些酒店床约为90公分）
+                <w:br/>
+                5.用餐：行程内所列用餐：7个早11正（含特色餐）；早餐为酒店西式自助早餐或便携式早餐盒，午晚餐以中餐为主，8菜1汤（平均餐标纽币30元）不含酒水。因航班原因无法安排餐食请自理。所有餐食如自动放弃，款项恕不退还。
+                <w:br/>
+                6.导游：安排跟团全陪领队，一般多为全程直踩领队（兼顾讲解工作）；个别地区由当地司机兼导游负责讲解或另外上当地导游，为游客介绍景点讲解。以上均以旅游社最终安排为准。；
+                <w:br/>
+                7、保险：旅行社已按规定购买旅行社责任险、建议客人购买个人意外险；
+                <w:br/>
+                8、新西兰团队签证；(自备签减800元）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 费用不包含内容
                 <w:br/>
-                1、不含全程司机导游服务费人民币：1000/人（大小同价），请现付领队。
-[...9 lines deleted...]
-                超重行李托运费及个人物品关税）。
+                1、个人旅游意外保险和航班保险。
+                <w:br/>
+                2、全程领队兼导游服务费100/人天X10天（大小同价）
+                <w:br/>
+                3、全程单房差：4550元/全程(酒店住宿若出现单男单女，我司将安排您和其他同性别客人拼房。若客人不接受此种方式或经协调最终不能安排的，客人须在出发前补单房差入住标准单人间)。
+                <w:br/>
+                4、行程表以外活动项目所需的费用。
+                <w:br/>
+                5、其它私人性开支（如：私人性交通；酒店内洗衣，电话，酒水，行李生服务；行李超重，行李的搬运费，保管费和超重行李托运费及个人物品关税）。
                 <w:br/>
                 6、司导超时工作费用及用车超公里费用。
                 <w:br/>
-                7、 70岁以上客人参团需保证身体健康有能力跟团，并需家属陪同，购买旅游意外保险。
+                770岁以上客人参团需保证身体健康有能力跟团，并需家属陪同，购买旅游意外保险。
                 <w:br/>
                 8、遇领事馆拒签的拒签费用，或领事馆要求必须前往面见签证官的费用，以及因拒签而需二次送签的费用。
                 <w:br/>
                 9、行程中航班上、火车、轮船上餐费。
                 <w:br/>
-                10、其它一切未约定由旅行社负责的费用，（包括单间差、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因
-[...3 lines deleted...]
-                11、个人旅游意外保险和航班保险。
+                10、其它一切未约定由旅行社负责的费用，（包括单间差、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用，非合同约定行程中发生的旅游者私人性开支、小费奖赏等费用等）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1748,51 +1697,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-30</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>