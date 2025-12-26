--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -581,51 +581,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-博鳌（飞行时间约90分钟）
                 <w:br/>
-                各位贵宾请于指定时间在广州白云机场集合，工作人员帮助您办理乘机手续，后乘飞机前往国际旅游岛----博鳌（去程参考起飞时间：广州飞海口或博鳌 18:00-23:59之间起飞，不能指定，具体航次以实际出票为准），导游接团后入住酒店。
+                各位贵宾请于指定时间在广州白云机场集合，工作人员帮助您办理乘机手续，后乘飞机前往国际旅游岛----博鳌（去程参考起飞时间：广州飞海口或博鳌 20:00-23:59之间起飞，不能指定，具体航次以实际出票为准），导游接团后入住酒店。
                 <w:br/>
                 <w:br/>
                 报名须知：我社有权根据港口及具体航班时间调整行程景点游览的先后顺序，变更住宿地点，保证不减少景点和游览时间的情况下，不再另行通知（有疑问请与当地导游协商），如遇自然灾害或交通管制，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 交通：飞机/旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
@@ -706,51 +706,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚华星智能精品酒店/施顿/云柏/佳亮/香格尔/佳亮/施顿/格林豪泰/金都/金荔湾/九里香/朗月星或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚海澜湾/百斯特/嘉豪旅租/派柏云/香格尔/海角之旅/夏朵/施顿/云柏//施顿/格林豪泰/金都/金荔湾/九里香/朗月星或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -790,51 +790,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚华星智能精品酒店/施顿/云柏/佳亮/香格尔/佳亮/施顿/格林豪泰/金都/金荔湾/九里香/朗月星或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚海澜湾/百斯特/嘉豪旅租/派柏云/香格尔/海角之旅/夏朵/施顿/云柏//施顿/格林豪泰/金都/金荔湾/九里香/朗月星或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1966,51 +1966,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>