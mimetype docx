--- v1 (2025-12-26)
+++ v2 (2026-03-12)
@@ -1966,51 +1966,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>