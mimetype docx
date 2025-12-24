--- v0 (2025-11-09)
+++ v1 (2025-12-24)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【英爱 春节白崖】英国+爱尔兰12天（深航深圳往返）|七姐妹白崖|巨人堤|大英中文人工专业讲解|三大学|湖区|全餐|WIFI|全程豪华酒店|升级一晚湖区庄园酒店|伦敦三晚连住|伦敦半天自由活动行程单</w:t>
+        <w:t xml:space="preserve">【英爱 春节白崖】英国+爱尔兰12天|七姐妹白崖|巨人堤|大英中文人工专业讲解|三大学|湖区|WIFI|全程豪华酒店|升级一晚湖区庄园酒店|伦敦三晚连住|伦敦半天自由活动|深航深圳往返或南航广州往返行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,93 +84,93 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU202509221050HC</w:t>
+              <w:t xml:space="preserve">EU202512091110HC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">深圳市</w:t>
+              <w:t xml:space="preserve">广州市-深圳市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
@@ -390,51 +390,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ※舒适交通
                 <w:br/>
-                深航直飞，深圳伦敦往返，可配全国联运
+                深航或南航直飞，伦敦往返，可配全国联运
                 <w:br/>
                 <w:br/>
                 ※著名学府
                 <w:br/>
                 · 牛津大学 - 英语国家里最古老的大学，引领时代科学巨匠
                 <w:br/>
                 · 剑桥大学 - 诞生最多诺贝尔奖得主的学府，共有90名诺贝尔奖得主
                 <w:br/>
                 · 圣三一大学 - 爱尔兰最古老的大学&amp;英语世界最古老的七所古典大学之一
                 <w:br/>
                 <w:br/>
                 ※经典荟萃
                 <w:br/>
                 ※世界尽头的浪漫丨七姐妹白崖：被国家地理评为英国最美的地方
                 <w:br/>
                 ※秘境湖区——温德米尔湖区，被国家地理誉为“一生最值得去的50个地方之一”
                 <w:br/>
                 ※踏足神话之岸——探秘巨人堤的奇幻之旅
                 <w:br/>
                 ※走进大英博物馆，一眼便是千年，感受这个世界上每个存在或逝去的伟大文明
                 <w:br/>
                 ※特别安排柴郡购物村，享受血拼乐趣
                 <w:br/>
                 <w:br/>
                 ※贴心安排
@@ -584,57 +584,65 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                深圳-(飞机)-伦敦
-[...1 lines deleted...]
-                参考航班:
+                深圳或广州-(飞机)-伦敦
+                <w:br/>
+                1、深圳航空，深圳出发（团期：0118、0130、0201、0208、0218、0225、0313、0318）参考航班:：深圳飞伦敦 
                 <w:br/>
                 ZH887  深圳宝安国际机场 T3 - 伦敦希思罗机场 (LHR) T2  13:35/20:00 
                 <w:br/>
-                ●【团队集合】,怀着轻松愉快的心情，行囊中装满无限憧憬，踏着轻快的脚步。团友指定时间自行前往机场集中，搭乘国际航班飞往欧洲。( 备注：具体集中时间，地点以出团通知书为准 。)。
+                <w:br/>
+                2、南方航空，广州出发（团期：0209）参考航班：广州飞伦敦 
+                <w:br/>
+                CZ303  广州白云国际机场 T2 - 伦敦希思罗机场 (LHR)   13:20/18:45 
+                <w:br/>
+                <w:br/>
+                ●【团队集合】,怀着轻松愉快的心情，行囊中装满无限憧憬，踏着轻快的脚步。团友指定时间自行前往机场集中，搭乘国际航班飞往欧洲。( 备注：具体集中时间，地点以出团通知书为准 。)
+                <w:br/>
+                备注说明：往返航班为同一航司。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1456,55 +1464,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                伦敦-(飞机)-深圳
-[...1 lines deleted...]
-                参考航班:
+                伦敦-(飞机)-深圳或广州
+                <w:br/>
+                1、深圳航空，深圳出发团期，回程参考航班：伦敦飞深圳
                 <w:br/>
                 ZH888  伦敦希思罗机场 (LHR) T2 - 深圳宝安国际机场 T3  22:05/17:10 
+                <w:br/>
+                <w:br/>
+                2、南方航空，广州出发团期，回程参考航班：伦敦飞广州
+                <w:br/>
+                CZ304  伦敦希思罗机场 (LHR)  - 广州白云国际机场 T2  22:10/17:05 
+                <w:br/>
                 <w:br/>
                 ●【海德公园】入内（游览不少于30分钟）,英国至知名、至大的皇家公园，占地2.5平方公里，被九曲湖分为海德公园和肯辛顿花园两部分。
                 <w:br/>
                 ●【自由活动】,市区自由活动。
                 <w:br/>
                 ●【返回国内】,愉快的旅行程结束，乘车前往机场，办理退税等离境手续，搭乘国际航班返回国内。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1542,51 +1556,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                深圳
+                深圳或广州
                 <w:br/>
                 【抵达国内】抵达国内，护照交给导游。所有团员回程段的登机卡及护照原件要交使馆/领事馆办理返程确认。销签抽查面试请团友无条件配合。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1666,105 +1680,103 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.住宿：全程欧洲豪华酒店，升级一晚湖区庄园酒店：以两人一房为标准、酒店欧陆式早餐；；
                 <w:br/>
                 2.用餐：行程注明所含的10个早餐 17个正餐（含1炸鱼薯条餐），以中式六菜一汤为主（不含酒水），8-10人一桌，或根据餐厅提供桌型安排就餐座位；无法安排中餐的城市将安排当地餐或退餐费，所有餐食如自动放弃，款项恕不退还；如果在全团协议下同意更改为风味餐，不退正常团餐费用；
                 <w:br/>
                 3.用车：境外旅游巴士：根据团队人数，安排35-50座巴士，及专业外籍司机；
                 <w:br/>
                 4.国际交通：国际间往返经济舱团体机票、机场税及燃油附加费，及欧洲境内段机票（含机场税）；
                 <w:br/>
                 5.导游：专业中文领队全程陪同服务；
                 <w:br/>
                 6.门票：大英博物馆中文人工专业讲解、巨人堤，详细参照附带行程中所列之景点（其他为免费对外开放或外观景点或另付费项目）； 
                 <w:br/>
                 7.保险：境外30万人民币医疗险。自备签证或免签的客人请自理旅游意外保险；
                 <w:br/>
-                8.行程所需签证费用；
-[...3 lines deleted...]
-                9.2人一台WIFI。
+                8.2人一台WIFI。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.	个人旅游意外保险：具体保险险种请在报名时向销售人员咨询并购买，出行时请将该保单资料随身携带；65岁以上（含65岁）老年人特殊保险费用（请视自身情况购买，并请签署健康承诺函及亲属知晓其参团旅行的同意书）；
-[...1 lines deleted...]
-                2.	单房差：酒店单人房附加费 （4000元人民币/人/全程）注：酒店单房差仅指普通单人间（如团友要求大床单间或单独一人住标双，单房差另议）；
+                1.行程所需签证及司导服务费3500元/人（需随团款付清）；
+                <w:br/>
+                2.	个人旅游意外保险：具体保险险种请在报名时向销售人员咨询并购买，出行时请将该保单资料随身携带；65岁以上（含65岁）老年人特殊保险费用（请视自身情况购买，并请签署健康承诺函及亲属知晓其参团旅行的同意书）；
+                <w:br/>
+                3.	单房差：酒店单人房附加费 （4000元人民币/人/全程）注：酒店单房差仅指普通单人间（如团友要求大床单间或单独一人住标双，单房差另议）；
                 <w:br/>
                 a)	**分房以团友报名的先后顺序安排拼房，若团友不接受此种方式或经协调最终不能安排，或出现单男单女且团中无同性别团员同住的情况，需在出发前补单房差入住单人房；
                 <w:br/>
                 4.	行程表费用包含项目以外或未提及活动项目所需的费用，例如行程不含的特殊门票、特殊交通、酒店内的私人消费等费用。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
@@ -2112,50 +2124,161 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">服务标准</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="8200" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="lineServer"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">服务项目</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">服务标准</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">团费</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">行程所需签证及司导服务费3500元/人（需随团款付清）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2420,51 +2543,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-10</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2666,50 +2789,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="own">
     <w:name w:val="own"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="lineServer">
+    <w:name w:val="lineServer"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>