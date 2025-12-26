--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【特惠·海南东海岸全景游】海南双飞5天 |游艇出海 |3大湾 |万宁燕子洞 |天涯海角 |椰梦长廊行程单</w:t>
+        <w:t xml:space="preserve">【特惠·海南东海岸全景游】海南双飞5天 |直升飞机 |3大湾 |万宁燕子洞 |天涯海角 |椰梦长廊行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -343,113 +343,108 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班：
-[...3 lines deleted...]
-                博鳌-广州AQ1146/07:10-08:40
+                去程参考起飞时间：广州飞博鳌 20:00-23:59之间起飞
+                <w:br/>
+                回程参考起飞时间：博鳌飞广州 05:00-10:00之间起飞
                 <w:br/>
                 不能指定，具体航次以实际出票为准，敬请悉知，谢谢！（15KG免费托运行李/程）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 广东自组团，专属品质，非全国大散拼，服务更贴心、更有保障
-[...1 lines deleted...]
-                <w:br/>
                 ★ 领略“东方夏威夷”的浪漫风情与热带魅力
                 <w:br/>
                 ◆ 国家5A级景区【天涯海角】—— 有情人终成眷属的浪漫起点，一生相守的誓言之地
                 <w:br/>
                 ◆ 徜徉绚烂花海，定格永恒浪漫，开启心动之旅——【亚龙湾国际玫瑰谷】
                 <w:br/>
-                ◆ 体验贵族式奢华生活，享受【豪华游艇出海】，徜徉碧海蓝天，尽享尊贵时光
+                ◆ 体验最时尚、最流行网红打卡项目——【直升机飞行体验】360度上帝视觉俯览三亚美景
                 <w:br/>
                 ◆ 漫步“亚洲第一大道”【椰梦长廊】，沉醉于椰林海岸交织的诗意美景
                 <w:br/>
                 ◆ 探访“中国的圣托里尼”【天涯小镇】，纯白建筑与湛蓝海洋相映，如梦似幻
                 <w:br/>
                 ◆ 打卡海南最美环岛旅游公路，一路山海相伴，风光无限——【万宁临崖段】
                 <w:br/>
                 ◆ 走进《非诚勿扰3》取景地【山钦湾燕子洞】—— 隐世海滩静谧唯美，如入秘境
                 <w:br/>
                 <w:br/>
                 ★ 一次行程，尽览三大海湾，浪漫与休闲完美交融
                 <w:br/>
                 ◆ 漫游海南最美海湾【石梅湾沙滩】，造访“海南最美书屋”【凤凰九里书屋】，感受文艺与自然的交融
                 <w:br/>
                 ◆ 冲浪爱好者天堂【日月湾】，享世界级浪点与金色沙滩，释放激情活力
                 <w:br/>
                 ◆ 徜徉“天下第一湾”【亚龙湾沙滩】，细白软沙与清澈海水勾勒出最纯粹的热带风情
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
@@ -666,251 +661,233 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 博鳌-三亚（车程约4小时）
                 <w:br/>
-                餐后出发，前往万宁山钦湾，打卡海南最美旅游公路——【万宁·临崖段】（车程约120分钟），游玩悬崖下的秘境海滩，冯小刚电影《非诚勿扰3》拍摄取景地——【山钦湾燕子洞】（游玩时间约90分钟），原生态未开发，金黄色沙滩，湛蓝海水，还有巨大火山石，一个出大片的好地方。
+                早餐后出发，前往万宁山钦湾，打卡海南最美旅游公路——【万宁·临崖段】（车程约120分钟），游玩悬崖下的秘境海滩，冯小刚电影《非诚勿扰3》拍摄取景地——【山钦湾燕子洞】（游玩时间约90分钟），原生态未开发，金黄色沙滩，湛蓝海水，还有巨大火山石，一个出大片的好地方。
                 <w:br/>
                  游览海南最美海湾——【石梅湾沙滩】（游览时间约40分钟）三面环山，一面向海，山形秀美，可以媲美夏威夷。这里曾经也是《非诚勿扰2》的拍摄地，和热情火辣的三亚不同，这里更小众，也是2023年很多旅游博主力推的海湾。打卡【凤凰九里书屋】“海南最美书屋”离大海仅有一步之遥，在这里听涛、看浪、品书香，山的静谧，海的开阔，跟随书的脚步，找到自己最美的时光。
                 <w:br/>
-                体验【豪华游艇激情出海】（约3小时）出海路线：码头出发→远眺鹿头情人山→小青州→凤凰岛→情人湾→远眺第一大道椰梦长廊→三亚角→帆船港附近海域抛锚娱乐→返回码头
-[...17 lines deleted...]
-                温馨提示：患有心脏病，高血压，糖尿病，哮喘病，中耳炎，癫痫病，孕妇及各心血管疾病，55岁以上老人（含55岁不赠送摩托艇票）不宜参加水上运动，如有隐瞒自身实际情况，后果自负。
+                体验一段令人兴奋的空中旅程【直升机观光体验】（小圈飞行，起落约40秒）360度无死角的直升机低空观光体验，感受不一样的三亚视角，打破常规观光方式，换个视角体验高空美景，享受视角的辽阔视野，俯瞰海岸美景，与直升机合影，拍炫爆高级美图大片。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：【山钦湾燕子洞】、【石梅湾沙滩】、【凤凰九里书屋】和【游艇出海】
+                景点：【山钦湾燕子洞】、【石梅湾沙滩】、【凤凰九里书屋】和【直升飞机】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚香格尔/凯祥/华芳/佰思特/嘉濠或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚海澜湾/百斯特/嘉豪旅租/派柏云/香格尔/凯祥/华芳/佰思特/嘉濠或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚一地
                 <w:br/>
-                早餐后出发，参观【海南免税店】（停留时间约100分钟）。
-[...1 lines deleted...]
-                    前往三亚游览【天涯海角】(游览时间约120分钟）这里碧水蓝天一色，帆影点点椰林婆娑，奇石林立，那刻有“天涯”，“海角”，“南天一柱”“海判南天”等巨石雄峙海滨，使整个景区如诗如画，美不胜收。
+                早餐后出发，参观【海南健康馆】（停留时间约90分钟）。 游览【天涯海角】(游览时间约120分钟）这里碧水蓝天一色，帆影点点椰林婆娑，奇石林立，那刻有“天涯”，“海角”，“南天一柱”“海判南天”等巨石雄峙海滨，使整个景区如诗如画，美不胜收。
                 <w:br/>
                 打卡号称“中国的圣托里尼”的【天涯小镇】(游览时间约40分钟）来三亚了怎么可能错过中国的“圣托里尼”呢，蓝白配色的小镇、涂鸦街景、海边咖啡……蔚蓝大海尽在眼前，街头巷尾总有惊喜，让人流连忘返。小镇主打蓝白配色，街景宛如“海南版圣托里尼”。街道：黄龙、黑龙、白龙、青龙、红龙五条街，尽头均通往大海。涂鸦墙、彩色阶梯和渔船，随手一拍都是大片。
                 <w:br/>
                 打卡点：
                 <w:br/>
                 五条街道：黄龙街最热闹，红龙街拍照绝美，青龙街人少清幽。
                 <w:br/>
                 彩虹阶梯：通往海边的秘密通道，阳光洒下，童话氛围拉满！
                 <w:br/>
                 海边咖啡店：坐拥绝美一线海景，点一杯饮品，轻松get网红氛围感。
                 <w:br/>
                 沙滩日落：傍晚的落日盛宴，橙色海天交织，记得穿裙子凹造型！   
                 <w:br/>
                 打卡有“亚洲第一大道”之称的【椰梦长廊】（停留时间约40分钟）是环三亚湾修建的一条著名的滨风景大道，岸上绿树带有著名的二十里椰林画廊，更可以观看三亚湾日落。椰梦长廊长20公里，临海一侧为景观优美迷人的热带植物园林，与银色的沙滩、蓝色的大海相映成趣，组合成一幅色彩斑斓的长卷画图。
                 <w:br/>
                 打卡【鲜芒夜市】（停留时间约60分钟）是三亚规模最大、业态最丰富的网红夜市，，毗邻三亚湾椰梦长廊，坐拥绝美海景与城市繁华交汇的独特区位优势。鲜芒夜市就是原亿恒夜市、全面升级改造更名为鲜芒夜市，集美食、购物、娱乐、文化体验于一体，成为三亚夜间经济的标志性打卡地。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：【天涯海角】、【天涯小镇】、【椰梦长廊】和【鲜芒夜市】
                 <w:br/>
+                购物点：【海南健康馆】
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐      晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚香格尔/凯祥/华芳/佰思特/嘉濠或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚海澜湾/百斯特/嘉豪旅租/派柏云/香格尔/凯祥/华芳/佰思特/嘉濠或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-博鳌（车程约4小时）
                 <w:br/>
-                早餐后出发，参观以美丽、浪漫、爱为主题，亚洲规模最大的玫瑰谷-【亚龙湾国际玫瑰谷】 (电瓶车自理30元/人，游览约120分钟）让您触景生情,尽情释放您的浪漫情怀.。玫瑰科普、玫瑰养护、玫瑰致富；了解“小康不小康，关键看老乡”精神与玫瑰谷乡村振兴战略。用脚步丈量远方，将世界收入眼中，一边感受花海的梦幻浪漫。（温馨提示：玫瑰谷景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点）
+                早餐后出发，参观以美丽、浪漫、爱为主题，亚洲规模最大的玫瑰谷-【亚龙湾国际玫瑰谷】 (电瓶车自理30元/人，游览约120分钟）让您触景生情,尽情释放您的浪漫情怀.。玫瑰科普、玫瑰养护、玫瑰致富；了解“小康不小康，关键看老乡”精神与玫瑰谷乡村振兴战略。用脚步丈量远方，将世界收入眼中，一边感受花海的梦幻浪漫。（温馨提示：景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点）。
                 <w:br/>
                 游览天下第一湾【亚龙湾沙滩】（游览时间约60分钟）拥有近7千米长的银白色海滩，沙质相当细腻柔软。而这里的南海没有受到污染，海水洁净透明，远望呈现几种不同的蓝色，而水面下珊瑚种类丰富，可清楚观赏珊瑚，适合多种水面水下活动包括浮潜、深浅、水上滑翔伞等，令该地成为了当地的旅游的核心。
                 <w:br/>
                 游览【日月湾】（游览时间约60分钟）是世界上拥有高质量定点浪型和沙滩浪型的海域之一，这里水质清澈，海水年平均温度在26.5℃左右，全年都适宜冲浪，海浪绵长且极其有力，起浪频率多，是中国冲浪资源最优的海湾。
                 <w:br/>
                    前往【琼海杂粮小吃街】（自由活动约60分钟）杂粮中充满了田野的真诚，粗糙中蕴含着本土的温情，在琼海杂粮一条街，你能尝到最本土的味道……琼海的杂粮小吃闻名全国，有口皆碑，鸡屎滕粑仔、番薯糕、椰子奶等清凉小吃风靡城乡，各种南瓜饼、芋球、薏粑、树叶包着的地瓜饼等，还有黑芝麻糊、甜薯甩、山药椰奶等各种甜品，好吃又养颜。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：【亚龙湾国际玫瑰谷】、【亚龙湾沙滩】、【日月湾】和【琼海杂粮小吃街】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -952,51 +929,59 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 博鳌-广州（飞行时间约90分钟）
                 <w:br/>
-                （早餐打包），退房后前往博鳌机场乘机返广州，结束愉快行程。
+                （早餐打包），退房后前往博鳌机场乘机返广州（去程参考起飞时间：海口或博鳌飞广州  05:00-10:00之间起飞，不能指定，具体航次以实际出票为准），结束愉快行程。
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
+                <w:br/>
+                2、旅行社视实际情况有权调整行程、游玩顺序及进出港口，不影响行程原定标准。
+                <w:br/>
+                3、温馨提示：免税店不列入旅游购物店范畴。 景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，其自带的商店非旅行社指定的购物场所，旅游者在此购物为个人自主行为；景区内、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，旅游者在此购物为个人自主行为。旅游者在以上所列场所因购物产生的纠纷与本社无关。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：早餐打包     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1078,55 +1063,55 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票（不含税150元/人）。进出港口、航班时间等以航司出票为准。（团队机票将统一出票，如遇政府或航空公司政策性调整燃油税费，在未出票的情况下将进行多退少补，敬请谅解。机票一经开出，不得更改、不得签转、不得退票。）
                 <w:br/>
                 2、住宿：入住行程中参考酒店的标准双人间。每成人每晚一个床位，若出现单男单女，客人需补单房差入住双标间。注意：如遇酒店房满或政府征用等情形，旅行社会另外安排其他标准同等级的酒店。
                 <w:br/>
                 3、用餐：全程含3正4早，参考标准25元/人。餐费是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：5-55座空调旅游车，按实际人数用车，保证一人一正座。
                 <w:br/>
                 5、导游：当地普通话导游服务。（备注：9人以下（含9人）司机兼向导带团，根据人数安排用车，当地退餐费或协商用餐。）
                 <w:br/>
                 6、门票：成人含景点第一道大门票（自费景点门票除外），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、儿童标准：
                 <w:br/>
-                ①儿童：2岁-12岁（不含）以下：含往返机票，含车位、正餐、早餐、游艇。不占床位、不含其他景点门票。
+                ①儿童：2岁-12岁（不含）以下：含往返机票，含车位、正餐、早餐。不占床位、不含景点门票。
                 <w:br/>
                 ②婴儿：2岁（不含）以下婴儿：只含往返机票，其他均不含。
                 <w:br/>
-                8、购物点：0个购物店。注：免税店非旅游购物店。温馨提示：景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
+                8、购物点：1个购物店。注：免税店非旅游购物店。温馨提示：景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1142,50 +1127,243 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。 
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 6、娱乐项目（景区特殊娱乐项目如：景区游船，漂流，越野车，骑马，歌舞晚宴，特色餐，歌舞表演以及个人消费项目等除外）不算自费景点。
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">购物点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="shop"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">海南健康馆</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">综合产品</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="4200" w:type="dxa"/>
@@ -1957,51 +2135,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2145,50 +2323,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="shop">
+    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>