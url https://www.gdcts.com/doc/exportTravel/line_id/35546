--- v0 (2025-11-10)
+++ v1 (2025-12-25)
@@ -400,55 +400,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                行程特色：
+                <w:br/>
                 “广东第一巷”寻根问祖南雄珠玑古巷
                 <w:br/>
                 世界自然遗产、国家5A级景区、世界丹霞命名地—韶关丹霞山
                 <w:br/>
-                邂逅秋色 南雄帽子峰“黄金海洋”银杏林
+                邂逅秋色 南雄帽子峰“黄金海洋”银杏林 
                 <w:br/>
                 连住2晚南雄青嶂山温泉酒店度假村 浸泡天然氡温泉
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -567,57 +569,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集中地--午餐自理--丹霞山-南雄青嶂山温泉酒店度假村—晚餐自理
-[...5 lines deleted...]
-                到丹霞山旅游，如果仅仅登山游玩，而没有游览锦江，那么你的流程只能算是完成了一半，将是万分遗憾。可自费乘船游览【水上丹霞】（推荐自费游船套餐）锦江丹山碧水，犹如一条美丽的丝带，缠绕在丹霞山的腰间，山水丹霞，如诗如画，船行江上，两岸的美景既有长江三峡的雄奇壮观，又有桂林漓江的旖旎，还有世外桃源的阡陌炊烟。“锦江画廊”黄金旅游线路，中外游客及名人雅士无不感叹 “桂林山水甲天下，尚有广东一丹霞”，在1986年中国佛家协会会长赵朴初，坐船游水上丹霞，感叹“临别游江再看山，万古丹霞冠岭南”，不游漓江，枉去桂林，不游锦江，枉来丹霞。乘船游水上丹霞，能欣赏到丹霞山二大景区的著名景点二十几处，水上看阳元山、将军寨、睡美人、群象过江、赤壁丹霞、鲤鱼跳龙门、金龟朝圣、观音送子、丹霞茶园……随后乘车前往【南雄青嶂山温泉旅游度假村】办理入住，晚餐自理，自由浸泡温泉，温泉水属国内罕见。权威机构鉴定为珍贵高氡温泉，浸泡之后，皮肤特别滋润爽滑。
+                第1天：集中地--午餐自理--帽子峰-南雄青嶂山温泉酒店度假村—晚餐自理
+                <w:br/>
+                出发地出发，沿路接齐各位贵宾后出发，乘车前往历史文化名城—韶关。（车程约3.5小时），抵达后午餐自理。后前往游览【帽子峰林场】（游览约3小时）（含大门票，景区需自理观光环保车：30元/人）帽子峰林场总面积为2924.6公顷，属低山丘陵，山脉走向起伏显著。林场境内北高南低，西高东低。广东帽子峰森林公园，全年气候温和，雨量充沛，冬季降雪，呈现出南方少有的雪景气候。很多地方保留了原始森林风貌，野果满山遍野。林场四季鸟语花香，飞禽走兽在林间出没，树木花卉众多，四季飘香。特别是深秋季节，林场银杏金黄，层林尽染，受到了许多摄影发烧友的追捧。有“粤北九寨沟”之美誉。金秋的帽子峰，呈现给游客的是一个五彩斑斓的世界。园内人工种植的约700多亩银杏、水杉成熟林，天然更新呈块状、点状分布的枫香林等彩叶树种，叶色由绿变黄、由绿变红，与碧波溪流相映成趣，构成一幅亮丽多彩的“黄杏红枫图”。深秋的帽子峰，层林尽染，五彩斑斓,被誉为“岭南九寨沟”。全省的摄影爱好者蜂拥而至，每年有十多万游客来感受帽子峰公园诗意般的森林世界,经过公园建设者多年的努力，“斑斓秋色”已成为帽子峰的一张名片。
+                <w:br/>
+                随后乘车前往【南雄青嶂山温泉旅游度假村】办理入住，晚餐自理，自由浸泡温泉，温泉水属国内罕见。权威机构鉴定为珍贵高氡温泉，浸泡之后，皮肤特别滋润爽滑。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -647,55 +647,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐--南雄帽子峰林场--午餐自理--入住酒店—晚餐自理
+                第2天：早餐--珠玑古巷--午餐自理--入住酒店—晚餐自理
                 <w:br/>
                 享受一个在大自然的美妙呼唤，享用酒店早餐。
                 <w:br/>
-                约9：00后前往游览【帽子峰林场】（游览约3小时）（含大门票，景区需自理观光环保车：30元/人）帽子峰林场总面积为2924.6公顷，属低山丘陵，山脉走向起伏显著。林场境内北高南低，西高东低。广东帽子峰森林公园，全年气候温和，雨量充沛，冬季降雪，呈现出南方少有的雪景气候。很多地方保留了原始森林风貌，野果满山遍野。林场四季鸟语花香，飞禽走兽在林间出没，树木花卉众多，四季飘香。特别是深秋季节，林场银杏金黄，层林尽染，受到了许多摄影发烧友的追捧。有“粤北九寨沟”之美誉。金秋的帽子峰，呈现给游客的是一个五彩斑斓的世界。园内人工种植的约700多亩银杏、水杉成熟林，天然更新呈块状、点状分布的枫香林等彩叶树种，叶色由绿变黄、由绿变红，与碧波溪流相映成趣，构成一幅亮丽多彩的“黄杏红枫图”。深秋的帽子峰，层林尽染，五彩斑斓,被誉为“岭南九寨沟”。全省的摄影爱好者蜂拥而至，每年有十多万游客来感受帽子峰公园诗意般的森林世界,经过公园建设者多年的努力，“斑斓秋色”已成为帽子峰的一张名片。
+                游览南雄【珠玑古巷】（游览约2小时）原称敬宗巷，位于广东省南雄市北部偏东，地处梅岭与南雄市之间。唐开元四年（716年），张九龄奉诏开凿大庾岭路，梅关古道成为古代中原和江南通往岭南最重要的道路。而珠玑巷就在古驿道上，是古代中原人翻越梅岭后到达岭南的第一个商业重镇。珠玑巷是广东仅有的宋代古巷古道，有“广东第一巷”之称，是中华民族拓展南疆的中转地。从珠玑巷迁播出去的姓氏至今已达180多个，其后裔繁衍达7000多万人，遍布海内外。珠玑巷被称为广府人的祖居之地，是中国三大寻根地之一，是广府文化的发祥地，被誉为“中华文化驿站，天下广府根源”。
                 <w:br/>
                 随后乘车前往【南雄青嶂山温泉旅游度假村】办理入住，晚餐自理，自由浸泡温泉，温泉水属国内罕见。权威机构鉴定为珍贵高氡温泉，浸泡之后，皮肤特别滋润爽滑。
                 <w:br/>
                 自费项：【帽子峰林场】含大门票，景区需自理观光环保车：30元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -729,57 +729,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐--珠玑古巷---午餐自理--返程
-[...5 lines deleted...]
-                启程返回温馨的家，结束愉快的旅程。
+                第3天：早餐—丹霞山---午餐自理--返程
+                <w:br/>
+                约08:00-09:00酒店内早餐，前往游览【丹霞山旅游风景区】（步行上、下山约2.5小时）（推荐自费索道套餐）丹霞山是世界“丹霞地貌”命名地，总面积292平方千米，是广东省面积最大的风景区、以丹霞地貌景观为主的风景区和世界自然遗产地。由680多座顶平、身陡、麓缓的红色砂砾岩石构成，“色如渥丹，灿若明霞”，以赤壁丹崖为特色。据地质学家研究表明，在世界已发现1200多处丹霞地貌中发育最典型、类型最齐全、造型最丰富的丹霞地貌集中分布区。
+                <w:br/>
+                到丹霞山旅游，如果仅仅登山游玩，而没有游览锦江，那么你的流程只能算是完成了一半，将是万分遗憾。可自费乘船游览【水上丹霞】（推荐自费游船套餐）锦江丹山碧水，犹如一条美丽的丝带，缠绕在丹霞山的腰间，山水丹霞，如诗如画，船行江上，两岸的美景既有长江三峡的雄奇壮观，又有桂林漓江的旖旎，还有世外桃源的阡陌炊烟。“锦江画廊”黄金旅游线路，中外游客及名人雅士无不感叹 “桂林山水甲天下，尚有广东一丹霞”，在1986年中国佛家协会会长赵朴初，坐船游水上丹霞，感叹“临别游江再看山，万古丹霞冠岭南”，不游漓江，枉去桂林，不游锦江，枉来丹霞。乘船游水上丹霞，能欣赏到丹霞山二大景区的著名景点二十几处，水上看阳元山、将军寨、睡美人、群象过江、赤壁丹霞、鲤鱼跳龙门、金龟朝圣、观音送子、丹霞茶园……
+                <w:br/>
+                午餐自理后返程广州；
+                <w:br/>
+                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                此赏银杏线路，旅行社根据往年景区最佳时期预先开发出团班期，但银杏效果，容易受到温度、空气、水份等不可控因素影响对欣赏效果出现偏差。当此情况发生时为准，旅行社不作任何赔偿。敬请谅解。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -849,51 +853,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
                 2、用餐：含2早餐（早餐为包含套餐，不用均无费用退；用餐自理期间导游推荐当地特色餐，客人可自由选择丰俭由人）；
                 <w:br/>
                 3、门票：行程所含景点首道大门票（园内园景点门票自理）；4、住宿：2晚韶关南雄青嶂山温泉酒店度假 标准房双床/大床（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差）；
                 <w:br/>
-                5、服务：含全程优秀导游服务；6、购物：无购物；
+                5、服务：含全程优秀导游服务；
+                <w:br/>
+                6、购物：无购物；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1182,50 +1188,117 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">本线路仅限80周岁以下游客报名。70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿、报名则默认统一改条款。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1265,51 +1338,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-10</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>