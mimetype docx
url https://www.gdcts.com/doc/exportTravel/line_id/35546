--- v1 (2025-12-25)
+++ v2 (2026-03-23)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【珠玑丹霞】韶关3天 | 青嶂山温泉度假村 | 丹霞山 | 南雄珠玑古巷 | 银杏林行程单</w:t>
+        <w:t xml:space="preserve">【韶关丹霞山+珠玑古巷3天】---4月5月---南华寺祈福丨打卡“火焰山”红沙漠丨浸泡天然氡温泉行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250909SP78192940</w:t>
+              <w:t xml:space="preserve">TX-20260321SP10317944</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,114 +343,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：
-[...5 lines deleted...]
-                市区指定范围内15 人或以上定点接送
+                上车点：
+                <w:br/>
+                08：00越秀南汽车站（地铁团一大A出口）
+                <w:br/>
+                08:45 花都云山体育馆北门（花果山地铁站A2出口）
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                市区/花都指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色：
+                打卡粤北“火焰山”——南岭红沙漠
                 <w:br/>
                 “广东第一巷”寻根问祖南雄珠玑古巷
                 <w:br/>
                 世界自然遗产、国家5A级景区、世界丹霞命名地—韶关丹霞山
                 <w:br/>
-                邂逅秋色 南雄帽子峰“黄金海洋”银杏林 
+                “千年古刹 唐风禅韵”【曹溪文化广场、南华禅寺】
                 <w:br/>
                 连住2晚南雄青嶂山温泉酒店度假村 浸泡天然氡温泉
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -569,221 +575,227 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：集中地--午餐自理--帽子峰-南雄青嶂山温泉酒店度假村—晚餐自理
-[...1 lines deleted...]
-                出发地出发，沿路接齐各位贵宾后出发，乘车前往历史文化名城—韶关。（车程约3.5小时），抵达后午餐自理。后前往游览【帽子峰林场】（游览约3小时）（含大门票，景区需自理观光环保车：30元/人）帽子峰林场总面积为2924.6公顷，属低山丘陵，山脉走向起伏显著。林场境内北高南低，西高东低。广东帽子峰森林公园，全年气候温和，雨量充沛，冬季降雪，呈现出南方少有的雪景气候。很多地方保留了原始森林风貌，野果满山遍野。林场四季鸟语花香，飞禽走兽在林间出没，树木花卉众多，四季飘香。特别是深秋季节，林场银杏金黄，层林尽染，受到了许多摄影发烧友的追捧。有“粤北九寨沟”之美誉。金秋的帽子峰，呈现给游客的是一个五彩斑斓的世界。园内人工种植的约700多亩银杏、水杉成熟林，天然更新呈块状、点状分布的枫香林等彩叶树种，叶色由绿变黄、由绿变红，与碧波溪流相映成趣，构成一幅亮丽多彩的“黄杏红枫图”。深秋的帽子峰，层林尽染，五彩斑斓,被誉为“岭南九寨沟”。全省的摄影爱好者蜂拥而至，每年有十多万游客来感受帽子峰公园诗意般的森林世界,经过公园建设者多年的努力，“斑斓秋色”已成为帽子峰的一张名片。
+                集中地--午餐自理--丹霞山-南雄青嶂山温泉酒店度假村—晚餐自理
+                <w:br/>
+                出发地出发，沿路接齐各位贵宾后出发，乘车前往历史文化名城—韶关。（车程约3.5小时），抵达后午餐自理。
+                <w:br/>
+                餐后前往游览【丹霞山旅游风景区】（步行上、下山约2.5小时）（推荐自费索道套餐）丹霞山是世界“丹霞地貌”命名地，总面积292平方千米，是广东省面积最大的风景区、以丹霞地貌景观为主的风景区和世界自然遗产地。由680多座顶平、身陡、麓缓的红色砂砾岩石构成，“色如渥丹，灿若明霞”，以赤壁丹崖为特色。据地质学家研究表明，在世界已发现1200多处丹霞地貌中发育最典型、类型最齐全、造型最丰富的丹霞地貌集中分布区。
+                <w:br/>
+                到丹霞山旅游，如果仅仅登山游玩，而没有游览锦江，那么你的流程只能算是完成了一半，将是万分遗憾。可自费乘船游览【水上丹霞】（推荐自费游船套餐）锦江丹山碧水，犹如一条美丽的丝带，缠绕在丹霞山的腰间，山水丹霞，如诗如画，船行江上，两岸的美景既有长江三峡的雄奇壮观，又有桂林漓江的旖旎，还有世外桃源的阡陌炊烟。“锦江画廊”黄金旅游线路，中外游客及名人雅士无不感叹 “桂林山水甲天下，尚有广东一丹霞”，在1986年中国佛家协会会长赵朴初，坐船游水上丹霞，感叹“临别游江再看山，万古丹霞冠岭南”，不游漓江，枉去桂林，不游锦江，枉来丹霞。乘船游水上丹霞，能欣赏到丹霞山二大景区的著名景点二十几处，水上看阳元山、将军寨、睡美人、群象过江、赤壁丹霞、鲤鱼跳龙门、金龟朝圣、观音送子、丹霞茶园……
                 <w:br/>
                 随后乘车前往【南雄青嶂山温泉旅游度假村】办理入住，晚餐自理，自由浸泡温泉，温泉水属国内罕见。权威机构鉴定为珍贵高氡温泉，浸泡之后，皮肤特别滋润爽滑。
                 <w:br/>
+                交通：汽车
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">南雄青嶂山温泉旅游度假村</w:t>
+              <w:t xml:space="preserve">南雄青嶂山温泉酒店度假村</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第2天：早餐--珠玑古巷--午餐自理--入住酒店—晚餐自理
+                早餐-珠玑古巷--午餐自理--入住酒店—晚餐自理
                 <w:br/>
                 享受一个在大自然的美妙呼唤，享用酒店早餐。
                 <w:br/>
-                游览南雄【珠玑古巷】（游览约2小时）原称敬宗巷，位于广东省南雄市北部偏东，地处梅岭与南雄市之间。唐开元四年（716年），张九龄奉诏开凿大庾岭路，梅关古道成为古代中原和江南通往岭南最重要的道路。而珠玑巷就在古驿道上，是古代中原人翻越梅岭后到达岭南的第一个商业重镇。珠玑巷是广东仅有的宋代古巷古道，有“广东第一巷”之称，是中华民族拓展南疆的中转地。从珠玑巷迁播出去的姓氏至今已达180多个，其后裔繁衍达7000多万人，遍布海内外。珠玑巷被称为广府人的祖居之地，是中国三大寻根地之一，是广府文化的发祥地，被誉为“中华文化驿站，天下广府根源”。
+                约9：00后前往游览南雄【珠玑古巷】（游览约2小时）原称敬宗巷，位于广东省南雄市北部偏东，地处梅岭与南雄市之间。唐开元四年（716年），张九龄奉诏开凿大庾岭路，梅关古道成为古代中原和江南通往岭南最重要的道路。而珠玑巷就在古驿道上，是古代中原人翻越梅岭后到达岭南的第一个商业重镇。珠玑巷是广东仅有的宋代古巷古道，有“广东第一巷”之称，是中华民族拓展南疆的中转地。从珠玑巷迁播出去的姓氏至今已达180多个，其后裔繁衍达7000多万人，遍布海内外。珠玑巷被称为广府人的祖居之地，是中国三大寻根地之一，是广府文化的发祥地，被誉为“中华文化驿站，天下广府根源”。
                 <w:br/>
                 随后乘车前往【南雄青嶂山温泉旅游度假村】办理入住，晚餐自理，自由浸泡温泉，温泉水属国内罕见。权威机构鉴定为珍贵高氡温泉，浸泡之后，皮肤特别滋润爽滑。
                 <w:br/>
-                自费项：【帽子峰林场】含大门票，景区需自理观光环保车：30元/人
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">南雄青嶂山温泉旅游度假村</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第3天：早餐—丹霞山---午餐自理--返程
-[...5 lines deleted...]
-                午餐自理后返程广州；
+                早餐-【南岭红沙漠】--午餐自理—南华寺—返程
+                <w:br/>
+                约08:00-09:00酒店内早餐，后前往【南岭红沙漠】在大家的印象里，沙漠都是黄色的，成片成片的，天连着沙，沙连着天！特别浩瀚。然而，在粤北始兴县，有一片红色的沙漠，也是一片片的，但是没有浩瀚的感觉，只感觉他是微缩版的沙漠！南岭红沙漠位于广东省韶关市始兴县马市镇黄田村和联俄村之间，距离县城20公里，景区总面积约20平方公里。景区主要是红色盆地，色为紫红，多为裸露丘陵地带，形似沙漠，当地俗称“黄沙坷”，学术名为“南雄红土层”。
+                <w:br/>
+                约12:00午餐自理，游览【南华禅寺】（不含门票20元/人）是中国佛教名寺之一，是禅宗六祖惠能宏扬"南宗禅法"的发源地。南华寺始建于南北朝梁武帝天监元年(公元502年)。天监三年，寺庙建成，梁武帝赐"宝林寺"名。南华寺之所以名扬天下，是因为禅宗六祖慧能大师驻锡传灯的祖庭道场，大师在此传法三十余载，并有六祖肉身塔存世。南华寺的布局非常协调，古朴典雅，气魄宏大，雄伟壮观。寺中佛像、浮雕、壁画十分精湛，叹为观止，是极其珍贵的文物。寺中院落宽敞，古树成林，环境幽静，满园秀色。最引人注目的是两棵枝繁叶茂、势欲参天的菩提树。传说它是印度高僧智药三藏从西域到中国传教，建南华寺带来的，并亲自栽在南华寺前院，后经六祖慧能精心培植，并代代精心培植延续至今，它常青不衰，象征佛光照耀人间、灵照塔、六祖殿等建筑群组成。
+                <w:br/>
+                游览后返回广州，结束愉快行程。
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
-                此赏银杏线路，旅行社根据往年景区最佳时期预先开发出团班期，但银杏效果，容易受到温度、空气、水份等不可控因素影响对欣赏效果出现偏差。当此情况发生时为准，旅行社不作任何赔偿。敬请谅解。
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -847,59 +859,83 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                65周岁以上长者：499元/人（占床、含车位、餐、门票）
+                <w:br/>
+                1.2米以上/成人：599元/人（占床、含车位、餐、门票）
+                <w:br/>
+                1.2米以下小童：299元/人（含车位）
+                <w:br/>
+                <w:br/>
+                房差说明
+                <w:br/>
+                三人房：无
+                <w:br/>
+                单房差：350元/人
+                <w:br/>
+                减房差：无
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
-                2、用餐：含2早餐（早餐为包含套餐，不用均无费用退；用餐自理期间导游推荐当地特色餐，客人可自由选择丰俭由人）；
-[...1 lines deleted...]
-                3、门票：行程所含景点首道大门票（园内园景点门票自理）；4、住宿：2晚韶关南雄青嶂山温泉酒店度假 标准房双床/大床（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差）；
+                2、用餐：含2早餐（餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与)；
+                <w:br/>
+                3、门票：行程所含景点首道大门票（园内园景点门票自理）；
+                <w:br/>
+                4、住宿：2晚韶关南雄青嶂山温泉酒店度假 标准房双床/大床
+                <w:br/>
+                （具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差）；
                 <w:br/>
                 5、服务：含全程优秀导游服务；
                 <w:br/>
-                6、购物：无购物；
+                6、购物：0购物。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1187,51 +1223,76 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">本线路仅限80周岁以下游客报名。70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿、报名则默认统一改条款。</w:t>
+              <w:t xml:space="preserve">
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
+                <w:br/>
+                2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
+                <w:br/>
+                3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
+                <w:br/>
+                4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
+                <w:br/>
+                5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
+                <w:br/>
+                6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
+                <w:br/>
+                7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
+                <w:br/>
+                8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
+                <w:br/>
+                9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
+                <w:br/>
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                <w:br/>
+                <w:br/>
+                本人已认真阅读以上行程内容
+                <w:br/>
+                客人确认签名：
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1338,51 +1399,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>