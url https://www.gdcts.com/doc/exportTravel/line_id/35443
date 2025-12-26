--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【西欧】邂逅阿尔卑斯 德法瑞意四星纯玩12天 少女峰+双火车+双宫殿+双游船+双古堡+双城深度游 深圳往返直飞，巴黎进-罗马出行程单</w:t>
+        <w:t xml:space="preserve">【西欧】邂逅阿尔卑斯 德法瑞意四星纯玩12天（海航深圳直飞） ｜少女峰｜双火车｜双宫殿｜双游船｜双古堡｜双城深度游 ｜巴黎进-罗马出行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -665,91 +665,91 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 深圳  巴黎（法国）
                 <w:br/>
                 参考航班：HU757  SZX/CDG  0100-0755（航班仅供参考，具体以实际为准）
                 <w:br/>
                 抵达后，【巴黎】（市区游览约1小时），法国首都巴黎，世界四个国际大都市之一，横跨塞纳河两岸，是历史之城、美食之都和创作重镇，也是著名的世界艺术之都，这个城市几乎都散发着浪漫的气息，时时都有可能发生浪漫的邂逅：
                 <w:br/>
                 【香榭丽舍大道】车览，香榭丽舍大街是巴黎著名的一条街道，位于卢浮宫与新凯旋门连心中轴线上的香榭丽舍大道，集齐高雅及繁华，浪漫与流行于一身盛名的道路。
                 <w:br/>
                 【协和广场】外观，巴黎市中心、塞纳河北岸,是法国最著名广场和世界上最美丽的广场之一，大革命时期,它被称为“革命广场”，被法国人民当作展示王权毁灭的舞台。广场历经数次改名，最后改称为协和广场。
                 <w:br/>
                 【凯旋门】外观，巴黎凯旋门是巴黎市的四大代表建筑之一（埃菲尔铁塔、凯旋门、卢浮宫和巴黎圣母院），也是目前香榭丽舍大街上最大的一座圆拱门，是为了纪念拿破仑在1806年在奥斯特尔里茨战役中获胜而建的。巴黎市区12条大街都以凯旋门为中心，向四周放射，气势磅礴。
                 <w:br/>
                 【埃菲尔铁塔】外观，矗立在塞纳河南岸法国巴黎的战神广场，它是世界著名建筑、法国文化象征之一、巴黎城市地标之一，被法国人爱称为“铁娘子”，与东京铁塔、帝国大厦并称为“西方三大著名建筑”。
                 <w:br/>
                 乘车前往【卢浮宫】（入内约1小时，含专业讲解），世界四大博物馆之一，原是法国的王宫，居住过50位法国国王和王后，是法国文艺复兴时期最珍贵的建筑物之一，以收藏丰富的古典绘画和雕刻而闻名于世，其收藏的稀世珍宝定能让您眼界大开，可以亲眼目睹三件价值连城的传世之宝，爱神维纳斯雕像《断臂维纳斯》、《胜利女神像》和达芬奇的《蒙娜丽莎》画。
                 <w:br/>
                 特别安排：塞纳河左岸精品徒步（时间约1.5小时，含官导讲解） 
                 <w:br/>
                 (卢浮宫广场开始、圣母院结束。游览学院桥，巴黎左岸法兰西学院，花神咖啡馆，爽叟咖啡馆，圣日耳曼古董街，巴黎圣母院)。巴黎的左岸，梧桐树下，在专业讲解员的带领下，聆听巴黎圣母院钟声的故事，莎士比亚书店的感人传说，看看当年徐志摩，林语堂走过的小巷，哦，写圣母颂的古绒就住在这，徐悲鸿留学的巴黎美院就在对面，还有萨特写存在主义的咖啡桌，波伏娃写第二性的双叟咖啡馆.....人文荟萃左岸故事等着您的到来。
                 <w:br/>
-                特别安排【塞纳河游船】乘坐塞纳河游船，发现不一样的巴黎，欣赏河畔的美景和建筑，给巴黎之行留下浪漫而难忘的印记。
+                特别安排【塞纳河游船】乘坐塞纳河游船，发现不一样的巴黎，欣赏河畔的美景和建筑，给巴黎之行留下浪漫而难忘的印记。（游船时间约1小时）
                 <w:br/>
                 游毕乘车前往酒店入住。
                 <w:br/>
                 交通：飞机/巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">MERCURE PARIS IVRY QUAI DE SEINE   或同级</w:t>
+              <w:t xml:space="preserve">Brit Hotel Paris Orly Rungis/Mercure Paris Orly Airport / MERCURE VERSAILLES PARIS OUEST GM/MERCURE PARIS IVRY QUAI DE SEINE  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -793,223 +793,225 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：法式烤鸡     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">MERCURE PARIS IVRY QUAI DE SEINE   或同级</w:t>
+              <w:t xml:space="preserve">Brit Hotel Paris Orly Rungis/Mercure Paris Orly Airport / MERCURE VERSAILLES PARIS OUEST GM/MERCURE PARIS IVRY QUAI DE SEINE  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴黎【TGV Lyria高速列车】日内瓦-约103KM-蒙特勒-瑞士小镇（瑞士）
                 <w:br/>
                 参考班次：Paris Gare de Lyon - Lyria 9765- Geneve  10:17-13:29（仅供参考，具体以实际为准）
                 <w:br/>
                 酒店早餐后，搭乘TGV Lyria高速火车前往日内瓦，免却长途驱车劳顿。
                 <w:br/>
-                乘车前往蒙特勒参观中世纪水上城堡-【西庸城堡】（外观）。位于阿尔卑斯山脚下充满魅力的日内瓦湖湖畔，是瑞士最具代表性的古堡。西庸城堡的基石建在湖底，给人一种漂浮在湖面上的感觉，但城堡看起来异常坚固，中世纪的灰白色砖墙配上红色圆锥顶，与周围依山傍水的景致融为一体，美丽如画。
+                乘车前往蒙特勒参观中世纪水上城堡-【西庸城堡】（外观，约30分钟）。位于阿尔卑斯山脚下充满魅力的日内瓦湖湖畔，是瑞士最具代表性的古堡。西庸城堡的基石建在湖底，给人一种漂浮在湖面上的感觉，但城堡看起来异常坚固，中世纪的灰白色砖墙配上红色圆锥顶，与周围依山傍水的景致融为一体，美丽如画。
                 <w:br/>
                 游毕乘车前往酒店入住。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">EDEN PALACE AU LAC  或同级</w:t>
+              <w:t xml:space="preserve">EDEN PALACE AU LAC/沃韦：Mordern Time/瑞小湖边酒店：洛桑Hotel Lavaux  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 瑞士小镇-格林德瓦-少女峰-劳特布伦嫩-瑞士小镇（瑞士）
                 <w:br/>
                 酒店早餐后，乘车前往瑞士受欢迎的度假胜地和远足目的地-【格林德瓦】，属于因特拉肯区内的直辖市，拥有独具特色、壮美秀丽的阿尔卑斯山景观，是久负盛名的度假和疗养胜地。
                 <w:br/>
                 【少女峰】地区（游览时间约 4 小时）：从格林德瓦枢纽站出发，搭乘【艾格快线缆车】抵达艾格冰河站-少女峰-欧洲屋脊，随后搭乘【登山齿轮火车】前往海拔3454米、全欧洲最高的火车站。途中列车缓缓行驶于层层山峦之中仿佛置身仙境。当列车缓缓抵达，您将可以一览白雪皑皑、群峰簇拥足下的豪气干云；而天然的万年冰洞，于鬼斧神工的雕刻下，展现各种奇特造型。之后乘坐电梯前往海拔 3571 米的观景台，俯瞰人类宝贵的自然遗产、全欧洲最长的阿莱奇冰河，欣赏山顶冰宫之冰雕。
                 <w:br/>
                 特别安排：【雪山午餐】少女峰的山上的午餐浪漫而雄伟。
                 <w:br/>
                 搭乘火车前往雪山瀑布小镇-劳特布伦嫩，位于少女峰地区的西面，从山崖上落下来70多个瀑布和小河，陡峭的悬崖上流出的瀑布，山谷满是草地，两旁是海拔大概1508英尺的崖壁，最壮观的就是984英尺高的施陶河瀑布。小镇上的房屋多为木头所建，镶嵌着精心打理的各色鲜花，门口的木牌被松果和小木棍装饰的异常有阿尔卑斯风情。
                 <w:br/>
                 注意：若遇艾格快线缆车维护或受当天天气状况影响停运等原因，则调整为换乘登山火车。
                 <w:br/>
+                若其中一个站点火车/缆车维修将安排单点上下山。
+                <w:br/>
                 游览完毕前往酒店入住。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：雪山午餐     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">PARKHOTEL DU SAUVAGE  或同级</w:t>
+              <w:t xml:space="preserve">伯尔尼Harry's home Bern/Courtyard by Marriott Biel Bienne  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1051,51 +1053,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARTE KONFERENZZENTRUM  或同级</w:t>
+              <w:t xml:space="preserve">Grand Hotel Europe/ Romantik Hotel Beau Rivage Weggis 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1135,217 +1137,217 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AC HOTEL INNSBRUCK  或同级</w:t>
+              <w:t xml:space="preserve">Hotel Hocheder/MONDI HOTEL AXAMS  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 因斯布鲁克-约360KM-威尼斯-约40KM-意大利小镇（意大利）
                 <w:br/>
                 酒店早餐后，乘车前往【威尼斯】。乘船登上主岛游览（约1个小时）：【叹息桥】（外观）两端连结着总督府和威尼斯监狱，是古代由法院向监狱押送死囚的必经之路，因为桥上死囚的叹息声而名。【圣马可广场】是威尼斯的心脏，东侧是【圣马可教堂】和【钟楼】（外观），西侧是【总督府】（外观），成群的鸽子在广场戏耍、觅食，游客络绎不绝。
                 <w:br/>
-                特别安排：乘坐【威尼斯黄金大运河游船】，感受威尼斯共和国时代伟大建筑风采，乘坐电影007场景中快艇，穿越黄金大运河，途径280个贵族豪宅和莎士比亚名著中里亚托桥，领略交汇的东西方文化。
+                特别安排：乘坐【威尼斯黄金大运河游船】，感受威尼斯共和国时代伟大建筑风采，乘坐电影007场景中快艇，穿越黄金大运河，途径280个贵族豪宅和莎士比亚名著中里亚托桥，领略交汇的东西方文化。（游船时间约40分钟）
                 <w:br/>
                 特别安排享用【意大利海鲜墨鱼面】品尝这世界上正宗的墨鱼意面，充满浓浓海潮味的墨鱼面，满口黑牙趣味体验。
                 <w:br/>
                 游毕乘车前往酒店入住。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：海鲜墨鱼面   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">POINTS BY SHERATON PADOVA  或同级</w:t>
+              <w:t xml:space="preserve">MOVE HOTELS VENEZIA NORD/LH Hotel Sirio Venice  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 意大利小镇-约230KM-佛罗伦萨-意大利小镇（意大利）
                 <w:br/>
-                酒店早餐后，乘车前往文艺复兴发源地【佛罗伦萨】游览（约2小时）：参观世界五大教堂之一的【圣母之花大教堂】（外观），它是一座由白色、粉红色、绿色的大理石按几何图案装饰起来的美丽的大教堂。【希诺利亚广场】是佛罗伦萨的市政广场，也是这里最热闹的广场。广场上有不同时期的大理石雕像作品，如大卫像、海克力斯像等。【圣十字广场自由活动】十字广场上有一座著名的十字架，是这座广场、广场上的教堂以及整个城区名字的由来。很多非常著名的意大利人，如米开朗基罗、伽利略和马基雅维利等都安葬在广场上的圣十字教堂中。
+                酒店早餐后，乘车前往文艺复兴发源地【佛罗伦萨】游览（约2小时）：参观世界五大教堂之一的【圣母百花大教堂】（外观），它是一座由白色、粉红色、绿色的大理石按几何图案装饰起来的美丽的大教堂。【希诺利亚广场】是佛罗伦萨的市政广场，也是这里最热闹的广场。广场上有不同时期的大理石雕像作品，如大卫像、海克力斯像等。【圣十字广场自由活动】十字广场上有一座著名的十字架，是这座广场、广场上的教堂以及整个城区名字的由来。很多非常著名的意大利人，如米开朗基罗、伽利略和马基雅维利等都安葬在广场上的圣十字教堂中。
                 <w:br/>
                 特别安排：【T骨牛排】外焦里嫩汁水横飞，远近驰名的T骨牛排。
                 <w:br/>
                 游毕乘车前往酒店入住。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：T骨牛排     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">MERIDIANA COUNTRY  或同级</w:t>
+              <w:t xml:space="preserve">Hotel Toscana Ambassador/A Point Arezzo Park Hotel  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1387,129 +1389,129 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：罗马许愿池餐厅特色餐     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">MERCURE ROMA WEST 或同级</w:t>
+              <w:t xml:space="preserve">Best Western Hotel I Triangoli/MERCURE ROMA WEST 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                罗马  深圳
+                罗马 -深圳
                 <w:br/>
                 参考航班：HU438  FCO/SZX  1130-0555+1（航班仅供参考，具体以实际为准）
                 <w:br/>
                 酒店早餐后，前往机场乘坐国际航班返回深圳。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">飞机上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1699,53 +1701,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.全程酒店单人间附加费 4500元/人（酒店单房差仅指普通单人间如要求安排大床房或标双，单房差另议）；
                 <w:br/>
                 2.因调整航空燃油价格而导致机票价格上升，需另外补交燃油升幅的差价；
                 <w:br/>
                 3.护照费及申请签证中准备相关材料所需的制作费、手续费，如未成年人公证、认证费等；
                 <w:br/>
                 4.前往领事馆打指模及面签和面销产生的各种费用，如交通费、住宿费等；
                 <w:br/>
                 5.出入境行李的海关税、搬运费、保管费和超重（件）行李托运费或运输期间行李的损坏费；
                 <w:br/>
                 6.旅途中飞机/火车/船只等交通工具的等候及转乘时的用餐；
                 <w:br/>
                 7.行程中的一切个人消费（例如酒店内的酒水、洗衣、上网、通讯等费用）及自由活动期间的餐费、交通费等；
                 <w:br/>
                 8.行程中未提到的其它费用：如特殊门票、游船（轮）、缆车、地铁票、公交票等费用；
                 <w:br/>
                 9.因交通延阻、罢工、天气、飞机机器故障、航班取消或更改及其它不可抗力原因导致的费用；
                 <w:br/>
-                10.因自身原因滞留、违约、自身过错、自由活动期间内或自身疾病引起的人身和财产损失；
-[...1 lines deleted...]
-                欧洲各地有当地官方导游讲解（例如 ：威尼斯、罗马、佛罗伦萨、罗浮宫、凡尔赛宫、马德里皇宫等），为了感谢他们的热忱服务，请另付上小费1欧元/人。
+                因自身原因滞留、违约、自身过错、自由活动期间内或自身疾病引起的人身和财产损失；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1773,55 +1773,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.儿童费用：6 岁以下（不含6岁）不占床减单房差，此价格提供机位、车位、餐位及景点门票，不提供住宿床位，占床按成人价格收费，6岁起必须占床；
+                1.儿童费用：6 岁以下（不含6岁）不占床按成人价格减少单房差，此价格提供机位、车位、餐位及景点门票，不提供住宿床位，占床按成人价格收费，6岁起必须占床；
                 <w:br/>
                 2.婴儿费用：2周岁以下（不含2周岁）按婴儿价格收费，此收费不提供机位、车位、餐位、床位及景点费用；
                 <w:br/>
-                自备签证或免签证参团，每人可减签证费：申根签600元/人。
+                3.自备签证或免签证参团，每人可减签证费：申根签600元/人。
+                <w:br/>
+                欧洲各地有当地官方导游讲解（例如：威尼斯、罗马、佛罗伦萨、罗浮宫、凡尔赛宫、马德里皇宫等），为了感谢他们的热忱服务，可自愿付上小费1欧元/人。
                 <w:br/>
                 4.本产品供应商为：广东成功之旅国际旅行社有限公司，许可证号： L-GD-CJ00567。此团 16人成团，为保证游客如期出发，我社将与其他旅行社共同委托广东成功之旅国际旅行社有限公司（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广东成功之旅国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2133,51 +2135,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-27</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>