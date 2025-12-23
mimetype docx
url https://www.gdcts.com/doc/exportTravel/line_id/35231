--- v0 (2025-10-27)
+++ v1 (2025-12-23)
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20251108BDUW</w:t>
+              <w:t xml:space="preserve">AA20260131BDUW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -683,63 +683,63 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴林
                 <w:br/>
                 酒店早餐后，途径【法赫德国王大桥】全长25公里，是分别连接巴林与沙特两国的跨海公路大桥，它为巴林的旅游产业增加了不少吸引力喷出的水高达 312米。
                 <w:br/>
-                 前往【巴林堡】（入内约2小时）2005年被列为世界文化遗产，葡萄牙殖民统治时期称葡萄牙堡，是巴林的一个古代遗址，考古学发掘工作从1954年开始， 发掘出一个典型的台形人工土墩遗址，高12 m (39 ft)，包括7层人类居住遗迹堆建而成的土墩。
-[...11 lines deleted...]
-                 后入住巴林卓美亚度假酒店Jumeirah Gulf of Bahrain
+                前往【巴林堡】（入内约2小时）2005年被列为世界文化遗产，葡萄牙殖民统治时期称葡萄牙堡，是巴林的一个古代遗址，考古学发掘工作从1954年开始， 发掘出一个典型的台形人工土墩遗址，高12 m (39 ft)，包括7层人类居住遗迹堆建而成的土墩。
+                <w:br/>
+                【世贸中心】（外围拍照10分钟）巴林世贸中心，高度超过240m(787ft)、直入云霄的两栋50层大楼，屹立在波斯湾岸。这座楼高50层的建筑耸立在 KingFaisal公路旁，与众多的地标相邻，如巴林金融港、巴林国家银行、 Abraj Al Lulu和著名景点珍珠塔等。 
+                <w:br/>
+                 午餐后，前往【国家博物馆（采珠业）】（入内约1小时），2005年被列入世界文化遗产，位于阿尔法特公路的巴林国家博物馆，藏有绘画、雕塑、绘图古兰经、6000年前坟冢重建等。其内展示的采珠业被列为时间文化遗产。
+                <w:br/>
+                【第一口井】巴林的第一口油井应该是位于于巴林萨基尔的JEBEL DUKHAN（阿拉伯语亦称“烟山”）山脚下的“JEBEL AD DUKHAN 一号井”，1931年10月16日在开钻，1932年6 月1日见油，原始产量高达每小时400桶。
+                <w:br/>
+                【生命之树】独自伫立于干燥的沙漠中长达数世纪之久，为生命的坚韧做了良好的示范。座落在距离阿斯卡尔（Askar）约10公里的荒漠中，由于方圆几英里内没有明显的水源或植被，它能奇迹般地存活400多年，遂成为当地的传奇。
+                <w:br/>
+                【F1 国际赛道】巴林国际赛道是国际知名的 F1 赛道之一，位于巴林沙漠中的南方省萨基尔，巴林赛道最为突出的特点是与沙漠毗邻，这是历史上的 F1 赛道从未有过的，赛道周围的中东大漠景观为比赛增添了独特的魅力。（约40分钟）
+                <w:br/>
+                后入住巴林卓美亚度假酒店Jumeirah Gulf of Bahrain
                 <w:br/>
                   卓美亚巴林湾酒店（Jumeirah Gulf of Bahrain）是一家奢华的海滨度假酒店，位于巴林西海岸宁静的海滩上，是城市之外的一处隐秘绿洲。当波斯湾的朝阳漫过澄澈海面，一缕金光恰好落在卓美亚巴林湾酒店的白色穹顶上，这座隐匿于巴林西海岸的海滨奢居，正以独有的静谧与精致，为旅人编织一场关于海的浪漫梦境。
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -863,65 +863,65 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 多哈
                 <w:br/>
                 酒店早餐后前往参观【3-2-1卡塔尔奥林匹克体育博物馆】（入内约45分钟）博物馆拥有互动展览、灵感激发的珍贵文物，并专门为不同观众设计的活动区；它深入研究了体育运动的价值和积极影响，以及它在卡塔尔和其他地方的起源，发展和文化。此外，它不仅致力于成为全球体育遗产和知识中心，还积极推动学术研究
                 <w:br/>
-                 火炬塔和哈利法体育场（外观15分钟）。
-[...13 lines deleted...]
-                 晚餐后前往酒店休息。
+                火炬塔和哈利法体育场（外观15分钟）。
+                <w:br/>
+                前往Villaggio购物中心（约60分钟），当年也是为亚运会特别建造的，建成了全球顶级购物中心之一。整个购物中心简直就是美国拉斯维加斯威尼斯酒店的翻版，内有众多全球品牌店供挑选。
+                <w:br/>
+                乘车沿着中东漂亮的滨海路之一，是一条7公里的【多哈海滨路】（车览），可以看到宁静的海滨景观；
+                <w:br/>
+                车游世界杯倒计时表 World Cup Countdown Table（车览，不下车），途径卡塔尔埃首相和政务大臣办公的地方埃米尔皇宫
+                <w:br/>
+                参观【伊斯兰艺术博物馆】（入内约90分钟，周三闭馆），位于卡塔尔首都多哈海岸线之外的人工岛上﹐占地4.5万平方米，是迄今为止全面的以伊斯兰艺术为主题的博物馆。是20世纪成功的华裔建筑师“贝聿铭”收山之作，博物馆外墙用白色石灰石堆叠而成，折射在蔚蓝的海面上，形成一种慑人的宏伟力量。博物馆中庭偌大的银色穹顶之下，150英尺高的玻璃幕墙装饰四壁，人们可以透过它望见碧海金沙;
+                <w:br/>
+                前往乘坐【有轨电车】，感受当地生活（约15分钟）;
+                <w:br/>
+                前往卡塔尔排名第一的景点【瓦齐夫老市场】（约60分钟）感受一下当地古老的传统集市，也是“一千零一夜”的写照~阿拉伯特色的猎鹰市场和香料市场也内藏其中，市场共开设了1500多家店铺，在这儿您定能买到最正宗的椰枣、藏红花、香薰等富有阿拉伯当地特色的手信;（斋月期间餐厅白天不营业要太阳落山后开门，小商品部分开门）
+                <w:br/>
+                晚餐后前往酒店休息。
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：阿拉伯烤羊排餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1215,74 +1215,74 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.	行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目。
-[...9 lines deleted...]
-                6.	以上报价未提及的项目。
+                1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目。
+                <w:br/>
+                2.因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用。
+                <w:br/>
+                3.旅游意外伤害保险。
+                <w:br/>
+                4.如行李或物品丢失、被盗等意外损失费用。
+                <w:br/>
+                5.晚用车，给司机和导游加班费用。
+                <w:br/>
+                6.以上报价未提及的项目。
                 <w:br/>
                 其他收费：	
                 <w:br/>
                 <w:br/>
-                1.	单人房附加费：4000元/人。
-[...7 lines deleted...]
-                5.	境外特色项目（行程后附）。
+                1.单人房附加费：4000元/人。
+                <w:br/>
+                2.11岁以下小孩不占床减600元，11岁及以上小孩必须占床，占床跟大人同价
+                <w:br/>
+                3.巴林落地签证费100元/人
+                <w:br/>
+                4.境外司机导游服务费：RMB1500/人
+                <w:br/>
+                5.境外特色项目（行程后附）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1656,51 +1656,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-27</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-23</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>