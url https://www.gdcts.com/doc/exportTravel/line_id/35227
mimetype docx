--- v0 (2025-10-27)
+++ v1 (2026-01-31)
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20251113EBUW</w:t>
+              <w:t xml:space="preserve">AA20260122EBUW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -412,79 +412,79 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 产品推荐：
                 <w:br/>
-                 精选航班：【中东航司】巴林国家航空—海湾航空 ，两国联游优选航班
+                精选航班：【中东航司】巴林国家航空—海湾航空 ，两国联游优选航班
                 <w:br/>
                  甄选酒店：全程5星酒店住宿,红海特别安排入住3晚海滨五星酒店，卢克索升级1晚国际五星酒店，巴林1晚当地五星住宿
                 <w:br/>
                  美食升级：金字塔景观烤肉餐
                 <w:br/>
                 卢克索尼罗河景努比亚特色餐
                 <w:br/>
                 特色烤鸽子餐
                 <w:br/>
                 红海酒店西式酒店自助餐
                 <w:br/>
                 中式团餐升级10菜1汤
                 <w:br/>
                 汗哈利集市现榨果汁每人一杯
                 <w:br/>
                  经典景点全覆盖：
                 <w:br/>
                          入内参观世界最大的神庙群—卡纳克神庙群
                 <w:br/>
                          参观埃及博物馆，感受7000年古埃及文明
                 <w:br/>
                          亲临埃及金字塔和狮身人面像，见证历史未解之谜
                 <w:br/>
                          前往红海度假圣地，享休闲度假休闲时光
                 <w:br/>
                 巴林：法赫德国王大桥，第一口井，生命之树
                 <w:br/>
-                 特别包含：
+                    特别包含：
                 <w:br/>
                 网红丹达拉神庙，埃及现存神庙里最美的“天花板”，保留下了极为美丽的 Tiffany 蓝色
                 <w:br/>
                 入内参观开罗的第一座清真寺【爱资哈尔清真寺】
                 <w:br/>
                 乘坐FELUCCA小帆船畅游尼罗河，前往香蕉岛，体验当地民居
                 <w:br/>
                 乘坐努比亚民族特色马车游卢克索城区
                 <w:br/>
                 双博物馆：开罗国家博物馆+大埃及博物馆
                 <w:br/>
                 双世界文化遗产：巴林堡，巴林国家博物馆
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -707,57 +707,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴林  ✈ 开罗
                 <w:br/>
                 GF 79 BAHCAI 0035 0315
                 <w:br/>
                 00：35 继续搭乘海湾航空班机GF79飞往埃及首都开罗
                 <w:br/>
                 03：15 抵达开罗后，办理入关手续，接机
                 <w:br/>
                 前往五星酒店稍休整片刻后享用酒店自助早餐
                 <w:br/>
-                乘车前往【吉萨大金字塔】（金字塔群景观区共游览约2小时），是古埃及金字塔中最大的金字塔。塔高146.59米，因年久风化，顶端剥落10米，现高136.5米，相当于40层大厦高。大小不等的石料重达1.5吨至50吨，塔的总重量约为684万吨，它的规模是埃及发现的110座金字塔中最大的。它是一座几乎实心的巨石体，成群结队的人将这些大石块沿着金字塔内部的螺旋上升通道往上拖运，然后逐层堆砌而成，十万多个工匠共用约20年的时间才完成的人类奇迹。埃菲尔铁塔还未建成时胡夫金字塔曾是世界上最高的建筑物。
+                乘车前往【吉萨大金字塔】（金字塔群景观区共游览约2小时），是古埃及金字塔中最大的金字塔。塔高146.59米，因年久风化，顶端剥落10米，现高136.5米，相当于40层大厦高。大小不等的石料重达1.5吨至50吨，塔的总重量约为684万吨，它的规模是埃及发现的110座金字塔中最大的。它是一座几乎实心的巨石体，成群结队的人将这些大石块沿着金字塔内部的螺旋上升通道往上拖运，然后逐层堆砌而成，十万多个工匠共用约20年的时间才完成的人类奇迹。埃菲尔铁塔还未建成时胡夫金字塔曾是世界上最高的建筑物。（备注：如需进入金字塔内部，请自备当地货币及自行购票）
                 <w:br/>
                 【斯芬克斯狮身人面像】，位于埃及吉萨的金字塔墓区，头像一部分说是古埃及法老哈夫拉按自己的肖像塑造，也有观点认为是雷吉德夫根据父亲胡夫的肖像建造。
                 <w:br/>
                 【金字塔景观餐厅特色当地午餐】
                 <w:br/>
-                前往【大埃及博物馆】（入内参观约1.5小时）（目前只开放部分展馆），，2024年10月16日正式试运营，“开局即封神”，博物馆内收藏超10万件文物，历时20年、耗资10亿美金、占地90000平方米，取代了占地73000平方米的“法国巴黎卢浮宫”，成为世界上最大的考古博物馆。科技感和现代感十足的设计风格，蕴藏着五千年的古埃及历史文明。走进博物馆，在光影交错的雕塑缝隙间，遇见埃及的“古”与“今”。（如遇大埃及博物馆闭馆，届时将改成前往文明博物馆参观）
+                前往【大埃及博物馆】（入内参观约1.5小时）“开局即封神”，博物馆内收藏超10万件文物，历时20年、耗资10亿美金、占地90000平方米，取代了占地73000平方米的“法国巴黎卢浮宫”，成为世界上最大的考古博物馆。科技感和现代感十足的设计风格，蕴藏着五千年的古埃及历史文明。走进博物馆，在光影交错的雕塑缝隙间，遇见埃及的“古”与“今”。（如遇大埃及博物馆闭馆，届时将改成前往文明博物馆参观）
                 <w:br/>
                 交通：飞机/旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：金字塔观景餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -877,59 +877,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 红海 - 卢克索
                 <w:br/>
                 早上享用酒店自助早餐，驱车前往世界至大露天博物馆卢克索。（车程约4小时）
                 <w:br/>
-                 抵达后前往参观世界至大的神庙群【卡纳克神庙群】（约1.5小时），您将在此见到举世闻名的【拉美西斯二世巨型石像】，这里也是太阳神阿蒙神的崇拜中心。在众多柱厅中，共有134根圆形巨柱，中央12根是古代最高大的石柱，高23米，直径5米。丰富的浮雕和彩画既表现宗教内容，又歌颂国王业绩。在此人们依然能够感受和想象到卡纳克神庙当年的宏伟壮丽。
-[...7 lines deleted...]
-                  晚餐后送回酒店入住休息。
+                抵达后前往参观世界至大的神庙群【卡纳克神庙群】（约1.5小时），您将在此见到举世闻名的【拉美西斯二世巨型石像】，这里也是太阳神阿蒙神的崇拜中心。在众多柱厅中，共有134根圆形巨柱，中央12根是古代最高大的石柱，高23米，直径5米。丰富的浮雕和彩画既表现宗教内容，又歌颂国王业绩。在此人们依然能够感受和想象到卡纳克神庙当年的宏伟壮丽。
+                <w:br/>
+                 特别安排乘坐费卢卡（FELUCCA）小帆船，畅游尼罗河，尽情的体验小帆船在尼罗河中自由自在的前行，摇曳其中，其乐无穷，前往香蕉岛体验卢克索的淳朴民风（约30分钟）！（注意：如当天天气没有风，更改为乘坐机动船）。
+                <w:br/>
+                 中午特别安排享用【卢克索尼罗河边景观努比亚特色餐】. 
+                <w:br/>
+                 下午特别安排乘坐努比亚民族特色马车前往卢克索城区，外观见证古都底比斯辉煌历史的气势辉宏【卢克索神庙】（外观约5分钟），一边感受卢克索淳朴民风，一边恍如回到几千年法老王世界（特别提醒：乘坐马车时上下车请注意安全，马车未停稳之前切勿作出跳车或相关危险动作！）。
+                <w:br/>
+                 晚餐后送回酒店入住休息。
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：尼罗河景观努比亚特色餐     晚餐：当地晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1214,51 +1214,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开罗 ✈ 巴林
                 <w:br/>
                 GF 70  CAIBAH  1625 2015
                 <w:br/>
                 <w:br/>
-                酒店早餐后前往【开罗国家博物馆（又称“埃及博物馆“）】（入内约2小时），埃及博物馆是由被埃及人称为“埃及博物馆之父”的法国著名考古学家玛利埃特于1858年在开罗北部的卜腊设计建造的。于1902年正式对外开放，珍藏着众多自古埃及法老时代至公元6世纪的历史文物， 收藏文物 30 多万件，陈列展出 6.3 万件，约占全部文物的五分之一。因这座博物馆以广为收藏法老时期的文物为主，埃及人又习惯地称之为“法老博物馆”。
+                酒店早餐后前往【开罗国家博物馆（又称“埃及博物馆“）】（入内约2小时），埃及博物馆是由被埃及人称为“埃及博物馆之父”的法国著名考古学家玛利埃特于1858年在开罗北部的卜腊设计建造的。于1902年正式对外开放，珍藏着众多自古埃及法老时代至公元6世纪的历史文物， 收藏文物 30 多万件，陈列展出 6.3 万件，约占全部文物的五分之一。
                 <w:br/>
                 后乘车前往机场
                 <w:br/>
                 16：25 搭乘海湾航空班机GF70返回巴林
                 <w:br/>
                 20：15 抵达巴林
                 <w:br/>
                 抵达后办理入境手续后前往酒店休息
                 <w:br/>
                 交通：旅游大巴/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1301,50 +1301,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴林  ✈  广州
                 <w:br/>
                 GF 122  BAHCAN  2300 1115
+                <w:br/>
                 <w:br/>
                 酒店早餐后，途径【法赫德国王大桥】全长25公里，是分别连接巴林与沙特两国的跨海公路大桥，它为巴林的旅游产业增加了不少吸引力喷出的水高达 312米。
                 <w:br/>
                 前往【巴林堡】（入内约2小时）2005年被列为世界文化遗产，葡萄牙殖民统治时期称葡萄牙堡，是巴林的一个古代遗址，考古学发掘工作从1954年开始， 发掘出一个典型的台形人工土墩遗址，高12 m (39 ft)，包括7层人类居住遗迹堆建而成的土墩。
                 <w:br/>
                 【世贸中心】（外围拍照10分钟）巴林世贸中心，高度超过240m(787ft)、直入云霄的两栋50层大楼，屹立在波斯湾岸。这座楼高50层的建筑耸立在 KingFaisal公路旁，与众多的地标相邻，如巴林金融港、巴林国家银行、 Abraj Al Lulu和著名景点珍珠塔等。 
                 <w:br/>
                  午餐后，前往【国家博物馆（采珠业）】（入内约1小时），2005年被列入世界文化遗产，位于阿尔法特公路的巴林国家博物馆，藏有绘画、雕塑、绘图古兰经、6000年前坟冢重建等。其内展示的采珠业被列为时间文化遗产。
                 <w:br/>
                 【第一口井】巴林的第一口油井应该是位于于巴林萨基尔的JEBEL DUKHAN（阿拉伯语亦称“烟山”）山脚下的“JEBEL AD DUKHAN 一号井”，1931年10月16日在开钻，1932年6 月1日见油，原始产量高达每小时400桶。
                 <w:br/>
                 【生命之树】独自伫立于干燥的沙漠中长达数世纪之久，为生命的坚韧做了良好的示范。座落在距离阿斯卡尔（Askar）约10公里的荒漠中，由于方圆几英里内没有明显的水源或植被，它能奇迹般地存活400多年，遂成为当地的传奇。
                 <w:br/>
                 【巴尔巴尔庙】，巴尔巴尔庙位于巴林岛北岸巴尔巴尔地区，是一座建于公元前2500年的宏大庙宇遗址。有用石砌成的大门、大型祭坛、施行宗教涤 罪仪式的水池等。
                 <w:br/>
                 【巴林城门/传统市集】巴林门(Bab Al Bahrain)是位于麦纳麦前中央商务区海关广场的历史建筑，标志着麦纳麦的主要入口，由艾米尔顾问Charles Belgrave爵士设计，1949年完成，巴林门在1986年进行了翻新，融入了伊斯兰建筑特色。如今底层设有旅游信息办公室和手工艺品店；巴林门由一个巨大的拱门组成，下方经过麦纳麦市场的入口。
                 <w:br/>
                 晚餐后，前往机场
                 <w:br/>
                 23：00搭乘海湾航空班机GF122返回广州，翌日抵达
                 <w:br/>
                 交通：旅游大巴/飞机
                 <w:br/>
               </w:t>
             </w:r>
@@ -1564,74 +1565,74 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.	行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目。
-[...9 lines deleted...]
-                6.	以上报价未提及的项目。
+                1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目。
+                <w:br/>
+                2.因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用。
+                <w:br/>
+                3.旅游意外伤害保险。
+                <w:br/>
+                4.如行李或物品丢失、被盗等意外损失费用。
+                <w:br/>
+                5.晚用车，给司机和导游加班费用。
+                <w:br/>
+                6.以上报价未提及的项目。
                 <w:br/>
                 其他收费：	
                 <w:br/>
                 <w:br/>
-                1.	单人房附加费：3800元/人。
-[...7 lines deleted...]
-                5.	境外特色项目（行程后附）。
+                1.单人房附加费：3800元/人。
+                <w:br/>
+                2.11岁以下小孩不占床减500元，11岁及以上小孩必须占床，占床跟大人同价
+                <w:br/>
+                3.埃及+巴林落地签证费300元/人
+                <w:br/>
+                4.境外司机导游服务费：RMB2000/人
+                <w:br/>
+                5.境外特色项目（行程后附）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1956,51 +1957,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-28</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>