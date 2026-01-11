--- v0 (2025-10-14)
+++ v1 (2026-01-11)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">FG-20250801-D1</w:t>
+              <w:t xml:space="preserve">FG-20260101-D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ◆去程参考发车时间：广州南-湛江西 07：00-12：00之间发车，具体班次 以实际出票为准。
-[...1 lines deleted...]
-                ◆回程参考发车时间：湛江西-广州南 14：00-20：00之间发车，具体班次 以实际出票为准
+                ◆去程参考发车时间：广州-湛江 07：00-12：00之间发车，具体班次 以实际出票为准。
+                <w:br/>
+                ◆回程参考发车时间：湛江-广州 14：00-20：00之间发车，具体班次 以实际出票为准
                 <w:br/>
                 具体班次 以实际出票为准，不能指定，出票后告知。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -583,53 +583,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州南—湛江西（动车约3小时）—徐闻码头（车程约2小时）—海口轮渡（车程约1.5小时）
-[...1 lines deleted...]
-                各位贵宾请根据车次开车时间，提前1.5小时抵达广州南站，游客自行凭着身份证刷卡进站，自行搭乘动车直达湛江西站。（约3小时，去程参考发车时间：广州南-湛江西 07：00-12：00之间发车，具体班次 以实际出票为准），前往徐闻港乘轮渡前往海口，体验【过海轮渡】（约1.5小时），观赏琼州海峡两岸风光，晚餐自理（可自行前往海口骑楼小吃街品尝当地地道美食）。
+                广州—湛江（动车约3小时）—徐闻码头（车程约2小时）—海口轮渡（车程约1.5小时）
+                <w:br/>
+                各位贵宾根据车次开车时间，提前1.5小时抵达高铁站，乘高铁/动车前往湛江，（约3小时，去程参考发车时间：广州南-湛江西 07：00-12：00之间发车，具体班次 以实际出票为准），乘大巴前往徐闻港码头坐渡轮前往海口，体验【过海轮渡】（约1.5小时），观赏琼州海峡两岸风光。抵达海口入住酒店。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、我社会有权根据港口及具体班次时间调整行程景点游览的先后顺序，变更住宿地点，保证不减少景点和游览时间，不再另行通知（有疑问请与当地导游协商），如遇自然灾害或交通管制，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 2、动车票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！
                 <w:br/>
                 3、经铁路局规定自8月1日起实行实名制电子票退/改票业务，若产生退/改票，需提供乘车人有效身份证原件方可办理退/改票，烦请乘车人本人前往退/改票点办理（退/改票点为广州南站、东站、火车站，其他售票点无法处理退票），请游客须知；
                 <w:br/>
                 4、动车团的去程操作指引：游客自行前往广州南站，凭着身份证刷卡进站，自行搭乘动车前往湛江西站，抵达湛江西站之后，送团人接送游客前往徐闻码头，送团人帮买船票，游客自行凭着船票搭乘轮渡前往海口，海南导游在海口码头接团。
                 <w:br/>
                 交通：动车/汽车/轮渡
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
@@ -756,53 +756,61 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 儋州—三亚（车程约3小时）
                 <w:br/>
-                早餐后出发，游览【南山佛教文化苑】（游览时间约180分钟）国家5A级景区，在108米南海观音圣像下虔诚祈福,在这片佛教圣地、梵天净土中找到返璞归真、回归自然的亲身感觉。 参观【亚龙湾国际玫瑰谷】（游览时间约100分钟）是以"玫瑰之约，浪漫三亚"为主题，以农田、水库、山林的原生态为主体，以五彩缤纷的玫瑰花为载体，集玫瑰种植、玫瑰文化展示、旅游休闲度假于一体的亚洲规模最大的玫瑰谷。
-[...1 lines deleted...]
-                温馨提示：玫瑰谷景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。
+                早餐后出发，游览国家5A级景区【南山文化苑】（游览时间约180分钟）我国有名的宗教与福寿文化景区，在这里既能欣赏山海自然美景，还可拜访众多佛教名胜、参观举世闻名的“南山海上观音”，获得佛教文化带来的心灵荡涤，体味回归自然本真的乐趣。三亚南山文化旅游区内遍布气势恢宏的佛教建筑，108米高的南山海上观音庄严壮观，三十三观音堂、南山寺内都不乏形态各异、精雕细琢的佛教圣像
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、行程包含的是60周岁（含）-69周岁（含）的老人优惠票，无任何差价退还。
+                <w:br/>
+                2、60岁以下的，需出发前补差价60元/人。
+                <w:br/>
+                3、70周岁（含）以上的，海南当地凭本人身份证入园时可现退60元/人。
+                <w:br/>
+                 参观【亚龙湾国际玫瑰谷】（赠送观光车，游览时间约100分钟）是以"玫瑰之约，浪漫三亚"为主题，以农田、水库、山林的原生态为主体，以五彩缤纷的玫瑰花为载体，集玫瑰种植、玫瑰文化展示、旅游休闲度假于一体的亚洲规模最大的玫瑰谷。温馨提示：玫瑰谷景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【南山佛教文化苑】和【亚龙湾国际玫瑰谷】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：南山素斋      晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -884,89 +892,89 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：四大名菜     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：海口格林豪泰/椰岛之星/江湾/阳光世纪/腾鹏/富鹏/丽华或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：海口格林豪泰/椰岛之星/江湾/阳光世纪/腾鹏/富鹏/腾鹏/韦豪港德/椰岛之星/江湾/宇海温泉酒店/龙泉花园/丽华或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海口—徐闻码头（轮渡约1.5小时）——湛江西站（车程约1.5小时）—广州（动车约3小时）
+                海口—徐闻码头（轮渡约1.5小时）——湛江（车程约1.5小时）—广州（动车约3小时）
                 <w:br/>
                 早餐后退房（若早则打包），前往海口码头乘船返徐闻港，乘车前往湛江西乘动车返广州，结束行程
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因铁路局或天气的原因，动车火车延误或取消班次导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、动车团的回程操作指引：游客在海口码头自行乘坐轮渡前往徐闻码头，抵达后接团人接团，接送客人前往湛江西站，客人自行刷身份证，自行乘坐动车前往广州南站。
                 <w:br/>
                 3、旅行社视实际情况有权调整行程、游玩顺序及进出港口，不影响行程原定标准。
                 <w:br/>
                 交通：汽车/轮渡/动车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1042,51 +1050,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：往返程动车/城轨票二等票，报名时请提供身份证复印件，动车票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！
+                1、交通：往返程高铁/动车/城轨票二等票，报名时请提供身份证复印件，动车票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！
                 <w:br/>
                 2、船票：徐闻=海口往返过渡船票。
                 <w:br/>
                 3、住宿：入住当地旅游酒店双标间，每成人每晚一个床位，若出现单男单女， 客人需补单房差入住双标间，在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；
                 <w:br/>
                 4、用餐：含4正4早，2正团餐标准30元/人，2正特色餐60元/人标准（四大名菜、南山素斋）。10-12人/桌，所有餐食如自动放弃，款项恕不退还，餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 5、用车：5-55 座空调旅游车，按实际人数用车，保证一人一正座；
                 <w:br/>
                 6、导游：当地普通话专业导游服务；
                 <w:br/>
                 7、门票：含以上行程景点首道大门票，不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款；
                 <w:br/>
                 8、儿童标准：
                 <w:br/>
                 ①中童：年满6周岁-未满14周岁：含动车儿童优惠票+轮渡全票，含旅游大巴车位+正餐+早餐。不占床位/不含其他景点门票（超高自理）。【直升机除外】；
                 <w:br/>
                 ②小童：年满2周岁-未满6周岁：含轮渡优惠票+旅游大巴车位+正餐+早餐。不占床位/不含其他景点门票（超高自理）。【直升机除外】。
                 <w:br/>
                 ③婴儿：未满2岁为婴儿：只含旅游车位，其他什么都不含。
                 <w:br/>
                 9、购物点：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
@@ -1771,51 +1779,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-15</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-11</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>