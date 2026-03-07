--- v1 (2026-01-11)
+++ v2 (2026-03-07)
@@ -760,55 +760,57 @@
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 儋州—三亚（车程约3小时）
                 <w:br/>
                 早餐后出发，游览国家5A级景区【南山文化苑】（游览时间约180分钟）我国有名的宗教与福寿文化景区，在这里既能欣赏山海自然美景，还可拜访众多佛教名胜、参观举世闻名的“南山海上观音”，获得佛教文化带来的心灵荡涤，体味回归自然本真的乐趣。三亚南山文化旅游区内遍布气势恢宏的佛教建筑，108米高的南山海上观音庄严壮观，三十三观音堂、南山寺内都不乏形态各异、精雕细琢的佛教圣像
                 <w:br/>
                 温馨提示：
                 <w:br/>
-                1、行程包含的是60周岁（含）-69周岁（含）的老人优惠票，无任何差价退还。
-[...3 lines deleted...]
-                3、70周岁（含）以上的，海南当地凭本人身份证入园时可现退60元/人。
+                1、行程包含的是65周岁（含）-70周岁（不含）的老人优惠票，无任何差价退还。
+                <w:br/>
+                2、60周岁（含）-65周岁（不含），需报名时补差价40元/人
+                <w:br/>
+                3、60周岁（不含）以下的，需报名时补差价60元/人。
+                <w:br/>
+                4、70周岁（含）以上的，在当地凭本人身份证入园时导游现退60元/人。
                 <w:br/>
                  参观【亚龙湾国际玫瑰谷】（赠送观光车，游览时间约100分钟）是以"玫瑰之约，浪漫三亚"为主题，以农田、水库、山林的原生态为主体，以五彩缤纷的玫瑰花为载体，集玫瑰种植、玫瑰文化展示、旅游休闲度假于一体的亚洲规模最大的玫瑰谷。温馨提示：玫瑰谷景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【南山佛教文化苑】和【亚龙湾国际玫瑰谷】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：南山素斋      晚餐：X   </w:t>
@@ -1779,51 +1781,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-11</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>