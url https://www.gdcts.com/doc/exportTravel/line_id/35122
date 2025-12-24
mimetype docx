--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -343,159 +343,142 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程： 广州-开罗 （参考航班：MS959  2320/0400+1  ）
-[...1 lines deleted...]
-                回程：开罗-广州（参考航班：MS958   0030/1530）
+                去程：广州-开罗 （参考航班：MS959  2320/0525+1）
+                <w:br/>
+                回程：开罗-广州（参考航班：MS958   0010/1515）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【精选航空】
-[...58 lines deleted...]
-                汗哈利集市下午茶薄荷果汁或芒果果汁二选一
+                6大金字塔：
+                <w:br/>
+                胡夫金字塔
+                <w:br/>
+                哈夫拉金字塔
+                <w:br/>
+                孟卡拉金字塔
+                <w:br/>
+                三座小金字塔
+                <w:br/>
+                <w:br/>
+                4个博物馆：
+                <w:br/>
+                大埃及博物馆（新）
+                <w:br/>
+                文明博物馆
+                <w:br/>
+                军事博物馆
+                <w:br/>
+                孟菲斯博物馆
+                <w:br/>
+                <w:br/>
+                3个神庙：
+                <w:br/>
+                卡纳克神庙
+                <w:br/>
+                卢克索神庙
+                <w:br/>
+                丹达拉神庙
+                <w:br/>
+                <w:br/>
+                2个清真寺：
+                <w:br/>
+                阿慕尔清真寺
+                <w:br/>
+                阿里雪花清真寺
+                <w:br/>
+                <w:br/>
+                臻选酒店：
+                <w:br/>
+                全程五星酒店：
+                <w:br/>
+                2晚开罗+2晚赫尔格达红海+1晚卢克索国际五星酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -612,51 +595,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-开罗   参考国际航班：MS959  2320/0400+1  飞行时间：约10小时40分
+                广州-开罗   参考国际航班：MS959 广州开罗 2320/0525+1     飞行时间：约12小时5分   时差：比北京时间慢6小时
                 <w:br/>
                 晚上：各位贵宾于指定集合时间在广州国际机场集合，在领队的带领下办理登机手续，搭乘班机飞往埃及的首都-开罗。空姐会在飞机上发放出入境卡，请您在飞机上填写完整，过出入境海关时使用。
                 <w:br/>
                 今日体验：特别安排旅游5件套：一次性拖鞋、眼罩、耳塞、充气枕、万能转换插头，让您轻松安心游。
                 <w:br/>
                 <w:br/>
                 城市简介:
                 <w:br/>
                 【开罗】是埃及首都及最大的城市，也是非洲[及阿拉伯世界]最大城市，横跨尼罗河，是整个中东地区的政治、经济、文化和交通中心，位于埃及的东北部。 开罗横跨尼罗河，气魄雄伟，风貌壮观，是整个中东地区的政治、经济、文化和商业中心。开罗由开罗省、吉萨省和盖勒尤卜省组成，通称大开罗。开罗是世界上最古老的城市之一。也是当今世界上少有的遭受战争破坏最少的古城﹐而且经过历代王朝和政府不断修建和扩建﹐形成今天这个古今并存，互相辉映的大城市。
                 <w:br/>
                 交通：飞机
                 <w:br/>
                 到达城市：开罗
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -698,309 +681,303 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                开罗
-[...5 lines deleted...]
-                埃及博物馆是由被埃及人称为“埃及博物馆之父”的法国著名考古学家玛利埃特于1863年在开罗北部的卜腊设计建造的。埃及博物馆位于尼罗河东岸，在开罗解放广场靠近NileHilton酒店处，是世界最著名的博物馆之一。埃及博物馆位于埃及首都开罗的解放广场，是一座具有 3000 多年悠久历史的古代埃及文明的遗物宝库。这里收藏的各种文物有 30 多万件，陈列展出的只有 6.3 万件，约占全部文物的五分之一。因这座博物馆以广为收藏法老时期的文物为主，埃及人又习惯地称之为“法老博物馆”。
+                开罗-孟菲斯-开罗
+                <w:br/>
+                上午：抵达开罗后，机场助理机场接机。前往【埃及无名英雄纪念碑】（参观时间约20分钟）位于首都开罗有一个叫纳赛尔城的地方。修建这座纪念碑的本意是为了纪念在1973年第四次中东战争中阵亡的将士。1975年10月6日，也就是战争之后两周年之际，工程正式完工，萨达特总统亲自揭幕。纪念碑是仿古埃及金字塔而造，被称为当代金字塔。造型为4根空心斜柱交汇合成金字塔状，每根柱上都用巨大的阿拉伯文字雕刻着第四次中东战争中捐躯的埃及将士名字，共18行。萨达特被杀后，亦安葬于此。
+                <w:br/>
+                继续驱车前往埃及孟菲斯，参观【孟菲斯博物馆】入选世界遗产名录，馆内有一座躺着的拉美西斯二世雕像。这座雕像原约 14 米高 ，由整块石灰岩雕成， 相当精美。虽历经 3200 年的岁月，但雕像上的象形文字都还清晰可见。在一场地震中，雕像的双腿  及左手折断，因此现在让雕像横躺在博物馆大厅的地上。如果要看个清楚，可以上二楼阳台绕行一圈。 
+                <w:br/>
                 <w:br/>
                 <w:br/>
                 下午：【悬空教堂ElMuallaqa】（入内参观约30分钟），是埃及最古老的教堂之一，位于开罗科普特老城中巴比伦要塞入口的上方，其历史最早可追溯到公元3世纪。
                 <w:br/>
                 【伊斯兰教老城区】（入内参观约30分钟）它是世界上最古老的伊斯兰城市之一，它有许多古老著名的清真寺、伊斯兰学校、市场和喷泉，是伊斯兰世界的一个重要的中心城市。开罗在14世纪达到鼎盛。
                 <w:br/>
                 【Known as Abu Serga教堂】(Abu Serga-St Sergius and Bacchus Church)（入内参观约30分钟），又叫洞穴教堂，始建于4世纪，是开罗最古老的科普特正教教派教堂。埃及基督教徒认为这是圣母玛利亚和她的孩子在耶稣庇护下藏身的地方，每年的6月1日开罗基督教徒会举办盛大的纪念仪式。（注意：如果遇到政府清理地下污水则闭馆）
                 <w:br/>
                 【阿慕尔·本·阿绥大清真寺】（入内参观约30分钟）（又译阿慕尔清真寺，英语：Mosque of Amr ibn al-As ，阿拉伯语：جامع عمرو بن العاص‎）,坐落在埃及首都开罗市老城区中心，尼罗河左侧，河水从寺庙旁流经。该寺在非洲暨埃及历史上占有很高的地位，它是非洲第一座清真寺，也是阿拉伯半岛以外最早建立的清真寺之一。
                 <w:br/>
                 温馨提示：如遇星期五做礼拜，则无法入内，敬请谅解。
                 <w:br/>
                 入内参观【萨拉丁城堡】，位于开罗城东郊的穆盖塔姆山上，是12世纪时期萨工为抗击十字军东信而建造，城堡分内城和外城，城内建有宫殿和寺庙，阿里清真寺的寺顶尖塔象是一把利剑高耸入云，巨大的圆顶沐浴在阳光下熠熠生辉（停留时间：约30分钟）
                 <w:br/>
                 游览【阿里雪花清真寺】，全称穆罕默德·阿里清真寺，位于开罗旧城萨拉丁城堡内，寺西南有一黄铜围栏为奥斯曼帝国统治时期的埃及总督穆罕默德·阿里的坟墓。他于1849 年卒后葬此，故清真寺以其名命之，寺内钟塔的吊钟是法国国王路易斯·菲利浦赠送的礼物（停留时间：约15分钟）
                 <w:br/>
                 参观【埃及国家军事博物馆】，位于萨拉丁城堡内，博物馆中的展品非常丰富，从远古到现代。您可以看到土枪长矛、飞机大炮等等埃及各个历史时期的军队武器、装备、服装，以及城堡的实物、仿制品、模型和图画等。如果你对埃及前总统萨达特的遇刺和现总统穆巴拉克的阴谋登基有所兴趣的话，那军事博物馆一定会让你大开眼界（停留时间：约15分钟）
                 <w:br/>
-                前往【埃及无名英雄纪念碑】（参观时间约20分钟）位于首都开罗有一个叫纳赛尔城的地方。修建这座纪念碑的本意是为了纪念在1973年第四次中东战争中阵亡的将士。1975年10月6日，也就是战争之后两周年之际，工程正式完工，萨达特总统亲自揭幕。纪念碑是仿古埃及金字塔而造，被称为当代金字塔。造型为4根空心斜柱交汇合成金字塔状，每根柱上都用巨大的阿拉伯文字雕刻着第四次中东战争中捐躯的埃及将士名字，共18行。萨达特被杀后，亦安葬于此。
+                <w:br/>
+                今日体验：
+                <w:br/>
+                1、安排当地特色的【鸽子餐】，品尝当地不同的做法和搭配。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：尼罗河景观午餐（Nile Point）     晚餐：中式团10菜1汤   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">入住埃及开罗国际五星酒店Sonesta tower Cairo&amp;Casino 或同级酒店</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：尼罗河景观午餐（Nile Point）     晚餐：鸽子餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">入住埃及开罗当地五星酒店Tolip El Galaa hotel 或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开罗
                 <w:br/>
                 上午：酒店早餐后，前往参观被誉为当今最高的古代建筑物和世界八大奇迹之首的【吉萨金字塔群】（参观约120分钟），包括：
                 <w:br/>
-                【胡夫金字塔】【哈夫拉金字塔】、【门卡乌拉金字塔】（温馨提示：如需进入最大的胡夫金字塔内看石棺需自行购票入大塔或小塔，不含门票约900埃磅，每天有名额限制进入）；其中胡夫金字塔列名在古代世界七大奇迹中，也是七大奇迹中目前唯一仍存在的建筑物。
+                【胡夫金字塔】【哈夫拉金字塔】、【门卡乌拉金字塔】（温馨提示：如需进入最大的胡夫金字塔内看石棺需自行购票入塔，不含门票约1500埃磅，每天有名额限制进入）；其中胡夫金字塔列名在古代世界七大奇迹中，也是七大奇迹中目前唯一仍存在的建筑物。
                 <w:br/>
                 继而前往位于金字塔旁著名的【狮身人面像】（入内参观约30分钟）横卧在埃及基沙台地上，守卫着卡拉夫王金字塔已达五千年之久。终年咆哮的风沙不断侵略这座庞大的石像，在长达五千年的岁月中，大半时间都被数吨流沙深埋地底。古埃及人常用狮子代表法老王，象征其无边的权力和无穷的力量，这种法老王既是神又是人的观念，促使了狮身人面混合体的产生。
                 <w:br/>
                 城市简介:
                 <w:br/>
                 金字塔是古代世界八大奇迹之一。埃及金字塔始建于公元前2600年以前，共有一百多座大部分位于开罗西南吉萨高原的沙漠中，是世界公认的“古代世界八大奇迹”之一。其中，最大、最有名的是祖孙三代金字塔——胡夫金字塔、哈夫拉金字塔和门卡乌拉金字塔。其中，又以胡夫金字塔最为壮观，它相当于一座五十多层的大楼。据说有十万人头顶烈日在监工的皮鞭下劳动，用了十年时间修筑石道和地下墓穴，又用了二十年时间才砌成塔身，整个工程历时三十多年。一般认为，金字塔是古埃及法老（国王）的陵墓。
                 <w:br/>
                 下午：前往参观【大埃及博物馆】（参观约120分钟），对于全世界的博物馆爱好者，尤其是对古埃及文明有兴趣的游客备受全球期待的大埃及博物馆终于开启了部分区域的试运营，埃及总理马德布利宣布，自10月16日起，首度开放大埃及博物馆部分展厅（12个展厅）试运营！！！大阶梯区摆设一系列87尊独特的彩色石灰岩雕像，描绘古代王国政治家和文士。另外也展示2019年在勒克索阿萨西夫贵族墓区发现的30具完好男女老少彩色棺材。
                 <w:br/>
                 <w:br/>
                 前往【汗哈利利集市】（参观约90分钟）购买纪念品，该市场游人如织，已有800年历史 ，是阿拉伯的著名的交易中心. 在汗哈利市场的小巷中，坐落着开罗最古老的咖啡馆之一，喝咖啡是埃及人生活的一部分。开罗的大街小巷或是酒店，俱乐部，大大小小的咖啡馆随处可见。
                 <w:br/>
                 <w:br/>
                 今日体验：
                 <w:br/>
                 1、特别安排享用金字塔附近景观餐 ，一边用餐一边欣赏金字塔，体验惬意生活。
                 <w:br/>
-                2、在汗哈利集市安排下午茶，一杯特别的【薄荷果汁或芒果榨果汁】（二选一）
-[...7 lines deleted...]
-                乘坐尼罗河游轮（大约2小时）沿着尼罗河行驶，可以边观赏尼罗河两岸美丽的夜景，边品尝游轮自助晚餐和甜品，映衬着尼罗河美丽的夜色，还可欣赏到有名的翩翩起舞的肚皮舞娘。
+                2、在汗哈利集市安排下午茶，一杯特别的【薄荷果汁或芒果榨果汁】（二选一），拒绝一次性茶包
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：金字塔景观餐厅餐     晚餐：当地特色鸽子餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">入住埃及开罗国际五星酒店Sonesta tower Cairo&amp;Casino 或同级酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：金字塔景观餐厅餐     晚餐：火锅餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">入住埃及开罗当地五星酒店Tolip El Galaa hotel 或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                开罗-孟菲斯-赫尔格达（红海）
-[...4 lines deleted...]
-                下午：驱车前往赫尔格达（车程约7小时）。
+                开罗-赫尔格达（红海）
+                <w:br/>
+                上午：早餐后，前往参观【埃及文明博物馆】（参观约120分钟），埃及文明博物馆于2021年4月4日正式向公众开放，占地面积约13.9万平方米，主展厅面积约2000平方米，展出史前时期、古埃及法老时期、科普特时期直至现代埃及等各个时期的文物，其中包括一具距今约3.5万年的人体骨架。目前该馆藏有各类文物6.5万件，其中1600件对外展出。
+                <w:br/>
+                <w:br/>
+                驱车前往赫尔格达（车程约7小时）。
                 <w:br/>
                 今日体验：横穿一半沙漠，一半海水的高速公路，欣赏不一样的美景。
                 <w:br/>
                 晚上：回酒店，办理入住。
                 <w:br/>
                 城市简介:
                 <w:br/>
                 【红海】红海的海滩是大自然精美的馈赠。清澈碧蓝的海水下面，生长着五颜六色的珊瑚和稀有的海洋生物。远处层林叠染，连绵的山峦与海岸遥相呼应，之间是适宜露营的宽阔平原，这些鬼斧神工的自然景观和冬夏都非常宜人的气候共同组成了美仑美奂的风景画，让游人陶醉于人间天堂之中。漫步在红海海底，周围布满五光十色的珊瑚，银光闪闪的鱼群穿梭不停，还有神秘的沉船残骸……红海地区有着得天独厚的生态环境和海水资源，是世界上著名的潜水天堂。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：打包餐     晚餐：酒店自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">入住红海国际五星酒店Stella beach hotel或同级酒店</w:t>
+              <w:t xml:space="preserve">入住红海当地五星酒店Stella Gardens Resort &amp; Spa, Makadi Bay或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1060,51 +1037,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店自助午餐     晚餐：酒店自助晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">入住红海国际五星酒店Stella beach hotel或同级酒店</w:t>
+              <w:t xml:space="preserve">入住红海当地五星酒店Stella Gardens Resort &amp; Spa, Makadi Bay或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1139,51 +1116,51 @@
                 小贴士：
                 <w:br/>
                 1、小帆船在天气原因没有风的情况下，会使用机动船，请知晓；
                 <w:br/>
                 2、埃及是小费国家，会建议给车夫和船家小费1美金/人哦（自愿，不强迫）。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地烤牛肉餐     晚餐：当地烤鱼套餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地烤鱼套餐     晚餐：中式餐10菜1汤   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">入住卢克索国际五星级酒店Steigenberger Achti hotel或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1194,51 +1171,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                卢克索 -开罗   参考内陆航班：MS069 2010/2120 或MS269 2110/2220        飞行时间：约1小时10分钟
+                卢克索 -开罗     参考内陆航班：MS067 1945/2055或MS084 1815/1940或MS269 2010/2120    飞行时间：约1小时10分钟
                 <w:br/>
                 上午：推荐自选项目：可凌晨4点起床，乘坐热气球，是地球上最适合乘热气球的三个地方之一。
                 <w:br/>
                 酒店想用早餐后，前往参观【卡纳克神庙】（入内参观约120分钟），该神庙是供奉历代法老王陵墓之地。神庙布局严谨，令人叹为观止！神庙曾作为著名影片《尼罗河上的惨案》的外景地而名声大振，在此你可以看到世界上著名的柱子厅里面的拉美西斯二世的雕像和女王小神庙。 其中卡纳克神庙是世界上最壮观的古建筑物之一。
                 <w:br/>
                 【方尖碑】在埃及建筑中，方尖碑原是为崇拜太阳神而建立的，一般用一块完整的花岗石制成，表面磨光，刻上象形文字。尖端的方锥形往往还镀以合金，有的高达30米。
                 <w:br/>
                 下午：【马车游神庙】（20分钟）马车是您一定要尝试的！我们专门安排搭乘马车前往参观气势辉宏的卢克索神庙，入选世界遗产名录（不入内，入内需另购门票），高大英俊的黑马和装饰华丽的马车本身，就足以让你兴奋不止了！
                 <w:br/>
                 <w:br/>
                 晚上：享用晚餐，指定时间集合，前往卢克索机场，办理登机回开罗转机回广州。
                 <w:br/>
                 <w:br/>
                 小贴士：埃及是小费国家，会建议给车夫和船家小费1美金/人哦（自愿，不强迫）。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -1284,53 +1261,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                开罗-广州         参考航班：MS958  0015/1530                  飞行时间：约9小时40分钟
-[...1 lines deleted...]
-                下午：北京时间约15：30安全抵达广州机场后，结束愉快的埃及8天旅程，留下满满的回忆！
+                开罗-广州         参考航班：MS958  0010/1515                  飞行时间：约9小时5分钟
+                <w:br/>
+                下午：北京时间约15：15安全抵达广州机场后，结束愉快的埃及8天旅程，留下满满的回忆！
                 <w:br/>
                 交通：飞机
                 <w:br/>
                 到达城市：广州
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：飞机餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1405,55 +1382,55 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、机票标准：广州起止全程团队经济舱机票及机场税，团队机票不允许改名、退票、改票、改期。（不含航空公司临时新增燃油附加费）
                 <w:br/>
                 2、酒店标准：行程中所列星级酒店的双人间（标准为二人一房，如需入住单间则另付单间差费用或我社有权利提前说
                 <w:br/>
                 明情况并调整夫妻及亲属住宿安排）
                 <w:br/>
                    参考酒店：
                 <w:br/>
-                开罗国际五星酒店Movenpick media city或Sonesta tower Cairo&amp;Casino或Helnan dream hotel and Conference Center或同级酒店；
-[...3 lines deleted...]
-                卢克索国五酒店Steigenberger achti resort或Sonesta Luxor或Steigenberger nile palace或同级酒店；
+                   参考酒店：开罗五星酒店Tolip family park或Tolip El Galaa或Tolip Olympic hotel或同级酒店；
+                <w:br/>
+                             红海五星酒店AMC Royal或Stella garden resort或Long beach hotel或同级酒店；
+                <w:br/>
+                          卢克索国五酒店Steigenberger achti resort或Sonesta Luxor或Steigenberger nile palace或同级酒店；
                 <w:br/>
                 3、用餐标准：酒店内自助早餐，中式午晚餐（午晚餐：10菜1汤标准）或当地餐；用餐时间在飞机或船上以机船餐为准，不再另补，如因自身原因放弃用餐，则餐费不退;
                 <w:br/>
                 4、景点标准：行程中所列景点的首道门票（不含景区内的二道门票及个人消费）。行程表中标明的景点游览顺序和停留间仅供参考我公司有权根据当地天气、交通等情况调整景点顺序，实际停留时间以具体行程游览时间为准
                 <w:br/>
                 5、用车标准：空调旅游巴士（一人一正座）
                 <w:br/>
                 6、司导标准：全程中文领队、境外专业司机和中文导游
                 <w:br/>
                 7、购物标准：详见购物协议，行程内经过的景区商店、餐厅、商场、集市、中途休息站等商店不属于旅游定点购物店，若游客在此类购物店所购买的商品出现质量问题，旅行社不承担任何责任
                 <w:br/>
                 8、保险标准：旅行社责任险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1471,51 +1448,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、护照费用
                 <w:br/>
-                2、全程单房差RMB1800元/人
+                2、全程单房差RMB2000元/人
                 <w:br/>
                 3、境外导游服务费￥2000元/人，签证费￥200元/人
                 <w:br/>
                 4、行程表以外的任何费用；
                 <w:br/>
                 5、行李物品的搬运费、保管费及超重费；以及行李或物品丢失、被盗等意外损失费用；
                 <w:br/>
                 6、一切个人消费（如：电话、传真、电视付费频道、洗衣、饮料等）；
                 <w:br/>
                 7、旅游者因违约、自身过错或自身疾病引起的人身和财产损失；
                 <w:br/>
                 8、非我社所能控制因素下引起的额外费用，如：自然灾害、罢工、境外当地政策或民俗禁忌、景点维修等；
                 <w:br/>
                 9、游客人身意外保险及客人往返出境口岸的一切费用；
                 <w:br/>
                 10、自选项目标准：以行程表所安排的自选项目为准，具体安排详见《旅游合同(阿联酋、埃及自选项目)补充协议项目表》
                 <w:br/>
                 11、风险提醒：为了保障游客安全，客人在境外行程游览中如需选择行程外自选项目，请出发前通过正当途径由组团
                 <w:br/>
                 社报名预定或在当地通过导游及接待社合法担保情况下预定，如经其他途径预定的自选项目，如发生任何风险，组团社及接待社不承担任何责任 。如自行预定，则视为脱团行程，视为客人自愿放弃所有行程，未享用的行程内项目，费用无法退回。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2005,51 +1982,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>