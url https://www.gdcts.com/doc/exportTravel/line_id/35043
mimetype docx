--- v0 (2025-10-27)
+++ v1 (2025-12-25)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">jldgjiodfg</w:t>
+              <w:t xml:space="preserve">ZC-YXBND6D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -1673,51 +1673,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-28</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>