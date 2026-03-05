--- v1 (2025-12-25)
+++ v2 (2026-03-05)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【悠悦贝尼达】巴厘岛6天4晚广州往返丨南方航空丨巴杜尔火山丨网红吊桥丨贝尼达岛丨CZ625/626行程单</w:t>
+        <w:t xml:space="preserve">【悠悦贝尼达】巴厘岛6天4晚广州往返丨南方航空丨巴杜尔火山丨网红吊桥丨贝尼达岛行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -402,53 +402,53 @@
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【回归旅游】：纯玩0购物，度假新体验
                 <w:br/>
                 【优质航空】：臻选南方航空广州直飞巴厘岛，可配全国联运
                 <w:br/>
                 【打卡网红】：网红乌布皇宫 - 市集 + ALAS网红鸟巢 - 网红吊桥
                 <w:br/>
                 【休闲惬意】：远观巴图尔火山+观景台自助餐
                 <w:br/>
                 【人气出海】：贝尼达岛（精灵坠崖-天仙裂痕-天神浴池+无限次浮潜+独木舟体验）
                 <w:br/>
-                【轻奢酒店】：4晚4钻酒店
-[...1 lines deleted...]
-                【舌尖美食】：180度海景尊贵印尼沙嗲餐、金巴兰日落美景海鲜BBQ餐、火山观景台自助餐，美食享不停。。。
+                【轻奢酒店】：4晚精品泳池酒店
+                <w:br/>
+                【舌尖美食】：180度海景尊贵印尼沙嗲餐、金巴兰日落美景海鲜BBQ四人套餐、火山观景台自助餐，美食享不停。。。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -612,51 +612,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ION BENOA或同级</w:t>
+              <w:t xml:space="preserve">Zuri  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -702,51 +702,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：火山观景台自助餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ION BENOA或同级</w:t>
+              <w:t xml:space="preserve">Zuri  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -758,97 +758,99 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 贝尼达岛(精灵坠崖-天仙裂痕-天神浴池+浮潜+独木舟畅玩)  - 金巴兰海滩
                 <w:br/>
                 早餐后，我们前往码头搭乘快艇（约25分钟），前往巴厘岛最美，最纯净的离岛--【贝尼达岛】。
                 <w:br/>
                 【贝尼达岛西线环岛出海一日游】让我们前往巴厘岛最美最纯净的贝尼达岛，滑行于湛蓝色的海面上，窗外不断快速掠过的景物，带走您一切烦心俗事，体验一下不同的巴厘岛风情，从地图上看，贝尼达岛比蓝梦岛大10倍，但这里却是一个未开发无污染的原始海岛！岛上种满了椰子树，海水清澈无比，水下的海苔和珊瑚群清晰可见。那些绝美而不为人所知的景点，值得你特意前往！
                 <w:br/>
                 【海上浮潜】海水清澈无比，水下的海苔和珊瑚群清晰可见，贝尼达岛海边水下的海洋生物非常丰富，海底的美景一定让你惊叹不已哦！
                 <w:br/>
                 【海边独木舟】在海岸边可自由坐上独木舟在清澈的海面上泛舟寻乐
                 <w:br/>
                 【精灵坠崖沙滩】天然形成的悬崖，因为特别的形状而惹人注意，山崖之下是绝美的无人沙滩，海水的蓝色渐变，美的无法用言语形容，也是苹果手机壁纸取景地。有一条小路可以下到沙滩，这里也是外国游名的打卡点哦。
                 <w:br/>
                 【天仙裂缝&amp;破碎沙滩】这里是贝尼达岛上的最经典最出名的地方，印尼名为“Pasih Uug”翻译成中文就是破碎海滩，每年在这里求婚的人很多哦!尽管路途较远，但到达后的美景会让一切变得值得。
                 <w:br/>
                 【天神浴池】贝尼达岛外围多是悬崖峭壁，低洼处会形成一难池水，就像是天然无边泳池!如果说蓝梦岛的“恶魔眼泪”是"疯狂的咆哮”，贝尼达的“天神浴池”就是“平静的安慰。
                 <w:br/>
                 （温馨提示：景色虽美，请贵宾们务必注意安全，海边风浪较大岩石也十分湿滑，千万不能靠得太近拍照和观看，以免发生意外）
                 <w:br/>
+                【金巴兰落日海滩】金巴兰海滩位于巴厘岛机场南部，海滩狭长，日落时金色的余晖洒满海面，显得格外温馨和浪漫，可以一边欣赏落日，一边品尝海鲜BBQ。虽然度假的游客众多，商业的开发也日益完善，但海滩很好地保留了原来的风貌，村民们特有的热情和朴实使得整个海滩极具亲和力。金巴兰海滩没有萨努海滩和努萨杜瓦海滩的广大，也没有库塔的繁华和喧嚣，但有人们所钟爱的幽静海滩和绝美的日落。
+                <w:br/>
                 温馨提示：
                 <w:br/>
                 1、请各位贵宾带上毛巾、防晒霜、泳衣，轻便着装，多备一套衣服，以便水上活动之后可以更换；
                 <w:br/>
                 2、出海务必穿上救生衣，并注意人身安全，如有疾病或其它原因不适合出海的，请一定要告知领队，以妥善安排合理行程，不能勉强出海；电器产品使用过程易进水请小心使用；请保管好自己的贵重物品。
                 <w:br/>
                 3、出海过程，可能有珊瑚和贝壳划伤，客人务必注意自身安全；
                 <w:br/>
                 4、印尼政府公告: 从2019年7月1日起, 每位登上蓝梦岛和贝尼达岛的客人, 将会有当地管理人员跟客人收取”环境维护捐款费”, 大人50000印尼盾(约25元人民币);小孩30000印尼盾(约15元人民币),敬请客人提前装备携带现金。
                 <w:br/>
                 5、请携带长袖衣服，并做好防晒防护，以防紫外线晒伤。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：岛上自助简餐     晚餐：金巴兰BBQ餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ION BENOA或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：岛上自助简餐     晚餐：金巴兰BBQ四人套餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zuri  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -889,97 +891,95 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ION BENOA或同级</w:t>
+              <w:t xml:space="preserve">Zuri  或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 洋洋下午茶 - 库塔沙滩+洋人街 - 送机场
                 <w:br/>
                 早餐后，【洋洋下午茶】洋洋海滩在断崖之上，客人可以看到印度洋海景，并享用简单的小点心及饮料，休息一下疲劳的双腿。【库塔海滩】被誉为巴厘岛最美丽的海岸，离登巴萨约10公里，离国际机场约15分钟车程，是巴厘岛游客集聚最多的热闹地区。库塔的海滩平坦、沙粒洁白、细腻。
                 <w:br/>
                 【洋人街】尽管街道并不宽，却张弛有道，热潮涌动，却不喧闹，夜色中的洋人街，充斥着暧昧的气息。穿梭在一个又一个的店铺中，精油的芬香、琉璃的饰品、鬼魅的头像、异国情调。与繁华的闹区相比，独有一家店门外静得只剩下幽暗，徐徐微风吹过面颊，恍若隔世的朦胧，像似一部电影。这是巴厘岛的不夜城，一个商业密集、热闹繁华的地方，是巴厘岛屿的商业中心——巴厘岛著名的洋人街。徜徉在太阳百货(Matahari Mall)、Discovery Shopping Mall、酒吧街，这里也有我们熟悉的肯德基、麦当劳、星巴克以及Bread Talk。晚餐后送往机场，搭乘国际航班准备返回广州。然后带着依依不舍的心情离开美丽的小岛，期待下一次的相聚。搭乘豪华客机返回温暖的家。
                 <w:br/>
-                温馨提示： 
-[...1 lines deleted...]
-                返程前请仔细检查自己的行李物品，护照、不要遗漏酒店。
+                温馨提示： 返程前请仔细检查自己的行李物品，护照、不要遗漏酒店。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：180度海景沙嗲串套餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1183,51 +1183,51 @@
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、除行程表所列之外的个人消费，出入境行李的海关税、行李物品的搬运费、保管费、超重费、航空保险及个人旅游意外保险，不可抗力因素所产生的额外费用（包括飞机延误所产生的费用）等。
                 <w:br/>
                 2、护照费，节假日旺季升幅。
                 <w:br/>
-                3、落地签证费用+巴厘岛旅游入境税+导游服务费。随团费一起交齐。
+                3、落地签证费用+巴厘岛旅游入境税+导游服务费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1528,66 +1528,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
                 1、2-12岁以下（不含12岁）不占床减200元/人，占床与成人同价，12岁或以上必须占床与成人同价。
                 <w:br/>
                 2、65岁以上（含65岁）老人，且参团前须提供医院身体证明报告(含心电图、血压、呼吸道)并建议在直系亲属的陪同下参团，长期病患者和孕妇不建议参团，如报名时不主动提出，旅途中如遇任何因自身原因造成的意外则由旅客自行承担。
                 <w:br/>
                 3、不含单房差：600元/人。外籍人士(包括港澳台)+￥500元/人。
                 <w:br/>
-                4、不含：当地导游服务费+落地签+旅游税￥1000元/人。
-[...14 lines deleted...]
-                酒店未能如数显示在行程上，请以出团通知书为准，如指定酒店需另外加钱，敬请留意！
+                4、不含：当地导游服务费+落地签离境税+旅游税￥1000元/人。
+                <w:br/>
+                5、被国家机关限制出境的人员勿报名，包括但不限于：失信人员、涉嫌诈骗人员，涉诈高危人员、法律和行政法规规定不准出境的其他情形的人员等，如因客人自身隐瞒而造成的任何损失，客人自行承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1673,51 +1660,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-06</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>