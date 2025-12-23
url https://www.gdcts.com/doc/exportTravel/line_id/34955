--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">晚对晚【不带银钱游北京】北京双飞5天｜北海休闲游｜圆明园｜开往秋日电车去香山｜恭王府｜天坛套票｜升旗仪式 ｜庆祝抗日战争胜利80周年系列游｜0购物0自费行程单</w:t>
+        <w:t xml:space="preserve">寒假【不带银钱游北京】北京双飞5天｜北海休闲游｜圆明园｜冰雪嘉年华｜恭王府｜天坛套票｜升旗仪式 ｜博物馆盲盒｜圆梦清华大学｜0购物0自费行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -392,93 +392,89 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★品质保障：广东自组，0购物0自费，超高性价比！
-[...27 lines deleted...]
-                ★圆明园：感受历史沧桑，领略皇家园林别样魅力；
+                ★品质保障：0购物0自费，不带钱包游北京！
+                <w:br/>
+                稚趣·小小少年皇城童游记
+                <w:br/>
+                ★展望未来·圆梦清华：清华大学门口穿博士服拍照，儿童赠送清华校徽；
+                <w:br/>
+                ★文化璀璨·军博或首博：大型综合性博物馆，时光沉淀辉煌。
+                <w:br/>
+                冰雪限定·尽享冬日奇趣
+                <w:br/>
+                ★热“雪”沸腾·冰雪嘉年华：体验赏雪玩冰的乐趣，在冰雪中体验运动的活力与激情。
+                <w:br/>
+                京典·沉浸式全景游皇城
+                <w:br/>
+                ★皇城永昼·故宫：六百年紫禁城，帝王将相的风云往事，都在这九千间殿阁楼台中静静沉淀。
+                <w:br/>
+                ★圆明园（含遗址公园）：感受历史沧桑，领略皇家园林别样魅力。
+                <w:br/>
+                ★巨龙盘桓·八达岭长城：站在雄伟巍峨的长城上，感受历史的厚重，每一块砖石都在诉说着岁月的故事。
+                <w:br/>
+                ★皇家园林·颐和园：颐和园不仅是一座集中国古典园林艺术之大成的皇家园林，更是一座历史博物馆和文化宝库。
+                <w:br/>
+                ★恭王府：历经清王朝由鼎盛至衰亡的历史进程，故有“一座恭王府，半部清代史”的说法；
                 <w:br/>
                 ★天坛套票：皇帝祭天祈祷五谷丰登的地方，主要建筑物在内坛，圜丘坛、皇穹宇、祈年殿等；
                 <w:br/>
-                ★恭王府：历经清王朝由鼎盛至衰亡的历史进程，故有“一座恭王府，半部清代史”的说法；
-[...9 lines deleted...]
-                ★温馨服务：故宫无线导览耳机+天安门集体照+每人每天送一支矿泉水，尽享旅行好时光！
+                ★什刹海酒吧街：北京最具文艺气息的酒吧聚集地，许多明星成名前都曾在这里驻唱过。
+                <w:br/>
+                ★京华步道·前门大街：现代与历史在这里完美融合，时尚的店铺和创意空间与古老建筑相得益彰。
+                <w:br/>
+                ★京味食光·餐餐特色（食足7正）
+                <w:br/>
+                【必吃榜铜锅涮肉】餐标500元/桌，老北京铜锅涮肉，肥而不油，瘦而不柴，一涮即熟，味道鲜美；
+                <w:br/>
+                【皇城京味宴】【北方饺子宴】【宫廷八喜宴】【京帮融合菜】【吉祥全鸭宴】
+                <w:br/>
+                温馨服务·放心旅程
+                <w:br/>
+                ★暖心赠送：故宫无线导览耳机+天安门集体照+每人每天送一支矿泉水，尽享旅行好时光！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -652,51 +648,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：北京健鼎金辉酒店或北京汇豪国际酒店或不低于同等标准酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：7天/华驿精选/汉庭/格林豪泰或不低于同等标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -754,51 +750,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：享用【皇城京味宴】，餐标30元/人；     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：北京健鼎金辉酒店或北京汇豪国际酒店或不低于同等标准酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：7天/华驿精选/汉庭/格林豪泰或不低于同等标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -850,51 +846,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：享用【京味自助餐】，餐标30元/人；     晚餐：享用【燕京八大碗】，餐标30元/人；   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：北京健鼎金辉酒店或北京汇豪国际酒店或不低于同等标准酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：7天/华驿精选/汉庭/格林豪泰或不低于同等标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -936,51 +932,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：享用【五彩饺子宴】，餐标30元/人；     晚餐：享用【宫廷八喜宴】，餐标30元/人；   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：北京健鼎金辉酒店或北京汇豪国际酒店或不低于同等标准酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：7天/华驿精选/汉庭/格林豪泰或不低于同等标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1108,53 +1104,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票。（团队机票将统一出票，如遇政府或航空公司政策性调整燃油税费，在未出票的情况下将进行多退少补，敬请谅解。机票一经开出，不得更改、不得签转、不得退票）。进出港口、航班时间等以航司出票为准。
                 <w:br/>
                 2、用车：根据实际人数全程当地选用11—55座空调旅游车，保证一人一正座。
                 <w:br/>
                 3、住宿：全程入住舒适型酒店标准双人间；酒店不提供自然单间，出现单男单女，请补房差，如入住当晚房间有问题，请及时通知导游处理，过后不作处理！【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；
                 <w:br/>
-                4、门票：含景点首道门票,园中园门票需自理，不属于自费推荐项目。门票已按折扣成本价核算，老年、教师、军官等证件不再重复享受优惠!
-[...1 lines deleted...]
-                5、用餐：全程含餐7正4早，享用酒店热早；酒店含双早不用不退，正餐餐标30-60/人餐，正餐围桌10人1桌，人数增减时，菜量相应增减，但维持餐标不变；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备；
+                4、门票：含景点首道门票,园中园门票需自理，不属于自费推荐项目。60周岁以上门票优惠50元。
+                <w:br/>
+                5、用餐：全程含餐7正4早，享用打包热早；酒店含双早不用不退，正餐餐标30-60/人餐，正餐围桌10人1桌，人数增减时，菜量相应增减，但维持餐标不变；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备；
                 <w:br/>
                 6、导游：当地持全国导游资格证书的专业导游服务，不派全陪。
                 <w:br/>
                 7、小童:2-11周岁（未满12周岁）的执行小孩收费：此收费含往返机票、当地旅游车位、半价门票、半价餐费、半价早餐。全程不占床位。
                 <w:br/>
                 婴儿：2周岁以下（不含2周岁）的含车位，婴儿机票；不含餐位、床位及景点等其他费用。
                 <w:br/>
                 8、购物：本线路0购物0自费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1553,51 +1549,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-05</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>